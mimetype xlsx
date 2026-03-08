--- v1 (2025-12-04)
+++ v2 (2026-03-08)
@@ -12,423 +12,420 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3873">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3766">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Дата внесения</t>
   </si>
   <si>
     <t>Номер записи</t>
   </si>
   <si>
     <t>ИНН</t>
   </si>
   <si>
     <t>Тип инфраструктуры</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Телефон</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
-    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ «ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ АДЫГЕЯ»</t>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ АДЫГЕЯ"</t>
   </si>
   <si>
     <t>2017-09-27</t>
   </si>
   <si>
     <t>0105981150</t>
   </si>
   <si>
-    <t>Микрофинансовая организация предпринимательского финансирования, Центр кластерного развития</t>
+    <t>Микрофинансовая организация предпринимательского финансирования</t>
   </si>
   <si>
     <t>385006, РЕСПУБЛИКА АДЫГЕЯ (АДЫГЕЯ), МАЙКОП Г., КАЛИНИНА УЛ., Д. 210С</t>
   </si>
   <si>
     <t>8-(877)-252-01-00</t>
   </si>
   <si>
     <t>Fond-ppra@mail.ru</t>
   </si>
   <si>
-    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ РЕСПУБЛИКИ АДЫГЕЯ «РЕСПУБЛИКАНСКИЙ БИЗНЕС-ИНКУБАТОР»</t>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ РЕСПУБЛИКИ АДЫГЕЯ "РЕСПУБЛИКАНСКИЙ БИЗНЕС-ИНКУБАТОР"</t>
   </si>
   <si>
     <t>2020-09-18</t>
   </si>
   <si>
     <t>0105062780</t>
   </si>
   <si>
     <t>Бизнес-инкубатор</t>
   </si>
   <si>
     <t>385000, РЕСПУБЛИКА АДЫГЕЯ (АДЫГЕЯ), МАЙКОП Г., ПОДГОРНАЯ УЛ., Д.403-Е</t>
   </si>
   <si>
     <t>8-(877)-254-85-02</t>
   </si>
   <si>
     <t>rbi_adygheya@mail.ru</t>
   </si>
   <si>
-    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ АДЫГЕЯ»</t>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ АДЫГЕЯ"</t>
   </si>
   <si>
     <t>0105081254</t>
   </si>
   <si>
     <t>Центр поддержки экспорта, Центр по развитию предпринимательства</t>
   </si>
   <si>
     <t>385000, РЕСПУБЛИКА АДЫГЕЯ (АДЫГЕЯ), МАЙКОП Г., ПИОНЕРСКАЯ УЛ., Д. 324</t>
   </si>
   <si>
     <t>8-(877)-257-98-00</t>
   </si>
   <si>
     <t>cpp_01@mail.ru</t>
   </si>
   <si>
-    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ РЕСПУБЛИКИ АДЫГЕЯ «ФОНД РАЗВИТИЯ ПРОМЫШЛЕННОСТИ РЕСПУБЛИКИ АДЫГЕЯ»</t>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ РЕСПУБЛИКИ АДЫГЕЯ "ФОНД РАЗВИТИЯ ПРОМЫШЛЕННОСТИ РЕСПУБЛИКИ АДЫГЕЯ"</t>
   </si>
   <si>
     <t>2022-02-14</t>
   </si>
   <si>
     <t>0105015251</t>
   </si>
   <si>
     <t>Региональная гарантийная организация</t>
   </si>
   <si>
     <t>385006, РЕСПУБЛИКА АДЫГЕЯ, МАЙКОП Г., КАЛИНИНА УЛ., Д.210 К.С</t>
   </si>
   <si>
     <t>agentstvo_rmp@mail.ru</t>
   </si>
   <si>
-    <t>АВТОНОМНАЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ «МУНИЦИПАЛЬНЫЙ ЦЕНТР ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА» МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ «ТАХТАМУКАЙСКИЙ РАЙОН» РЕСПУБЛИКИ АДЫГЕЯ</t>
+    <t>АВТОНОМНАЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ "МУНИЦИПАЛЬНЫЙ ЦЕНТР ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА" МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ТАХТАМУКАЙСКИЙ РАЙОН" РЕСПУБЛИКИ АДЫГЕЯ</t>
   </si>
   <si>
     <t>2023-03-31</t>
   </si>
   <si>
     <t>0107014912</t>
   </si>
   <si>
-    <t>Микрофинансовая организация предпринимательского финансирования</t>
-[...1 lines deleted...]
-  <si>
     <t>385132, РЕСПУБЛИКА АДЫГЕЯ, ТАХТАМУКАЙСКИЙ Р-Н, ЭНЕМ ПГТ, ФРУНЗЕ УЛ., Д.7</t>
   </si>
   <si>
     <t>8-(918)-443-84-44</t>
   </si>
   <si>
     <t>mcpmp@mail.ru</t>
   </si>
   <si>
-    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «КОРПОРАЦИЯ РАЗВИТИЯ РЕСПУБЛИКИ АДЫГЕЯ»</t>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "КОРПОРАЦИЯ РАЗВИТИЯ РЕСПУБЛИКИ АДЫГЕЯ"</t>
   </si>
   <si>
     <t>2023-10-04</t>
   </si>
   <si>
     <t>0105066200</t>
   </si>
   <si>
     <t>Промышленный парк, Организация, осуществляющая управление технопарками (технологическими парками), технополисами, научными парками, промышленными парками, индустриальными парками, агропромышленными парками</t>
   </si>
   <si>
     <t>385006, РЕСПУБЛИКА АДЫГЕЯ (АДЫГЕЯ), ГОРОД МАЙКОП Г.О., МАЙКОП Г, КАЛИНИНА УЛ, Д. 210С</t>
   </si>
   <si>
     <t>8-(918)-920-44-44</t>
   </si>
   <si>
     <t>01krra@mail.ru</t>
   </si>
   <si>
-    <t>ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ РЕСПУБЛИКИ АДЫГЕЯ «ИНФОРМАЦИОННО-КОНСУЛЬТАЦИОННАЯ СЛУЖБА АГРОПРОМЫШЛЕННОГО КОМПЛЕКСА»</t>
+    <t>ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ РЕСПУБЛИКИ АДЫГЕЯ "ИНФОРМАЦИОННО-КОНСУЛЬТАЦИОННАЯ СЛУЖБА АГРОПРОМЫШЛЕННОГО КОМПЛЕКСА"</t>
   </si>
   <si>
     <t>2024-02-20</t>
   </si>
   <si>
     <t>0105039196</t>
   </si>
   <si>
     <t>Центр компетенций в сфере сельскохозяйственной кооперации и поддержки фермеров</t>
   </si>
   <si>
     <t>385000, РЕСПУБЛИКА АДЫГЕЯ, МАЙКОП Г., ГАГАРИНА УЛ., Д. 20А</t>
   </si>
   <si>
     <t>8-(877)-252-68-54</t>
   </si>
   <si>
     <t>ixap@yandex.ru</t>
   </si>
   <si>
-    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА «ДЕЛОВОЙ МИР ЗАУРАЛЬЯ»</t>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА "ДЕЛОВОЙ МИР ЗАУРАЛЬЯ"</t>
   </si>
   <si>
     <t>0267023760</t>
   </si>
   <si>
     <t>453838, РЕСПУБЛИКА БАШКОРТОСТАН, ГОРОД СИБАЙ, ШОССЕ ИНДУСТРИАЛЬНОЕ, ЗД 32</t>
   </si>
   <si>
     <t>8-(347)-752-22-92</t>
   </si>
   <si>
     <t>busincub@mail.ru</t>
   </si>
   <si>
-    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА «БИЗНЕС-ЦЕНТР «ЮГ БАШКОРТОСТАНА»</t>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА "БИЗНЕС-ЦЕНТР "ЮГ БАШКОРТОСТАНА"</t>
   </si>
   <si>
     <t>0266030966</t>
   </si>
   <si>
     <t>453260, РЕСПУБЛИКА БАШКОРТОСТАН, САЛАВАТ Г., УФИМСКАЯ УЛ., Д.37 К.А, -</t>
   </si>
   <si>
     <t>8-(347)-632-26-09</t>
   </si>
   <si>
     <t>salavatbiz@mail.ru</t>
   </si>
   <si>
     <t>ФОНД РАЗВИТИЯ И ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ БАШКОРТОСТАН</t>
   </si>
   <si>
     <t>0275031814</t>
   </si>
   <si>
     <t>Центр по развитию предпринимательства</t>
   </si>
   <si>
     <t>450015, РЕСПУБЛИКА БАШКОРТОСТАН, ГОРОД УФА, УЛИЦА КАРЛА МАРКСА, 37</t>
   </si>
   <si>
     <t>8-(347)-251-67-52</t>
   </si>
   <si>
     <t>fond-mb@mail.ru</t>
   </si>
   <si>
-    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «МИКРОКРЕДИТНАЯ КОМПАНИЯ МАЛОГО БИЗНЕСА РЕСПУБЛИКИ БАШКОРТОСТАН»</t>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "МИКРОКРЕДИТНАЯ КОМПАНИЯ МАЛОГО БИЗНЕСА РЕСПУБЛИКИ БАШКОРТОСТАН"</t>
   </si>
   <si>
     <t>0275066729</t>
   </si>
   <si>
     <t>450076, РЕСПУБЛИКА БАШКОРТОСТАН, ГОРОД УФА, УЛИЦА ЧЕРНЫШЕВСКОГО, 82</t>
   </si>
   <si>
     <t>8-(347)-246-20-49</t>
   </si>
   <si>
     <t>centrerb@mail.ru</t>
   </si>
   <si>
-    <t xml:space="preserve">АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «АГЕНТСТВО РЕСПУБЛИКИ БАШКОРТОСТАН ПО РАЗВИТИЮ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА»
+    <t xml:space="preserve">АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "АГЕНТСТВО РЕСПУБЛИКИ БАШКОРТОСТАН ПО РАЗВИТИЮ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА"
 </t>
   </si>
   <si>
     <t>0276981449</t>
   </si>
   <si>
     <t>Центр поддержки народных художественных промыслов, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Региональная гарантийная организация, Консультационный центр, Инжиниринговый центр</t>
   </si>
   <si>
     <t>450015, РЕСПУБЛИКА БАШКОРТОСТАН, ГОРОД УФА, УЛИЦА КАРЛА МАРКСА, ДОМ 37</t>
   </si>
   <si>
     <t>8-(347)-224-99-99</t>
   </si>
   <si>
     <t>ano-mb@cmbrb.ru</t>
   </si>
   <si>
-    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «ИНСТИТУТ НЕФТЕХИМПЕРЕРАБОТКИ»</t>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "ИНСТИТУТ НЕФТЕХИМПЕРЕРАБОТКИ"</t>
   </si>
   <si>
     <t>0277929522</t>
   </si>
   <si>
     <t>Центр прототипирования и промышленного дизайна</t>
   </si>
   <si>
     <t>450065, РЕСПУБЛИКА БАШКОРТОСТАН, ГОРОД УФА, УЛИЦА ИНИЦИАТИВНАЯ, ДОМ 12</t>
   </si>
   <si>
     <t>8-(347)-242-25-11</t>
   </si>
   <si>
     <t>inhp@inhp.ru</t>
   </si>
   <si>
-    <t>ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ РЕСПУБЛИКИ БАШКОРТОСТАН «НАУЧНО-ИССЛЕДОВАТЕЛЬСКИЙ ТЕХНОЛОГИЧЕСКИЙ ИНСТИТУТ ГЕРБИЦИДОВ И РЕГУЛЯТОРОВ РОСТА РАСТЕНИЙ С ОПЫТНО-ЭКСПЕРИМЕНТАЛЬНЫМ ПРОИЗВОДСТВОМ АКАДЕМИИ НАУК РЕСПУБЛИКИ БАШКОРТОСТАН»</t>
+    <t>ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ РЕСПУБЛИКИ БАШКОРТОСТАН "НАУЧНО-ИССЛЕДОВАТЕЛЬСКИЙ ТЕХНОЛОГИЧЕСКИЙ ИНСТИТУТ ГЕРБИЦИДОВ И РЕГУЛЯТОРОВ РОСТА РАСТЕНИЙ С ОПЫТНО-ЭКСПЕРИМЕНТАЛЬНЫМ ПРОИЗВОДСТВОМ АКАДЕМИИ НАУК РЕСПУБЛИКИ БАШКОРТОСТАН"</t>
   </si>
   <si>
     <t>0277011588</t>
   </si>
   <si>
     <t>Технопарк, Инжиниринговый центр</t>
   </si>
   <si>
     <t>450029, РЕСПУБЛИКА БАШКОРТОСТАН, ГОРОД УФА, УЛИЦА УЛЬЯНОВЫХ, 65</t>
   </si>
   <si>
     <t>8-(347)-262-90-49</t>
   </si>
   <si>
     <t>zao.rci@yandex.ru</t>
   </si>
   <si>
-    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «РЕГИОНАЛЬНАЯ ЛИЗИНГОВАЯ КОМПАНИЯ РЕСПУБЛИКИ БАШКОРТОСТАН»</t>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "РЕГИОНАЛЬНАЯ ЛИЗИНГОВАЯ КОМПАНИЯ РЕСПУБЛИКИ БАШКОРТОСТАН"</t>
   </si>
   <si>
     <t>2018-07-09</t>
   </si>
   <si>
     <t>0275913140</t>
   </si>
   <si>
     <t>Лизинговая компания</t>
   </si>
   <si>
     <t>450057, РЕСП. БАШКОРТОСТАН, Г. Уфа, УЛ. ЦЮРУПЫ, Д. 16, ОФИС 432</t>
   </si>
   <si>
     <t>8-(917)-442-12-00</t>
   </si>
   <si>
     <t>ar_asadullin@mail.ru</t>
   </si>
   <si>
     <t>УФИМСКИЙ ГОРОДСКОЙ ФОНД РАЗВИТИЯ И ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА</t>
   </si>
   <si>
     <t>2018-07-13</t>
   </si>
   <si>
     <t>0276057780</t>
   </si>
   <si>
     <t>Муниципальный фонд поддержки предпринимательства, Бизнес-инкубатор</t>
   </si>
   <si>
     <t>450098, РЕСПУБЛИКА БАШКОРТОСТАН, ГОРОД УФА, УЛИЦА РОССИЙСКАЯ, 163, 1</t>
   </si>
   <si>
     <t>8-(347)-273-12-45</t>
   </si>
   <si>
     <t>ufasbfund@mail.ru</t>
   </si>
   <si>
-    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР ПОДДЕРЖКИ ЭКСПОРТА РЕСПУБЛИКИ БАШКОРТОСТАН»</t>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ПОДДЕРЖКИ ЭКСПОРТА РЕСПУБЛИКИ БАШКОРТОСТАН"</t>
   </si>
   <si>
     <t>2021-12-17</t>
   </si>
   <si>
     <t>0274931160</t>
   </si>
   <si>
     <t>Центр поддержки экспорта</t>
   </si>
   <si>
     <t>450008, РЕСПУБЛИКА БАШКОРТОСТАН, ГОРОД УФА, УЛИЦА ПУШКИНА, ДОМ 95</t>
   </si>
   <si>
     <t>8-(347)-246-68-15</t>
   </si>
   <si>
     <t>exportcenter@bashkortostan.ru</t>
   </si>
   <si>
-    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ УПРАВЛЯЮЩАЯ КОМПАНИЯ ИНДУСТРИАЛЬНОГО ПАРКА «НИЖЕГОРОДСКИЙ»</t>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ УПРАВЛЯЮЩАЯ КОМПАНИЯ ИНДУСТРИАЛЬНОГО ПАРКА "НИЖЕГОРОДСКИЙ"</t>
   </si>
   <si>
     <t>2022-04-12</t>
   </si>
   <si>
     <t>0245951388</t>
   </si>
   <si>
     <t>Управляющая компания индустриальных (промышленных) парков, Индустриальный (промышленный) парк</t>
   </si>
   <si>
     <t>450520, РЕСПУБЛИКА БАШКОРТОСТАН, УФИМСКИЙ Р-Н, НИЖЕГОРОДКА С., ЧАПАЕВА УЛ., Д. 26, ПОМЕЩ. 11</t>
   </si>
   <si>
     <t>8-(347)-248-14-65</t>
   </si>
   <si>
     <t>industrialny.park@yandex.ru</t>
   </si>
   <si>
-    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «КОРПОРАЦИЯ РАЗВИТИЯ РЕСПУБЛИКИ БАШКОРТОСТАН»</t>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "КОРПОРАЦИЯ РАЗВИТИЯ РЕСПУБЛИКИ БАШКОРТОСТАН"</t>
   </si>
   <si>
     <t>2022-05-17</t>
   </si>
   <si>
     <t>0274153834</t>
   </si>
   <si>
     <t>450077, РЕСПУБЛИКА БАШКОРТОСТАН, УФА Г., ВЕРХНЕТОРГОВАЯ ПЛ., Д. 6, ЭТ/ПОМ 2/1-6</t>
   </si>
   <si>
     <t>8-(347)-280-82-32</t>
   </si>
   <si>
     <t>infokrrb@bashkortostan.ru</t>
   </si>
   <si>
     <t>ФОНД РАЗВИТИЯ И ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА МУНИЦИПАЛЬНОГО РАЙОНА БЕЛЕБЕЕВСКИЙ РАЙОН РЕСПУБЛИКИ БАШКОРТОСТАН</t>
   </si>
   <si>
     <t>2022-05-24</t>
   </si>
   <si>
     <t>0255016127</t>
   </si>
@@ -471,11215 +468,10903 @@
   <si>
     <t>8-(301)-248-08-08</t>
   </si>
   <si>
     <t>buryatia@fondpodderjki.ru</t>
   </si>
   <si>
     <t>ГАРАНТИЙНЫЙ ФОНД СОДЕЙСТВИЯ КРЕДИТОВАНИЮ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА И РАЗВИТИЯ ПРОМЫШЛЕННОСТИ РЕСПУБЛИКИ БУРЯТИЯ</t>
   </si>
   <si>
     <t>0323358650</t>
   </si>
   <si>
     <t>Центр поддержки экспорта, Центр поддержки народных художественных промыслов, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Региональная гарантийная организация, Инжиниринговый центр</t>
   </si>
   <si>
     <t>670000, РЕСПУБЛИКА БУРЯТИЯ, ГОРОД УЛАН-УДЭ, УЛИЦА СМОЛИНА, ДОМ 65</t>
   </si>
   <si>
     <t>8-(800)-303-01-23</t>
   </si>
   <si>
     <t>gfb@msp03.ru</t>
   </si>
   <si>
-    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ИНФОРМАЦИОННО-МЕТОДОЛОГИЧЕСКИЙ ЦЕНТР»</t>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ИНФОРМАЦИОННО-МЕТОДОЛОГИЧЕСКИЙ ЦЕНТР"</t>
   </si>
   <si>
     <t>0323366740</t>
   </si>
   <si>
-    <t>Промышленный парк, Управляющая компания индустриальных (промышленных) парков, Индустриальный (промышленный) парк</t>
-[...1 lines deleted...]
-  <si>
     <t>670018, РЕСПУБЛИКА БУРЯТИЯ, УЛАН-УДЭ Г., ПОКРОВСКАЯ УЛ., Д. 33А, ОФИС 1/48 (БЛОК 2)</t>
   </si>
   <si>
     <t>8-(301)-244-04-54</t>
   </si>
   <si>
     <t>promparkrb@mail.ru</t>
   </si>
   <si>
-    <t>ЧАСТНОЕ ОБРАЗОВАТЕЛЬНОЕ УЧРЕЖДЕНИЕ ДОПОЛНИТЕЛЬНОГО ПРОФЕССИОНАЛЬНОГО ОБРАЗОВАНИЯ «ЦЕНТР ДЕЛОВОГО ОБРАЗОВАНИЯ ТОРГОВО-ПРОМЫШЛЕННОЙ ПАЛАТЫ РЕСПУБЛИКИ БУРЯТИЯ»</t>
+    <t>ЧАСТНОЕ ОБРАЗОВАТЕЛЬНОЕ УЧРЕЖДЕНИЕ ДОПОЛНИТЕЛЬНОГО ПРОФЕССИОНАЛЬНОГО ОБРАЗОВАНИЯ "ЦЕНТР ДЕЛОВОГО ОБРАЗОВАНИЯ ТОРГОВО-ПРОМЫШЛЕННОЙ ПАЛАТЫ РЕСПУБЛИКИ БУРЯТИЯ"</t>
   </si>
   <si>
     <t>0326541735</t>
   </si>
   <si>
     <t>670000, РЕСПУБЛИКА БУРЯТИЯ, ГОРОД УЛАН-УДЭ, УЛИЦА ЛЕНИНА, ДОМ 25</t>
   </si>
   <si>
-    <t>8-(301)-245-51-31</t>
+    <t>8-(301)-256-56-65</t>
   </si>
   <si>
     <t>info@rbi03.com</t>
   </si>
   <si>
     <t>ФОНД ПОДДЕРЖКИ СЕЛЬСКОХОЗЯЙСТВЕННОЙ ПОТРЕБИТЕЛЬСКОЙ КООПЕРАЦИИ РЕСПУБЛИКИ БУРЯТИЯ</t>
   </si>
   <si>
     <t>2018-09-23</t>
   </si>
   <si>
     <t>0326561442</t>
   </si>
   <si>
-    <t>Центр компетенций в сфере сельскохозяйственной кооперации и поддержки фермеров, Государственный фонд поддержки предпринимательства</t>
+    <t>Государственный фонд поддержки предпринимательства</t>
   </si>
   <si>
     <t>670034, РЕСПУБЛИКА БУРЯТИЯ, УЛАН-УДЭ Г., ХАХАЛОВА УЛ., Д. 4А, ОФИС 412</t>
   </si>
   <si>
     <t>8-(301)-244-23-20</t>
   </si>
   <si>
     <t>a.batuev03@gmail.com</t>
   </si>
   <si>
-    <t>ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ РЕСПУБЛИКИ БУРЯТИЯ «ИНФОРМАЦИОННО-МЕТОДОЛОГИЧЕСКИЙ ЦЕНТР РЕСПУБЛИКИ БУРЯТИЯ»</t>
+    <t>ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ РЕСПУБЛИКИ БУРЯТИЯ "ИНФОРМАЦИОННО-МЕТОДОЛОГИЧЕСКИЙ ЦЕНТР РЕСПУБЛИКИ БУРЯТИЯ"</t>
   </si>
   <si>
     <t>2023-04-13</t>
   </si>
   <si>
     <t>0326031004</t>
   </si>
   <si>
     <t>670034, РЕСПУБЛИКА БУРЯТИЯ, УЛАН-УДЭ Г., ХАХАЛОВА УЛ., Д. 4А</t>
   </si>
   <si>
     <t>8-(301)-255-29-60</t>
   </si>
   <si>
     <t>imcstrb@mail.ru</t>
   </si>
   <si>
-    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «АГЕНТСТВО ПО ИПОТЕЧНОМУ ЖИЛИЩНОМУ КРЕДИТОВАНИЮ РЕСПУБЛИКИ АЛТАЙ»</t>
-[...35 lines deleted...]
-    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ, НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ АЛТАЙ»</t>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ, НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ АЛТАЙ"</t>
   </si>
   <si>
     <t>2022-02-16</t>
   </si>
   <si>
     <t>0411018879</t>
   </si>
   <si>
-    <t>Иная организация, Региональная гарантийная организация, Микрофинансовая организация предпринимательского финансирования</t>
+    <t>Фонд развития промышленности, Микрофинансовая организация предпринимательского финансирования</t>
   </si>
   <si>
     <t>649000, РЕСПУБЛИКА АЛТАЙ, ГОРОД ГОРНО-АЛТАЙСК, УЛИЦА КОМСОМОЛЬСКАЯ, ДОМ 9, ОФИС 114</t>
   </si>
   <si>
     <t>8-(388)-222-31-55</t>
   </si>
   <si>
     <t>fond-ra@yandex.ru</t>
   </si>
   <si>
-    <t>ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ РЕСПУБЛИКИ АЛТАЙ «ЦЕНТР РАЗВИТИЯ ТУРИЗМА И ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ АЛТАЙ»</t>
-[...62 lines deleted...]
-    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ГАРАНТИЙНЫЙ ФОНД РЕСПУБЛИКИ АЛТАЙ»</t>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ГАРАНТИЙНЫЙ ФОНД РЕСПУБЛИКИ АЛТАЙ"</t>
   </si>
   <si>
     <t>2022-08-23</t>
   </si>
   <si>
     <t>0400019969</t>
   </si>
   <si>
     <t>649000, РЕСПУБЛИКА АЛТАЙ, ГОРОД ГОРНО-АЛТАЙСК, ул. КОМСОМОЛЬСКАЯ УЛ, Д. 9</t>
   </si>
   <si>
     <t>8-(913)-699-93-07</t>
   </si>
   <si>
     <t>Fond-04@yandex.ru</t>
   </si>
   <si>
-    <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ РЕСПУБЛИКИ ДАГЕСТАН «ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ ДАГЕСТАН»</t>
+    <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ РЕСПУБЛИКИ ДАГЕСТАН "ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ ДАГЕСТАН"</t>
   </si>
   <si>
     <t>0571005349</t>
   </si>
   <si>
     <t>367015, РЕСПУБЛИКА ДАГЕСТАН, ГОРОД МАХАЧКАЛА, УЛИЦА ГАГАРИНА, ДОМ 120</t>
   </si>
   <si>
     <t>8-(988)-292-17-60</t>
   </si>
   <si>
     <t>cppdag@mail.ru</t>
   </si>
   <si>
     <t>ФОНД  СОДЕЙСТВИЯ КРЕДИТОВАНИЮ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ ДАГЕСТАН</t>
   </si>
   <si>
     <t>0571000767</t>
   </si>
   <si>
     <t>367000, РЕСПУБЛИКА ДАГЕСТАН, МАХАЧКАЛА Г., ДАХАДАЕВА УЛ., Д. 44, ОФИС 4</t>
   </si>
   <si>
     <t>8-(928)-533-33-33</t>
   </si>
   <si>
     <t>dagfsc@yandex.ru</t>
   </si>
   <si>
-    <t>МИКРОФИНАНСОВАЯ КОМПАНИЯ «ФОНД МИКРОФИНАНСИРОВАНИЯ И ЛИЗИНГА РЕСПУБЛИКИ ДАГЕСТАН»</t>
+    <t>МИКРОФИНАНСОВАЯ КОМПАНИЯ "ФОНД МИКРОФИНАНСИРОВАНИЯ И ЛИЗИНГА РЕСПУБЛИКИ ДАГЕСТАН"</t>
   </si>
   <si>
     <t>2020-08-19</t>
   </si>
   <si>
     <t>0571035216</t>
   </si>
   <si>
     <t>Микрофинансовая организация предпринимательского финансирования, Лизинговая компания</t>
   </si>
   <si>
     <t>367010, РЕСПУБЛИКА ДАГЕСТАН, ГОРОД МАХАЧКАЛА, УЛИЦА ГАГАРИНА, ДОМ 120</t>
   </si>
   <si>
     <t>8-(928)-253-09-19</t>
   </si>
   <si>
     <t>aripov.mg@mail.ru</t>
   </si>
   <si>
     <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ Фонд
 партнерского финансирования Республики Дагестан</t>
   </si>
   <si>
     <t>2020-10-30</t>
   </si>
   <si>
     <t>0571000044</t>
   </si>
   <si>
     <t>Иная организация</t>
   </si>
   <si>
     <t>367950, РЕСПУБЛИКА ДАГЕСТАН, ГОРОД МАХАЧКАЛА, УЛИЦА ГАГАРИНА, 120</t>
   </si>
   <si>
     <t>8-(909)-483-10-92</t>
   </si>
   <si>
     <t>assopik888@mail.ru</t>
   </si>
   <si>
-    <t>НЕКОММЕРЧЕСКАЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ «ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ ИНГУШЕТИЯ»</t>
+    <t>НЕКОММЕРЧЕСКАЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ ИНГУШЕТИЯ"</t>
   </si>
   <si>
     <t>0602017266</t>
   </si>
   <si>
     <t>Региональная гарантийная организация, Микрофинансовая организация предпринимательского финансирования</t>
   </si>
   <si>
     <t>386001, РЕСПУБЛИКА ИНГУШЕТИЯ, ГОРОД МАГАС, УЛИЦА Н.С.ХРУЩЕВА, ДОМ 12</t>
   </si>
   <si>
     <t>8-(873)-455-07-95</t>
   </si>
   <si>
     <t>rfpp@inbox.ru</t>
   </si>
   <si>
-    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «МОЙ БИЗНЕС»</t>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "МОЙ БИЗНЕС"</t>
   </si>
   <si>
     <t>2022-06-24</t>
   </si>
   <si>
     <t>0608056039</t>
   </si>
   <si>
+    <t>Центр поддержки народных художественных промыслов, Центр кластерного развития, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Центр по развитию предпринимательства</t>
+  </si>
+  <si>
+    <t>386101, ИНГУШЕТИЯ, НАЗРАНЬ Г., ЦЕНТРАЛЬНЫЙ ОКРУГ ТЕР, И.БАЗОРКИНА ПР-КТ, Д. 10А</t>
+  </si>
+  <si>
+    <t>8-(928)-699-18-15</t>
+  </si>
+  <si>
+    <t>princ_eps@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР КООРДИНАЦИИ ПОДДЕРЖКИ ЭКСПОРТНО ОРИЕНТИРОВАННЫХ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ ИНГУШЕТИЯ"</t>
+  </si>
+  <si>
+    <t>2022-09-30</t>
+  </si>
+  <si>
+    <t>0608056021</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр поддержки экспорта</t>
+  </si>
+  <si>
+    <t>386101, ИНГУШЕТИЯ, НАЗРАНЬ Г., ЦЕНТРАЛЬНЫЙ ОКРУГ ТЕР, И.БАЗОРКИНА ПР-КТ, Д. 18/1</t>
+  </si>
+  <si>
+    <t>8-(964)-027-54-27</t>
+  </si>
+  <si>
+    <t>export06@mail.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ КАЗЁННОЕ УЧРЕЖДЕНИЕ "КАБАРДИНО-БАЛКАРСКИЙ БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>0721057003</t>
+  </si>
+  <si>
+    <t>360015, КАБАРДИНО-БАЛКАРСКАЯ РЕСПУБЛИКА, ГОРОД НАЛЬЧИК, УЛИЦА ЦИОЛКОВСКОГО, 7</t>
+  </si>
+  <si>
+    <t>8-(928)-714-99-93</t>
+  </si>
+  <si>
+    <t>bi.kbr@mail.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ГАРАНТИЙНЫЙ ФОНД КАБАРДИНО-БАЛКАРСКОЙ РЕСПУБЛИКИ"</t>
+  </si>
+  <si>
+    <t>0721063906</t>
+  </si>
+  <si>
+    <t>360004, КАБАРДИНО-БАЛКАРСКАЯ РЕСПУБЛИКА, НАЛЬЧИК Г., КИРОВА УЛ., Д. 224</t>
+  </si>
+  <si>
+    <t>8-(928)-707-00-28</t>
+  </si>
+  <si>
+    <t>fond.kbr@yandex.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД МИКРОКРЕДИТОВАНИЯ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА КАБАРДИНО-БАЛКАРСКОЙ РЕСПУБЛИКИ"</t>
+  </si>
+  <si>
+    <t>0726016321</t>
+  </si>
+  <si>
+    <t>360004, КАБАРДИНО-БАЛКАРСКАЯ РЕСПУБЛИКА, НАЛЬЧИК Г., КИРОВА УЛ., Д. 224, ОФИС 1-5</t>
+  </si>
+  <si>
+    <t>8-(866)-272-24-86</t>
+  </si>
+  <si>
+    <t>info@fmsmpkbr.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>0700027569</t>
+  </si>
+  <si>
+    <t>361538,КАБАРДИНО-БАЛКАРСКАЯ РЕСПУБЛИКА, БАКСАН Г.О., БАКСАН Г, ИМЕНИ ГАГАРИНА ЮРИЯ АЛЕКСЕЕВИЧА УЛ, ЗД. 2/1</t>
+  </si>
+  <si>
+    <t>8-(928)-717-09-06</t>
+  </si>
+  <si>
+    <t>zaur37@yandex.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ КАЗЕННОЕ УЧРЕЖДЕНИЕ "ЗОЛЬСКИЙ БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>0702010465</t>
+  </si>
+  <si>
+    <t>361700, КАБАРДИНО-БАЛКАРСКАЯ РЕСПУБЛИКА, ПОСЕЛОК ЗАЛУКОКОАЖЕ, УЛИЦА ИМ И.Ц.КОТОВА, 22</t>
+  </si>
+  <si>
+    <t>8-(866)-374-17-07</t>
+  </si>
+  <si>
+    <t>info@zolsky-bi.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ КАЗЕННОЕ УЧРЕЖДЕНИЕ "БИЗНЕС-ЦЕНТР" БАКСАНСКОГО МУНИЦИПАЛЬНОГО РАЙОНА</t>
+  </si>
+  <si>
+    <t>0701014467</t>
+  </si>
+  <si>
+    <t>361535, КАБАРДИНО-БАЛКАРСКАЯ РЕСПУБЛИКА, БАКСАН Г.О., БАКСАН Г, ИМЕНИ ГАГАРИНА ЮРИЯ АЛЕКСЕЕВИЧА УЛ, ЗД. 1Е/2</t>
+  </si>
+  <si>
+    <t>8-(866)-722-21-81</t>
+  </si>
+  <si>
+    <t>baksanbi@bk.ru</t>
+  </si>
+  <si>
+    <t>РЕГИОНАЛЬНЫЙ ФОНД "ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА КАБАРДИНО-БАЛКАРСКОЙ РЕСПУБЛИКИ"</t>
+  </si>
+  <si>
+    <t>2018-06-06</t>
+  </si>
+  <si>
+    <t>0726020053</t>
+  </si>
+  <si>
+    <t>Центр компетенций в сфере сельскохозяйственной кооперации и поддержки фермеров, Центр поддержки экспорта, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>360015, КАБАРДИНО-БАЛКАРСКАЯ РЕСПУБЛИКА, НАЛЬЧИК Г., ЦИОЛКОВСКОГО УЛ., Д. 7, КАБИНЕТ 413</t>
+  </si>
+  <si>
+    <t>8-(866)-272-21-81</t>
+  </si>
+  <si>
+    <t>fppkbr@inbox.ru</t>
+  </si>
+  <si>
+    <t>БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ РЕСПУБЛИКИ КАЛМЫКИЯ "ИНФОРМАЦИОННО-КОНСУЛЬТАЦИОННАЯ СЛУЖБА АПК"</t>
+  </si>
+  <si>
+    <t>0816029043</t>
+  </si>
+  <si>
+    <t>358000, РЕСПУБЛИКА КАЛМЫКИЯ, ГОРОД ЭЛИСТА, УЛИЦА ИМ НОМТО ОЧИРОВА, ДОМ 15</t>
+  </si>
+  <si>
+    <t>8-(847)-223-53-75</t>
+  </si>
+  <si>
+    <t>kalmykia_iks@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ "АГЕНТСТВО ПО РАЗВИТИЮ СИСТЕМЫ ГАРАНТИЙ И МИКРОФИНАНСИРОВАНИЯ ДЛЯ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ КАЛМЫКИЯ"</t>
+  </si>
+  <si>
+    <t>2020-08-03</t>
+  </si>
+  <si>
+    <t>0816038986</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр кластерного развития, Центр по развитию предпринимательства, Микрофинансовая организация предпринимательского финансирования, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>358014, РЕСПУБЛИКА КАЛМЫКИЯ, ЭЛИСТА Г., СИТИ-ЧЕСС ТЕР, ВЛД. 19</t>
+  </si>
+  <si>
+    <t>8-(927)-595-99-10</t>
+  </si>
+  <si>
+    <t>amandzhiev@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ КАРАЧАЕВО-ЧЕРКЕССКОЙ РЕСПУБЛИКИ "МИКРОКРЕДИТНАЯ КОМПАНИЯ ПОДДЕРЖКИ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА КАРАЧАЕВО-ЧЕРКЕССКОЙ РЕСПУБЛИКИ"</t>
+  </si>
+  <si>
+    <t>0917015985</t>
+  </si>
+  <si>
+    <t>369000, КАРАЧАЕВО-ЧЕРКЕССКАЯ РЕСПУБЛИКА, ЧЕРКЕССК Г, ЛЕНИНА ПР-КТ, Д. 53</t>
+  </si>
+  <si>
+    <t>8-(878)-226-20-36</t>
+  </si>
+  <si>
+    <t>aukhrfm2010@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ "ГАРАНТИЙНЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА КАРАЧАЕВО-ЧЕРКЕССКОЙ РЕСПУБЛИКИ"</t>
+  </si>
+  <si>
+    <t>2022-12-06</t>
+  </si>
+  <si>
+    <t>0917040861</t>
+  </si>
+  <si>
+    <t>8-(878)-228-44-21</t>
+  </si>
+  <si>
+    <t>fond-garant.09@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР "МОЙ БИЗНЕС" КАРАЧАЕВО-ЧЕРКЕССКОЙ РЕСПУБЛИКИ"</t>
+  </si>
+  <si>
+    <t>0900001180</t>
+  </si>
+  <si>
+    <t>Центр инноваций социальной сферы, Центр по развитию предпринимательства</t>
+  </si>
+  <si>
+    <t>369000, КАРАЧАЕВО-ЧЕРКЕССКАЯ РЕСПУБЛИКА, ЧЕРКЕССКИЙ Г.О., ЧЕРКЕССК Г, ЛЕНИНА ПР-КТ, Д. 53</t>
+  </si>
+  <si>
+    <t>8-(878)-225-02-27</t>
+  </si>
+  <si>
+    <t>cpp-kchr@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПО СОДЕЙСТВИЮ КРЕДИТОВАНИЮ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ КАРЕЛИЯ (МИКРОКРЕДИТНАЯ КОМПАНИЯ)</t>
+  </si>
+  <si>
+    <t>185005, РЕСПУБЛИКА КАРЕЛИЯ, ПЕТРОЗАВОДСК Г., ГЮЛЛИНГА (ЗАРЕКА Р-Н) НАБ, Д. 11, ОФИС 11</t>
+  </si>
+  <si>
+    <t>8-(814)-267-20-61</t>
+  </si>
+  <si>
+    <t>fsk.karelia@yandex.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "КОРПОРАЦИЯ РАЗВИТИЯ РЕСПУБЛИКИ КАРЕЛИЯ"</t>
+  </si>
+  <si>
+    <t>Агентство по развитию предпринимательства</t>
+  </si>
+  <si>
+    <t>185005, РЕСПУБЛИКА КАРЕЛИЯ, ПЕТРОЗАВОДСК Г., ГЮЛЛИНГА (ЗАРЕКА Р-Н) НАБ, Д. 11, ОФИС 19</t>
+  </si>
+  <si>
+    <t>8-(814)-244-54-00</t>
+  </si>
+  <si>
+    <t>info@kr-rk.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "ЦЕНТР ПОДДЕРЖКИ ЭКСПОРТА РЕСПУБЛИКИ КАРЕЛИЯ"</t>
+  </si>
+  <si>
+    <t>2021-01-11</t>
+  </si>
+  <si>
+    <t>185035, РЕСПУБЛИКА КАРЕЛИЯ, ГОРОД ПЕТРОЗАВОДСК, УЛИЦА АНДРОПОВА (ЦЕНТР Р-Н), ДОМ 2</t>
+  </si>
+  <si>
+    <t>8-(814)-267-20-64</t>
+  </si>
+  <si>
+    <t>info@export10.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "АКЦЕПТ"</t>
+  </si>
+  <si>
+    <t>2022-02-22</t>
+  </si>
+  <si>
+    <t>Управляющая компания технопарков (промышленных технопарков), Промышленный технопарк</t>
+  </si>
+  <si>
+    <t>185034, РЕСП. КАРЕЛИЯ, Г. Петрозаводск, ПР-Д СТРОИТЕЛЕЙ (ЮЖНАЯ ПРОМЗОНА Р-Н), Д. 30Б, ПОМЕЩ. 1</t>
+  </si>
+  <si>
+    <t>8-(911)-669-27-71</t>
+  </si>
+  <si>
+    <t>info@technopark10.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ ПО РАЗВИТИЮ И ПОДДЕРЖКЕ ПРЕДПРИНИМАТЕЛЬСТВА "ЦЕНТР "МОЙ БИЗНЕС" РЕСПУБЛИКИ КАРЕЛИЯ"</t>
+  </si>
+  <si>
+    <t>2023-04-18</t>
+  </si>
+  <si>
+    <t>Центр сертификации, стандартизации и испытаний, Центр прототипирования и промышленного дизайна, Центр поддержки народных художественных промыслов, Центр кластерного развития, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>185035, РЕСПУБЛИКА КАРЕЛИЯ, ПЕТРОЗАВОДСКИЙ Г.О., ПЕТРОЗАВОДСК Г, ЦЕНТР Р-Н, АНДРОПОВА УЛ, Д. 2</t>
+  </si>
+  <si>
+    <t>ФОНД ВЕНЧУРНЫХ ИНВЕСТИЦИЙ РЕСПУБЛИКИ КАРЕЛИЯ</t>
+  </si>
+  <si>
+    <t>2023-04-21</t>
+  </si>
+  <si>
+    <t>185035, РЕСПУБЛИКА КАРЕЛИЯ, ПЕТРОЗАВОДСКИЙ Г.О., ПЕТРОЗАВОДСК Г, ПЕРВОМАЙСКИЙ Р-Н, ШОТМАНА УЛ, Д. 13, 1 ОФИС</t>
+  </si>
+  <si>
+    <t>8-(911)-400-97-01</t>
+  </si>
+  <si>
+    <t>fvi_info@mail.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "МИКРОКРЕДИТНАЯ КОМПАНИЯ РЕСПУБЛИКИ КОМИ"</t>
+  </si>
+  <si>
+    <t>167000, Республика Коми, г. Сыктывкар, ул. Ленина, д.74</t>
+  </si>
+  <si>
+    <t>8-(821)-240-12-00</t>
+  </si>
+  <si>
+    <t>mforkomi@gmail.com</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ КАЗЕННОЕ УЧРЕЖДЕНИЕ "УДОРСКИЙ БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>169270, РЕСПУБЛИКА КОМИ, УДОРСКИЙ Р-Н, УСОГОРСК ПГТ, ЛЕНИНА УЛ., Д.22</t>
+  </si>
+  <si>
+    <t>8-(821)-355-12-63</t>
+  </si>
+  <si>
+    <t>olga_dumbrava@mail.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "ГАРАНТИЙНЫЙ ФОНД РЕСПУБЛИКИ КОМИ"</t>
+  </si>
+  <si>
+    <t>167000, РЕСПУБЛИКА КОМИ, СЫКТЫВКАР Г., ЛЕНИНА УЛ., Д. 74</t>
+  </si>
+  <si>
+    <t>8-(821)-240-10-70</t>
+  </si>
+  <si>
+    <t>gendir.garantfond@gmail.com</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ УНИТАРНОЕ ПРЕДПРИЯТИЕ РЕСПУБЛИКИ КОМИ "РЕСПУБЛИКАНСКОЕ ПРЕДПРИЯТИЕ "БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>167026, РЕСПУБЛИКА КОМИ, СЫКТЫВКАР Г., УХТИНСКОЕ Ш., Д.2</t>
+  </si>
+  <si>
+    <t>8-(821)-263-14-36</t>
+  </si>
+  <si>
+    <t>busigup@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ РЕСПУБЛИКИ КОМИ "ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>2019-08-07</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр поддержки народных художественных промыслов, Центр кластерного развития, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>8-(821)-244-60-25</t>
+  </si>
+  <si>
+    <t>ano@minek.rkomi.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "ЛИЗИНГОВАЯ КОМПАНИЯ РЕСПУБЛИКИ КОМИ"</t>
+  </si>
+  <si>
+    <t>2021-02-10</t>
+  </si>
+  <si>
+    <t>167000, РЕСПУБЛИКА КОМИ, СЫКТЫВКАР Г., ПЕРВОМАЙСКАЯ УЛ., СТР. 92, ОФИС 300</t>
+  </si>
+  <si>
+    <t>8-(904)-221-90-29</t>
+  </si>
+  <si>
+    <t>adeliyd@mail.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "ИНДУСТРИАЛЬНЫЙ ПАРК ЗЕЛЕНЕЦ"</t>
+  </si>
+  <si>
+    <t>2025-02-04</t>
+  </si>
+  <si>
+    <t>Индустриальный (промышленный) парк</t>
+  </si>
+  <si>
+    <t>168200, РЕСПУБЛИКА КОМИ, СЫКТЫВДИНСКИЙ М.Р-Н, ЗЕЛЕНЕЦ С.П., ЗЕЛЕНЕЦ С, УХТИНСКОЕ Ш, Д. 7/2, 1 ПОМЕЩ.</t>
+  </si>
+  <si>
+    <t>8-(968)-729-05-01</t>
+  </si>
+  <si>
+    <t>info@parkzelenec.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "БИЗНЕС-ИНКУБАТОР РЕСПУБЛИКИ МАРИЙ ЭЛ"</t>
+  </si>
+  <si>
+    <t>424033, РЕСПУБЛИКА МАРИЙ ЭЛ, ЙОШКАР-ОЛА Г., ЭШКИНИНА УЛ., Д. 10Б, ОФИС 206</t>
+  </si>
+  <si>
+    <t>8-(836)-221-07-07</t>
+  </si>
+  <si>
+    <t>info@bink12.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "АГЕНТСТВО ЭКСПОРТНОГО РАЗВИТИЯ РЕСПУБЛИКИ МАРИЙ ЭЛ"</t>
+  </si>
+  <si>
+    <t>424033, РЕСПУБЛИКА МАРИЙ ЭЛ, ГОРОД ЙОШКАР-ОЛА, НАБЕРЕЖНАЯ БРЮГГЕ, ДОМ 3</t>
+  </si>
+  <si>
+    <t>8-(836)-241-10-10</t>
+  </si>
+  <si>
+    <t>invest.export12@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ДОМ МЕЧТЫ"</t>
+  </si>
+  <si>
+    <t>424006, Республика Марий Эл, г. о. город Йошкар-Ола, г. Йошкар-Ола, ул. Советская, д. 165, помещ. 4</t>
+  </si>
+  <si>
+    <t>mbi442211@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ МАРИЙ ЭЛ"</t>
+  </si>
+  <si>
+    <t>2017-12-15</t>
+  </si>
+  <si>
+    <t>Центр инноваций социальной сферы, Центр по развитию предпринимательства, Региональная гарантийная организация, Микрофинансовая организация предпринимательского финансирования, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>424033, РЕСПУБЛИКА МАРИЙ ЭЛ, ГОРОД ЙОШКАР-ОЛА, УЛИЦА ЭШКИНИНА, ДОМ 10Б, ОФИС 310</t>
+  </si>
+  <si>
+    <t>fond-region12@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР КОМПЕТЕНЦИЙ В СФЕРЕ СЕЛЬСКОХОЗЯЙСТВЕННОЙ КООПЕРАЦИИ И ПОДДЕРЖКИ ФЕРМЕРОВ В РЕСПУБЛИКЕ МАРИЙ ЭЛ"</t>
+  </si>
+  <si>
+    <t>2019-12-09</t>
+  </si>
+  <si>
+    <t>424000, РЕСПУБЛИКА МАРИЙ ЭЛ, ГОРОД ЙОШКАР-ОЛА, УЛИЦА КРАСНОАРМЕЙСКАЯ, ДОМ 41</t>
+  </si>
+  <si>
+    <t>8-(937)-115-20-57</t>
+  </si>
+  <si>
+    <t>ck.apk12@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД РАЗВИТИЯ ПРОМЫШЛЕННОСТИ РЕСПУБЛИКИ МАРИЙ ЭЛ</t>
+  </si>
+  <si>
+    <t>2024-03-25</t>
+  </si>
+  <si>
+    <t>Фонд развития промышленности</t>
+  </si>
+  <si>
+    <t>424033, г. Йошкар-Ола, ул. Эшкинина, д.10 б</t>
+  </si>
+  <si>
+    <t>8-(836)-223-50-90</t>
+  </si>
+  <si>
+    <t>frp12@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ИНВЕСТИЦИОННОГО РАЗВИТИЯ РЕСПУБЛИКИ МАРИЙ ЭЛ</t>
+  </si>
+  <si>
+    <t>8-(960)-099-33-33</t>
+  </si>
+  <si>
+    <t>investfund@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ "ТЕХНОПАРК - МОРДОВИЯ"</t>
+  </si>
+  <si>
+    <t>Технопарк, Технопарк, Технопарк, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>430034, РЕСПУБЛИКА МОРДОВИЯ, ГОРОД САРАНСК, УЛИЦА ЛОДЫГИНА, 3</t>
+  </si>
+  <si>
+    <t>+7 (8342) 33-35-33</t>
+  </si>
+  <si>
+    <t>tpm-13@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ "АГЕНТСТВО ИННОВАЦИОННОГО РАЗВИТИЯ РЕСПУБЛИКИ МОРДОВИЯ"</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>430009, РЕСП. МОРДОВИЯ, Г. Саранск, УЛ. ПСКОВСКАЯ, Д. 2А, ОФИС 301</t>
+  </si>
+  <si>
+    <t>+7 (8342) 22-32-92</t>
+  </si>
+  <si>
+    <t>info@i-mordovia.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ "ГАРАНТИЙНЫЙ ФОНД КРЕДИТНОГО ОБЕСПЕЧЕНИЯ РЕСПУБЛИКИ МОРДОВИЯ"</t>
+  </si>
+  <si>
+    <t>430005, РЕСП. МОРДОВИЯ, Г. Саранск, УЛ. МОСКОВСКАЯ, Д. 14, ОФИС 407</t>
+  </si>
+  <si>
+    <t>+ 7 (8342) 47 69 19</t>
+  </si>
+  <si>
+    <t>gfkorm@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ МИКРОКРЕДИТНАЯ КОМПАНИЯ "РЕГИОНАЛЬНЫЙ ЦЕНТР МИКРОФИНАНСИРОВАНИЯ РЕСПУБЛИКИ МОРДОВИЯ"</t>
+  </si>
+  <si>
+    <t>430005, РЕСПУБЛИКА МОРДОВИЯ, ГОРОД САРАНСК, УЛИЦА МОСКОВСКАЯ, ДОМ 14, ПОМЕЩЕНИЕ 16</t>
+  </si>
+  <si>
+    <t>8-8342-23-26-77</t>
+  </si>
+  <si>
+    <t>mikrozaim@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ МОРДОВИЯ</t>
+  </si>
+  <si>
+    <t>430005, РЕСПУБЛИКА МОРДОВИЯ, ГОРОД САРАНСК, УЛИЦА МОСКОВСКАЯ, ДОМ 14, ПОМЕЩЕНИЕ 2</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ САХА (ЯКУТИЯ)"</t>
+  </si>
+  <si>
+    <t>677000, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ГОРОД ЯКУТСК, УЛИЦА ОРДЖОНИКИДЗЕ, 20</t>
+  </si>
+  <si>
+    <t>8(4112)342633</t>
+  </si>
+  <si>
+    <t>fondsakha@inbox.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ РЕСПУБЛИКИ САХА (ЯКУТИЯ) "ЦЕНТР "МОЙ БИЗНЕС"</t>
+  </si>
+  <si>
+    <t>Центр по развитию предпринимательства, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Центр по развитию предпринимательства</t>
+  </si>
+  <si>
+    <t>677027, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ГОРОД ЯКУТСК, УЛИЦА КИРОВА, ДОМ 18Б</t>
+  </si>
+  <si>
+    <t>8(4112)42-21-91, 89248737341</t>
+  </si>
+  <si>
+    <t>aucpp@b14.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ РЕСПУБЛИКИ САХА (ЯКУТИЯ) "ТЕХНОПАРК "ЯКУТИЯ"</t>
+  </si>
+  <si>
+    <t>Технопарк, Технопарк, Технопарк, Технопарк, Технопарк</t>
+  </si>
+  <si>
+    <t>677009, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ГОРОД ЯКУТСК, УЛИЦА ДЗЕРЖИНСКОГО, 76</t>
+  </si>
+  <si>
+    <t>(4112) 40-20-75</t>
+  </si>
+  <si>
+    <t>technopark_14@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА" МУНИЦИПАЛЬНОГО РАЙОНА "НЮРБИНСКИЙ РАЙОН" РЕСПУБЛИКИ САХА (ЯКУТИЯ)</t>
+  </si>
+  <si>
+    <t>2017-12-29</t>
+  </si>
+  <si>
+    <t>678450, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ГОРОД НЮРБА, УЛИЦА СТЕПАНА ВАСИЛЬЕВА, 57</t>
+  </si>
+  <si>
+    <t>(41134)23531</t>
+  </si>
+  <si>
+    <t>bis-incubator-nyurba@mail.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ВИЛЮЙСКОГО УЛУСА"</t>
+  </si>
+  <si>
+    <t>Микрофинансовая организация предпринимательского финансирования, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>678200, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ГОРОД ВИЛЮЙСК, УЛИЦА МИРА, ДОМ 78, КОРПУС А</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "БИЗНЕС-ИНКУБАТОР МУНИЦИПАЛЬНОГО РАЙОНА " ТОМПОНСКИЙ РАЙОН"</t>
+  </si>
+  <si>
+    <t>678720, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ПОСЕЛОК ХАНДЫГА, УЛИЦА ДОМОХОТОВА, 2</t>
+  </si>
+  <si>
+    <t>(41153)42002</t>
+  </si>
+  <si>
+    <t>b.inkubator_khandyaga@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "БИЗНЕС-ИНКУБАТОР АЛДАНСКОГО РАЙОНА"</t>
+  </si>
+  <si>
+    <t>678900, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ГОРОД АЛДАН, УЛИЦА 50 ЛЕТ ВЛКСМ, ДОМ 2</t>
+  </si>
+  <si>
+    <t>(41145)31123</t>
+  </si>
+  <si>
+    <t>b.1402@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "БИЗНЕС-ИНКУБАТОР В С.НАМЦЫ"</t>
+  </si>
+  <si>
+    <t>678380, РЕСПУБЛИКА САХА /ЯКУТИЯ/, СЕЛО НАМЦЫ, УЛИЦА ЛЕНИНА, ДОМ 18, КОРПУС А</t>
+  </si>
+  <si>
+    <t>(41162)41803</t>
+  </si>
+  <si>
+    <t>mbubinam@yandex.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ "КОМТЕХСЕРВИС" МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ЮРЮНГ- ХАИНСКИЙ НАЦИОНАЛЬНЫЙ (ДОЛГАНСКИЙ) НАСЛЕГ"</t>
+  </si>
+  <si>
+    <t>678431, РЕСПУБЛИКА САХА /ЯКУТИЯ/, СЕЛО ЮРЮНГ-ХАЯ, УЛИЦА ЦЕНТРАЛЬНАЯ, 15</t>
+  </si>
+  <si>
+    <t>(41168)22404</t>
+  </si>
+  <si>
+    <t>admxaya@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "БИЗНЕС-ИНКУБАТОР МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "НАЯХИНСКИЙ НАСЛЕГ" УСТЬ-АЛДАНСКОГО УЛУСА (РАЙОНА) РЕСПУБЛИКИ САХА (ЯКУТИЯ)"</t>
+  </si>
+  <si>
+    <t>678363, РЕСПУБЛИКА САХА /ЯКУТИЯ/, СЕЛО БАЛЫКТАХ, УЛИЦА НАЯХИНСКАЯ, ДОМ 16</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "БИЗНЕС-ИНКУБАТОР УСТЬ-МАЙСКОГО РАЙОНА"</t>
+  </si>
+  <si>
+    <t>678620, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ПОСЕЛОК УСТЬ-МАЯ, УЛИЦА ПУШКИНА, ДОМ 2</t>
+  </si>
+  <si>
+    <t>(924)1719018</t>
+  </si>
+  <si>
+    <t>ustmaya-msu@mail.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА КОБЯЙСКОГО УЛУСА"</t>
+  </si>
+  <si>
+    <t>678300, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ПОСЕЛОК ГОРОДСКОГО ТИПА САНГАР, УЛИЦА ЛЕНИНА, 55</t>
+  </si>
+  <si>
+    <t>(41163)21960</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ УЧРЕЖДЕНИЕ "ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА МО "АНАБАРСКИЙ НАЦИОНАЛЬНЫЙ (ДОЛГАНО-ЭВЕНКИЙСКИЙ) УЛУС"</t>
+  </si>
+  <si>
+    <t>678440, РЕСП. САХА /ЯКУТИЯ/, С. Саскылах, УЛ. ОКТЯБРЬСКАЯ, Д. 10</t>
+  </si>
+  <si>
+    <t>(41168)21301</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА НЮРБИНСКОГО РАЙОНА</t>
+  </si>
+  <si>
+    <t>678450, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ГОРОД НЮРБА, УЛИЦА ЛЕНИНА, 31</t>
+  </si>
+  <si>
+    <t>(41134)23224, 23338</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ФОНД РАЗВИТИЯ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА ВЕРХНЕВИЛЮЙСКОГО УЛУСА РЕСПУБЛИКИ САХА (ЯКУТИЯ) "</t>
+  </si>
+  <si>
+    <t>678230, РЕСПУБЛИКА САХА /ЯКУТИЯ/, СЕЛО ВЕРХНЕВИЛЮЙСК, УЛИЦА Г.ВАСИЛЬЕВА, ДОМ 2А, КАБИНЕТ 107</t>
+  </si>
+  <si>
+    <t>(41133)41184, 41140 факс, (914)2372021</t>
+  </si>
+  <si>
+    <t>"ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА ГОРНОГО УЛУСА"</t>
+  </si>
+  <si>
+    <t>678030, РЕСПУБЛИКА САХА /ЯКУТИЯ/, СЕЛО БЕРДИГЕСТЯХ, УЛИЦА С.ДАНИЛОВА, 51, "Б"</t>
+  </si>
+  <si>
+    <t>(41131)42741, (924)1716834</t>
+  </si>
+  <si>
+    <t>mby_cpp@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ЛЕНСКОГО РАЙОНА</t>
+  </si>
+  <si>
+    <t>678144, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ГОРОД ЛЕНСК, УЛИЦА ЛЕНИНА, 65</t>
+  </si>
+  <si>
+    <t>(4113)743924, 42097</t>
+  </si>
+  <si>
+    <t>fpmp-lensk@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "БИЗНЕС-ИНКУБАТОР МЕГИНО-КАНГАЛАССКОГО УЛУСА"</t>
+  </si>
+  <si>
+    <t>678080, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ПОСЕЛОК НИЖНИЙ БЕСТЯХ, УЛИЦА ЛЕНИНА, ДОМ 36, КОРПУС 4</t>
+  </si>
+  <si>
+    <t>8-984-103-32-27</t>
+  </si>
+  <si>
+    <t>mk-biznes@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД РАЗВИТИЯ ГОРОДСКОГО ОКРУГА "ГОРОД ЯКУТСК"</t>
+  </si>
+  <si>
+    <t>2019-07-15</t>
+  </si>
+  <si>
+    <t>677007, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ГОРОД ЯКУТСК, ПРОСПЕКТ ЛЕНИНА, ДОМ 15, КАБИНЕТ 213</t>
+  </si>
+  <si>
+    <t>8(924)8700071</t>
+  </si>
+  <si>
+    <t>fondapk.yakutsk@mail.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "РЕГИОНАЛЬНАЯ ЛИЗИНГОВАЯ КОМПАНИЯ РЕСПУБЛИКИ САХА (ЯКУТИЯ)"</t>
+  </si>
+  <si>
+    <t>677018, РЕСПУБЛИКА САХА /ЯКУТИЯ/, ГОРОД ЯКУТСК, УЛИЦА КРУПСКОЙ, ДОМ 37, ПОМЕЩЕНИЕ 4</t>
+  </si>
+  <si>
+    <t>8(4112)508495</t>
+  </si>
+  <si>
+    <t>info@rlcykt.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>362019, РЕСПУБЛИКА СЕВЕРНАЯ ОСЕТИЯ - АЛАНИЯ, ВЛАДИКАВКАЗ Г., ШМУЛЕВИЧА УЛ., Д. 8 К. Б</t>
+  </si>
+  <si>
+    <t>8-(867)-270-01-70</t>
+  </si>
+  <si>
+    <t>fpp-alania@yandex.ru</t>
+  </si>
+  <si>
+    <t>ФОНД МИКРОФИНАНСИРОВАНИЯ МАЛЫХ И СРЕДНИХ ПРЕДПРИЯТИЙ РЕСПУБЛИКИ СЕВЕРНАЯ ОСЕТИЯ-АЛАНИЯ - МИКРОКРЕДИТНАЯ КОМПАНИЯ</t>
+  </si>
+  <si>
+    <t>362038, РЕСПУБЛИКА СЕВЕРНАЯ ОСЕТИЯ - АЛАНИЯ, ВЛАДИКАВКАЗ Г, СВОБОДЫ ПЛ, Д. 1</t>
+  </si>
+  <si>
+    <t>8-(867)-240-26-09</t>
+  </si>
+  <si>
+    <t>fondvlad@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД КРЕДИТНЫХ ГАРАНТИЙ РЕСПУБЛИКИ СЕВЕРНАЯ ОСЕТИЯ-АЛАНИЯ</t>
+  </si>
+  <si>
+    <t>2018-10-18</t>
+  </si>
+  <si>
+    <t>8-(867)-230-00-14</t>
+  </si>
+  <si>
+    <t>fkgrso-a@yandex.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ ТАТАРСТАН"</t>
+  </si>
+  <si>
+    <t>Центр инноваций социальной сферы, Многофункциональный центр предоставления государственных и муниципальных услуг, предоставляющий услуги субъектам МСП, Микрофинансовая организация предпринимательского финансирования, Консультационный центр, Консультационный центр, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>420107, ТАТАРСТАН, КАЗАНЬ Г., ПЕТЕРБУРГСКАЯ УЛ., Д. 28</t>
+  </si>
+  <si>
+    <t>8-(843)-524-76-92</t>
+  </si>
+  <si>
+    <t>priemnaya@fpprt.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ГАРАНТИЙНЫЙ ФОНД РЕСПУБЛИКИ ТАТАРСТАН"</t>
+  </si>
+  <si>
+    <t>420021, ТАТАРСТАН, КАЗАНЬ Г., МОСКОВСКАЯ УЛ., Д. 55, ПОМЕЩ. 1001</t>
+  </si>
+  <si>
+    <t>8-(843)-293-16-94</t>
+  </si>
+  <si>
+    <t>info@garfond.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "ЦЕНТР ЦИФРОВЫХ ТЕХНОЛОГИЙ"</t>
+  </si>
+  <si>
+    <t>420127, ТАТАРСТАН, КАЗАНЬ Г., ДЕМЕНТЬЕВА УЛ., Д. 1</t>
+  </si>
+  <si>
+    <t>8-(843)-207-49-93</t>
+  </si>
+  <si>
+    <t>info@kcdt.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "ЦЕНТР ПРОТОТИПИРОВАНИЯ И ВНЕДРЕНИЯ ОТЕЧЕСТВЕННОЙ РОБОТОТЕХНИКИ"</t>
+  </si>
+  <si>
+    <t>420107, ТАТАРСТАН, КАЗАНЬ Г., ПЕТЕРБУРГСКАЯ УЛ., ЗД 50 К. 31, ЭТ/ПОМ 2/1</t>
+  </si>
+  <si>
+    <t>8-(843)-227-40-63</t>
+  </si>
+  <si>
+    <t>info@robotrt.com</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "РЕГИОНАЛЬНЫЙ ЦЕНТР ИНЖИНИРИНГА БИОТЕХНОЛОГИЙ РЕСПУБЛИКИ ТАТАРСТАН"</t>
+  </si>
+  <si>
+    <t>Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>420095, ТАТАРСТАН, КАЗАНЬ Г., ВОССТАНИЯ УЛ., Д. 100, ЗДАНИЕ 152</t>
+  </si>
+  <si>
+    <t>8-(843)-212-19-19</t>
+  </si>
+  <si>
+    <t>info@bionovatic.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "РЕГИОНАЛЬНЫЙ ИНЖИНИРИНГОВЫЙ ЦЕНТР МЕДИЦИНСКИХ СИМУЛЯТОРОВ "ЦЕНТР МЕДИЦИНСКОЙ НАУКИ"</t>
+  </si>
+  <si>
+    <t>420107, РЕСПУБЛИКА ТАТАРСТАН (ТАТАРСТАН), ГОРОД КАЗАНЬ Г.О., КАЗАНЬ Г, ПЕТЕРБУРГСКАЯ УЛ, ЗД. 50 К. 23, 6 ПОМЕЩ.</t>
+  </si>
+  <si>
+    <t>info@engimed.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "РЕГИОНАЛЬНЫЙ ЦЕНТР ИНЖИНИРИНГА В СФЕРЕ ХИМИЧЕСКИХ ТЕХНОЛОГИЙ"</t>
+  </si>
+  <si>
+    <t>422624, РЕСПУБЛИКА ТАТАРСТАН (ТАТАРСТАН), ЛАИШЕВСКИЙ Р-Н, СТОЛБИЩЕ С., ЛЕСХОЗОВСКАЯ УЛ., Д. 32</t>
+  </si>
+  <si>
+    <t>8-(843)-212-24-52</t>
+  </si>
+  <si>
+    <t>info@chempoint.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "РЕГИОНАЛЬНЫЙ ИНЖИНИРИНГОВЫЙ ЦЕНТР ПРОМЫШЛЕННЫХ ЛАЗЕРНЫХ ТЕХНОЛОГИЙ "КАИ-ЛАЗЕР"</t>
+  </si>
+  <si>
+    <t>420127, ТАТАРСТАН, КАЗАНЬ Г., АКАДЕМИКА ПАВЛОВА УЛ., Д. 3</t>
+  </si>
+  <si>
+    <t>8-(843)-238-51-06</t>
+  </si>
+  <si>
+    <t>ruslan-yanbaev@mail.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "АГРОПРОМЫШЛЕННЫЙ ПАРК "КАЗАНЬ"</t>
+  </si>
+  <si>
+    <t>Агропромышленный парк</t>
+  </si>
+  <si>
+    <t>420061, РЕСПУБЛИКА ТАТАРСТАН (ТАТАРСТАН), КАЗАНЬ Г., АГРАРНАЯ УЛ., Д. 2, ОФИС 28</t>
+  </si>
+  <si>
+    <t>8-(843)-598-38-30</t>
+  </si>
+  <si>
+    <t>info@agroprompark-kazan.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "КАМСКИЙ ИНДУСТРИАЛЬНЫЙ ПАРК "МАСТЕР"</t>
+  </si>
+  <si>
+    <t>Промышленный парк</t>
+  </si>
+  <si>
+    <t>423800, РЕСПУБЛИКА ТАТАРСТАН (ТАТАРСТАН), НАБЕРЕЖНЫЕ ЧЕЛНЫ Г., ПРОИЗВОДСТВЕННЫЙ ПР-Д, Д. 45</t>
+  </si>
+  <si>
+    <t>8-(855)-253-45-20</t>
+  </si>
+  <si>
+    <t>kip-master@kamaz.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "ИННОВАЦИОННЫЙ ИНДУСТРИАЛЬНЫЙ ПАРК - ТЕХНОПАРК В СФЕРЕ ВЫСОКИХ ТЕХНОЛОГИЙ "ТЕХНОПОЛИС "ХИМГРАД"</t>
+  </si>
+  <si>
+    <t>420095, ТАТАРСТАН, КАЗАНЬ Г., ВОССТАНИЯ УЛ., Д. 100, ЗДАНИЕ 272 ОФИС 206</t>
+  </si>
+  <si>
+    <t>8-(843)-227-41-40</t>
+  </si>
+  <si>
+    <t>info@himgrad.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ТАСМА-ИНВЕСТ-ТОРГ"</t>
+  </si>
+  <si>
+    <t>Технопарк, Промышленный парк</t>
+  </si>
+  <si>
+    <t>420095, ТАТАРСТАН, КАЗАНЬ Г., ВОССТАНИЯ УЛ., Д. 100, ЗДАНИЕ 266 Д,К ПОМЕЩЕНИЕ 35</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "УПРАВЛЯЮЩАЯ КОМПАНИЯ "СОЗИДАНИЕ"</t>
+  </si>
+  <si>
+    <t>422082, РЕСПУБЛИКА ТАТАРСТАН (ТАТАРСТАН), ТЮЛЯЧИНСКИЙ Р-Н, БОЛЬШИЕ МЕТЕСКИ С., А/Д КАЗАНЬ-ШЕМОРДАН 75 КМ ТЕР, К. 1, ОФИС 1</t>
+  </si>
+  <si>
+    <t>8-(843)-226-08-08</t>
+  </si>
+  <si>
+    <t>sozidanie.park@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "УПРАВЛЯЮЩАЯ КОМПАНИЯ "СОКУРЫ"</t>
+  </si>
+  <si>
+    <t>422622, ТАТАРСТАН, ЛАИШЕВСКИЙ Р-Н, СОКУРЫ С., ПРОМЫШЛЕННАЯ УЛ., Д. 3, ОФИС 1</t>
+  </si>
+  <si>
+    <t>Sokuri.uk@yandex.ru</t>
+  </si>
+  <si>
+    <t>ОТКРЫТОЕ АКЦИОНЕРНОЕ ОБЩЕСТВО "КАЗАНСКИЙ ЗАВОД СИНТЕТИЧЕСКОГО КАУЧУКА"</t>
+  </si>
+  <si>
+    <t>420054, ТАТАРСТАН, КАЗАНЬ Г., ЛЕБЕДЕВА УЛ., Д.1</t>
+  </si>
+  <si>
+    <t>8-(843)-278-37-57</t>
+  </si>
+  <si>
+    <t>info@kzck.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "РЕГИОНАЛЬНАЯ ЛИЗИНГОВАЯ КОМПАНИЯ РЕСПУБЛИКИ ТАТАРСТАН"</t>
+  </si>
+  <si>
+    <t>8-(843)-524-72-32</t>
+  </si>
+  <si>
+    <t>info@rlcrt.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "УПРАВЛЯЮЩАЯ КОМПАНИЯ ПРОМЫШЛЕННЫЙ ПАРК "РАЗВИТИЕ"</t>
+  </si>
+  <si>
+    <t>423801, ТАТАРСТАН, НАБЕРЕЖНЫЕ ЧЕЛНЫ Г., ШАМИЛЯ УСМАНОВА УЛ., Д. 122, ПОМЕЩ. 203,206</t>
+  </si>
+  <si>
+    <t>8-(960)-066-89-50</t>
+  </si>
+  <si>
+    <t>prompark@yandex.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "УПРАВЛЯЮЩАЯ КОМПАНИЯ "ПРОМЫШЛЕННЫЙ ПАРК "ВЯТКА"</t>
+  </si>
+  <si>
+    <t>422190, РЕСПУБЛИКА ТАТАРСТАН (ТАТАРСТАН), МАМАДЫШСКИЙ Р-Н, МАМАДЫШ Г., ФАРИТА ЯРУЛЛИНА УЛ., Д. 5</t>
+  </si>
+  <si>
+    <t>8-(917)-278-01-11</t>
+  </si>
+  <si>
+    <t>Lala1808@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "УПРАВЛЯЮЩАЯ КОМПАНИЯ "ПРОГРЕСС"</t>
+  </si>
+  <si>
+    <t>422111, РЕСПУБЛИКА ТАТАРСТАН (ТАТАРСТАН), КУКМОРСКИЙ М.Р-Н, ГОРОД КУКМОР Г.П., КУКМОР Г., ПРОИЗВОДСТВЕННАЯ УЛ, Д. 9, 1 ПОМЕЩ.</t>
+  </si>
+  <si>
+    <t>8-(962)-561-20-18</t>
+  </si>
+  <si>
+    <t>spk-energia@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ДРОЖЖАНОВСКИЕ НЕДРА"</t>
+  </si>
+  <si>
+    <t>422470, ТАТАРСТАН, ДРОЖЖАНОВСКИЙ Р-Н, СТАРОЕ ДРОЖЖАНОЕ С, ШКОЛЬНАЯ УЛ., Д. 32</t>
+  </si>
+  <si>
+    <t>8-(937)-775-24-05</t>
+  </si>
+  <si>
+    <t>robert_nizamov@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ЛИЗИНГОВАЯ КОМПАНИЯ МАЛОГО БИЗНЕСА РЕСПУБЛИКИ ТАТАРСТАН"</t>
+  </si>
+  <si>
+    <t>2020-12-24</t>
+  </si>
+  <si>
+    <t>420107, РЕСПУБЛИКА ТАТАРСТАН, ГОРОД КАЗАНЬ, УЛИЦА ПЕТЕРБУРГСКАЯ, ДОМ 50, КОРПУС 24, ОФИС 204-213</t>
+  </si>
+  <si>
+    <t>8-(843)-570-40-13</t>
+  </si>
+  <si>
+    <t>info@lkmb-rt.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР КЛАСТЕРНОГО РАЗВИТИЯ И ПРОЕКТНОГО УПРАВЛЕНИЯ РЕСПУБЛИКИ ТАТАРСТАН"</t>
+  </si>
+  <si>
+    <t>2023-02-07</t>
+  </si>
+  <si>
+    <t>Центр кластерного развития</t>
+  </si>
+  <si>
+    <t>420061, РЕСПУБЛИКА ТАТАРСТАН (ТАТАРСТАН), ГОРОД КАЗАНЬ Г.О., КАЗАНЬ Г, НИКОЛАЯ ЕРШОВА УЛ, ЗД. 29А, 207 ОФИС</t>
+  </si>
+  <si>
+    <t>8-(843)-238-36-90</t>
+  </si>
+  <si>
+    <t>Gainullin@innokam.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ ТЫВА</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр поддержки народных художественных промыслов, Центр кластерного развития, Центр по развитию предпринимательства, Микрофинансовая организация предпринимательского финансирования</t>
+  </si>
+  <si>
+    <t>667000, ТЫВА, КЫЗЫЛ Г., ТУВИНСКИХ ДОБРОВОЛЬЦЕВ УЛ., Д. 18, ОФИС 26</t>
+  </si>
+  <si>
+    <t>8-(394)-223-62-02</t>
+  </si>
+  <si>
+    <t>bsf-tuva@mail.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ "МНОГОФУНКЦИОНАЛЬНЫЙ ЦЕНТР ПРЕДОСТАВЛЕНИЯ ГОСУДАРСТВЕННЫХ И МУНИЦИПАЛЬНЫХ УСЛУГ НА ТЕРРИТОРИИ РЕСПУБЛИКИ ТЫВА"</t>
+  </si>
+  <si>
+    <t>Многофункциональный центр предоставления государственных и муниципальных услуг, предоставляющий услуги субъектам МСП</t>
+  </si>
+  <si>
+    <t>667003, г. Кызыл, ул. Кечил-Оола, д.7б</t>
+  </si>
+  <si>
+    <t>8-(800)-200-33-96</t>
+  </si>
+  <si>
+    <t>info@mfcrt.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ "АГЕНТСТВО ИНВЕСТИЦИОННОГО РАЗВИТИЯ РЕСПУБЛИКИ ТЫВА"</t>
+  </si>
+  <si>
+    <t>2018-01-02</t>
+  </si>
+  <si>
+    <t>660000, РЕСПУБЛИКА ТЫВА, КЫЗЫЛ Г, КАЛИНИНА УЛ, Д. 23А</t>
+  </si>
+  <si>
+    <t>8-(394)-223-60-18</t>
+  </si>
+  <si>
+    <t>bi_rt@mail.ru</t>
+  </si>
+  <si>
+    <t>ГАРАНТИЙНЫЙ ФОНД РЕСПУБЛИКИ ТЫВА</t>
+  </si>
+  <si>
+    <t>2023-01-27</t>
+  </si>
+  <si>
+    <t>667000, РЕСПУБЛИКА ТЫВА, КЫЗЫЛ Г., ТУВИНСКИХ ДОБРОВОЛЬЦЕВ УЛ., Д. 3, ОТДЕЛ 4</t>
+  </si>
+  <si>
+    <t>8-(394)-223-20-00</t>
+  </si>
+  <si>
+    <t>gf_tyva@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ КУЛЬТУРЫ УДМУРТСКОЙ РЕСПУБЛИКИ "НАЦИОНАЛЬНЫЙ ЦЕНТР ДЕКОРАТИВНО-ПРИКЛАДНОГО ИСКУССТВА И РЕМЕСЕЛ"</t>
+  </si>
+  <si>
+    <t>2021-04-05</t>
+  </si>
+  <si>
+    <t>Палата и центр ремесел</t>
+  </si>
+  <si>
+    <t>426008, УДМУРТСКАЯ РЕСПУБЛИКА, ИЖЕВСК Г., ИМ ВАДИМА СИВКОВА УЛ., Д.173</t>
+  </si>
+  <si>
+    <t>8-(341)-278-45-13</t>
+  </si>
+  <si>
+    <t>priemnaya@decor.udmr.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ УДМУРТСКИЙ ФОНД РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>426008, УДМУРТСКАЯ РЕСПУБЛИКА, ГОРОД ИЖЕВСК Г.О., ИЖЕВСК Г, ПУШКИНСКАЯ УЛ, Д. 247А, 10 ОФИС</t>
+  </si>
+  <si>
+    <t>8-(341)-251-43-38</t>
+  </si>
+  <si>
+    <t>info@udbiz.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ УДМУРТСКОЙ РЕСПУБЛИКИ "РЕСПУБЛИКАНСКИЙ БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>426039, УДМУРТСКАЯ РЕСПУБЛИКА, ИЖЕВСК Г., ДЗЕРЖИНСКОГО УЛ., Д.71А</t>
+  </si>
+  <si>
+    <t>8-(341)-245-65-86</t>
+  </si>
+  <si>
+    <t>info@rbi18.ru</t>
+  </si>
+  <si>
+    <t>ГАРАНТИЙНЫЙ ФОНД СОДЕЙСТВИЯ КРЕДИТОВАНИЮ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА УДМУРТСКОЙ РЕСПУБЛИКИ</t>
+  </si>
+  <si>
+    <t>426008, УДМУРТСКАЯ РЕСПУБЛИКА, ГОРОД ИЖЕВСК Г.О., ИЖЕВСК Г, ПУШКИНСКАЯ УЛ, Д. 247А</t>
+  </si>
+  <si>
+    <t>8-(341)-265-50-80</t>
+  </si>
+  <si>
+    <t>mail@gfskur.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ИЖЕВСКИЙ ГОРОДСКОЙ ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>426004, УДМУРТСКАЯ РЕСПУБЛИКА, ИЖЕВСК Г., ЛЕНИНА УЛ., Д.50</t>
+  </si>
+  <si>
+    <t>8-(341)-265-82-87</t>
+  </si>
+  <si>
+    <t>658287@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ЯКШУР-БОДЬИНСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>Муниципальный фонд поддержки предпринимательства, Микрофинансовая организация предпринимательского финансирования</t>
+  </si>
+  <si>
+    <t>427100, УДМУРТСКАЯ РЕСПУБЛИКА, ЯКШУР-БОДЬИНСКИЙ Р-Н, ЯКШУР-БОДЬЯ С., ПУШИНОЙ УЛ., Д.69</t>
+  </si>
+  <si>
+    <t>8-(341)-624-18-05</t>
+  </si>
+  <si>
+    <t>FondYB@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "КОРПОРАЦИЯ РАЗВИТИЯ УДМУРТСКОЙ РЕСПУБЛИКИ"</t>
+  </si>
+  <si>
+    <t>2019-01-15</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр кластерного развития, Центр по развитию предпринимательства, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>426008, УДМУРТСКАЯ РЕСПУБЛИКА, ИЖЕВСК Г., ПУШКИНСКАЯ УЛ., Д. 247А, ЭТ/ПОМ 2/5</t>
+  </si>
+  <si>
+    <t>8-(341)-222-00-00</t>
+  </si>
+  <si>
+    <t>info@madeinudmurtia.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР РАЗВИТИЯ БИЗНЕСА И ГОРОДСКОЙ СРЕДЫ"</t>
+  </si>
+  <si>
+    <t>2020-09-07</t>
+  </si>
+  <si>
+    <t>427629, УДМУРТСКАЯ РЕСПУБЛИКА, ГЛАЗОВ Г., КУЙБЫШЕВА УЛ., Д. 77, СТРОЕНИЕ 1</t>
+  </si>
+  <si>
+    <t>8-(341)-416-60-17</t>
+  </si>
+  <si>
+    <t>anoglazov@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР РАЗВИТИЯ ТУРИЗМА УДМУРТСКОЙ РЕСПУБЛИКИ"</t>
+  </si>
+  <si>
+    <t>2023-04-24</t>
+  </si>
+  <si>
+    <t>Центр развития сельского и экологического туризма</t>
+  </si>
+  <si>
+    <t>426011, УДМУРТСКАЯ РЕСПУБЛИКА, ГОРОД ИЖЕВСК Г.О., ИЖЕВСК Г, ПУШКИНСКАЯ УЛ, Д. 371</t>
+  </si>
+  <si>
+    <t>8-(341)-227-13-97</t>
+  </si>
+  <si>
+    <t>info@visit-udmurtia.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР КОМПЕТЕНЦИЙ В СФЕРЕ СЕЛЬСКОХОЗЯЙСТВЕННОЙ КООПЕРАЦИИ И ПОДДЕРЖКИ ФЕРМЕРОВ В УДМУРТСКОЙ РЕСПУБЛИКЕ"</t>
+  </si>
+  <si>
+    <t>2025-01-17</t>
+  </si>
+  <si>
+    <t>426011, УДМУРТСКАЯ РЕСПУБЛИКА, ГОРОД ИЖЕВСК Г.О., ИЖЕВСК Г, ИМ ВАДИМА СИВКОВА УЛ, Д. 120</t>
+  </si>
+  <si>
+    <t>8-(980)-039-04-11</t>
+  </si>
+  <si>
+    <t>ano_ck-ur@mail.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "УПРАВЛЯЮЩАЯ КОМПАНИЯ ПРОМПАРК"</t>
+  </si>
+  <si>
+    <t>426008, УДМУРТСКАЯ РЕСПУБЛИКА, ИЖЕВСК Г., ПУШКИНСКАЯ УЛ., Д. 247А</t>
+  </si>
+  <si>
+    <t>prompark@madeinudmurtia.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ИНДУСТРИАЛЬНЫЙ ПАРК "РАЗВИТИЕ"</t>
+  </si>
+  <si>
+    <t>426030, УДМУРТСКАЯ РЕСПУБЛИКА, ИЖЕВСК Г., КАРЛА МАРКСА УЛ., Д. 23 А, ОФИС 228</t>
+  </si>
+  <si>
+    <t>8-(341)-291-19-37</t>
+  </si>
+  <si>
+    <t>info@ipr18.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ПРОГРЕСС"</t>
+  </si>
+  <si>
+    <t>427432, УДМУРТСКАЯ РЕСПУБЛИКА, ВОТКИНСК Г., ЮБИЛЕЙНАЯ УЛ., Д. 2Б, ОФИС 10</t>
+  </si>
+  <si>
+    <t>8-(341)-455-18-88</t>
+  </si>
+  <si>
+    <t>promparkrf@yandex.ru</t>
+  </si>
+  <si>
+    <t>РЕСПУБЛИКАНСКИЙ ФОНД - МИКРОКРЕДИТНАЯ КОМПАНИЯ ХАКАСИИ</t>
+  </si>
+  <si>
+    <t>655010, РЕСПУБЛИКА ХАКАСИЯ, АБАКАН Г, ДРУЖБЫ НАРОДОВ ПР-КТ, Д. 2А</t>
+  </si>
+  <si>
+    <t>8-(390)-224-86-88</t>
+  </si>
+  <si>
+    <t>nogfrh@mail.ru</t>
+  </si>
+  <si>
+    <t>ГАРАНТИЙНЫЙ ФОНД РЕСПУБЛИКИ ХАКАСИЯ</t>
+  </si>
+  <si>
+    <t>2022-01-18</t>
+  </si>
+  <si>
+    <t>655010, РЕСПУБЛИКА ХАКАСИЯ, ГОРОД АБАКАН Г.О., АБАКАН Г, ДРУЖБЫ НАРОДОВ ПР-КТ, Д. 2А</t>
+  </si>
+  <si>
+    <t>8-(913)-540-35-44</t>
+  </si>
+  <si>
+    <t>garantiynyyfond19@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД РАЗВИТИЯ РЕСПУБЛИКИ ХАКАСИЯ</t>
+  </si>
+  <si>
+    <t>2022-11-14</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр по развитию предпринимательства, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>655010, РЕСПУБЛИКА ХАКАСИЯ, ГОРОД АБАКАН Г.О., АБАКАН Г, ДРУЖБЫ НАРОДОВ ПР-КТ, Д. 2А СТР. 1, 4Н ПОМЕЩ.</t>
+  </si>
+  <si>
+    <t>8-(800)-350-37-53</t>
+  </si>
+  <si>
+    <t>fondrh@r-19.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ УНИТАРНАЯ ОРГАНИЗАЦИЯ "ГАРАНТИЙНЫЙ ФОНД ЧЕЧЕНСКОЙ РЕСПУБЛИКИ"</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Региональная гарантийная организация</t>
+  </si>
+  <si>
+    <t>364024, РЕСПУБЛИКА ЧЕЧЕНСКАЯ, ГОРОД ГРОЗНЫЙ, УЛИЦА  ЖУКОВСКОГО,20  Б</t>
+  </si>
+  <si>
+    <t>8-(928)-744-81-44</t>
+  </si>
+  <si>
+    <t>gfchr95@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "МИКРОФИНАНСОВЫЙ ФОНД ЧЕЧЕНСКОЙ РЕСПУБЛИКИ"</t>
+  </si>
+  <si>
+    <t>364024, РЕСПУБЛИКА ЧЕЧЕНСКАЯ, ГОРОД ГРОЗНЫЙ, УЛИЦ ЖУКОВСКОГО, 20 "Б"</t>
+  </si>
+  <si>
+    <t>8-(928)-897-80-65</t>
+  </si>
+  <si>
+    <t>mfc.chr@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД КРЕДИТОВАНИЯ СУБЪЕКТОВ ПРЕДПРИНИМАТЕЛЬСТВА В ЧЕЧЕНСКОЙ РЕСПУБЛИКЕ"</t>
+  </si>
+  <si>
+    <t>364024, РЕСПУБЛИКА ЧЕЧЕНСКАЯ, ГОРОД ГРОЗНЫЙ, УЛИЦА ХАМЗАТА УСМАНОВИЧА ОРЗАМИЕВА, ДОМ 10</t>
+  </si>
+  <si>
+    <t>8-(928)-023-60-80</t>
+  </si>
+  <si>
+    <t>fkspchr@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ - ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ЧЕЧЕНСКОЙ РЕСПУБЛИКИ</t>
+  </si>
+  <si>
+    <t>366208, РЕСПУБЛИКА ЧЕЧЕНСКАЯ, ГОРОД ГУДЕРМЕС, УЛИЦА  А-Х.КАДЫРОВА, 38</t>
+  </si>
+  <si>
+    <t>8-(929)-887-10-40</t>
+  </si>
+  <si>
+    <t>fpmspchr@mail.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "ЧЕЧЕННЕФТЕХИМПРОМ"</t>
+  </si>
+  <si>
+    <t>2023-07-06</t>
+  </si>
+  <si>
+    <t>364068, Чеченская Республика, г. Грозный, Шейх-Мансуровский район, ул. Химиков, д. 19, стр. 1</t>
+  </si>
+  <si>
+    <t>8-(871)-229-06-16</t>
+  </si>
+  <si>
+    <t>chnefhimp@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "АГРОМИР-ЛИДЕР"</t>
+  </si>
+  <si>
+    <t>2023-07-31</t>
+  </si>
+  <si>
+    <t>364051, ЧЕЧЕНСКАЯ, ГРОЗНЫЙ Г., ИМ С.Ш.ЛОРСАНОВА УЛ., Д. 9 ЭТАЖ 2, ПОМЕЩ. 207</t>
+  </si>
+  <si>
+    <t>8-(964)-070-70-78</t>
+  </si>
+  <si>
+    <t>agromir.lider@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ПРОТОТИПИРОВАНИЯ ИННОВАЦИОННЫХ РАЗРАБОТОК В ОБЛАСТИ МАШИНОСТРОЕНИЯ В ЧУВАШСКОЙ РЕСПУБЛИКЕ"</t>
+  </si>
+  <si>
+    <t>428015, ЧУВАШСКАЯ РЕСПУБЛИКА - ЧУВАШИЯ, ЧЕБОКСАРЫ Г., СПИРИДОНА МИХАЙЛОВА УЛ., Д.3, Т-217</t>
+  </si>
+  <si>
+    <t>8-(927)-665-37-41</t>
+  </si>
+  <si>
+    <t>promtype@gmail.com</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "МИКРОКРЕДИТНАЯ КОМПАНИЯ "АГЕНТСТВО ПО ПОДДЕРЖКЕ МАЛОГО И СРЕДНЕГО БИЗНЕСА В ЧУВАШСКОЙ РЕСПУБЛИКЕ"</t>
+  </si>
+  <si>
+    <t>Центр кластерного развития, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Микрофинансовая организация предпринимательского финансирования</t>
+  </si>
+  <si>
+    <t>428000, ЧУВАШСКАЯ РЕСПУБЛИКА - ЧУВАШИЯ, Г ЧЕБОКСАРЫ, ПР-КТ ЛЕНИНА, ЗД. 12Б</t>
+  </si>
+  <si>
+    <t>8-(835)-248-96-66</t>
+  </si>
+  <si>
+    <t>mail@mb21.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ  "ГАРАНТИЙНЫЙ ФОНД ЧУВАШСКОЙ РЕСПУБЛИКИ"</t>
+  </si>
+  <si>
+    <t>428000, ЧУВАШСКАЯ РЕСПУБЛИКА - ЧУВАШИЯ, ЧЕБОКСАРЫ Г, ЛЕНИНА ПР-КТ, ЗД. 12Б</t>
+  </si>
+  <si>
+    <t>8-(835)-264-07-07</t>
+  </si>
+  <si>
+    <t>mail@gfchr.org</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ ЧУВАШСКОЙ РЕСПУБЛИКИ "РЕСПУБЛИКАНСКИЙ БИЗНЕС-ИНКУБАТОР ПО ПОДДЕРЖКЕ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА И СОДЕЙСТВИЮ ЗАНЯТОСТИ НАСЕЛЕНИЯ"</t>
+  </si>
+  <si>
+    <t>428000, ЧУВАШСКАЯ РЕСПУБЛИКА -, ЧЕБОКСАРЫ Г., ЛЕНИНА ПР-КТ, Д.12 К.Б</t>
+  </si>
+  <si>
+    <t>8-(835)-238-49-95</t>
+  </si>
+  <si>
+    <t>mail@rbi21.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ИНДУСТРИАЛЬНЫЙ ПАРК МАШЗАВОД"</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>428000, ЧУВАШСКАЯ РЕСПУБЛИКА - ЧУВАШИЯ, ЧЕБОКСАРЫ Г, МАШИНОСТРОИТЕЛЕЙ ПР-Д, Д. 1 СТР. 1, КАБИНЕТ 232</t>
+  </si>
+  <si>
+    <t>8-(835)-223-71-50</t>
+  </si>
+  <si>
+    <t>arenda@tmh21.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "УПРАВЛЯЮЩАЯ КОМПАНИЯ "ВОЛГАХИМ"</t>
+  </si>
+  <si>
+    <t>429965, ЧУВАШСКАЯ РЕСПУБЛИКА - ЧУВАШИЯ, НОВОЧЕБОКСАРСК Г, ПРОМЫШЛЕННАЯ УЛ, Д. 101, КОРПУС 351</t>
+  </si>
+  <si>
+    <t>8-(917)-650-12-72</t>
+  </si>
+  <si>
+    <t>info@volgahim.com</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ИНДУСТРИАЛЬНЫЙ ПАРК"</t>
+  </si>
+  <si>
+    <t>428003, ЧУВАШСКАЯ РЕСПУБЛИКА - ЧУВАШИЯ, ГОРОД ЧЕБОКСАРЫ Г.О., ЧЕБОКСАРЫ Г, БАЗОВЫЙ ПР-Д, ЗД. 14В, 8 ПОМЕЩ.</t>
+  </si>
+  <si>
+    <t>8-(835)-222-88-23</t>
+  </si>
+  <si>
+    <t>info@parkabat.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "АЛТАЙСКИЙ ФОНД РАЗВИТИЯ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>Центр компетенций в сфере сельскохозяйственной кооперации и поддержки фермеров, Центр поддержки экспорта, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Региональная гарантийная организация, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>656056, АЛТАЙСКИЙ КРАЙ, БАРНАУЛ Г., МАЛО-ТОБОЛЬСКАЯ УЛ., Д. 19</t>
+  </si>
+  <si>
+    <t>8-(800)-222-83-22</t>
+  </si>
+  <si>
+    <t>info@altfond.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ "АЛТАЙСКИЙ ФОНД ФИНАНСИРОВАНИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>656056, АЛТАЙСКИЙ КРАЙ, БАРНАУЛ Г., МАЛО-ТОБОЛЬСКАЯ УЛ., Д.19</t>
+  </si>
+  <si>
+    <t>8-(385)-299-64-06</t>
+  </si>
+  <si>
+    <t>afm@altfond.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "БИЙСКИЙ БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>659315, КРАЙ АЛТАЙСКИЙ, ГОРОД БИЙСК, УЛИЦА СОЦИАЛИСТИЧЕСКАЯ, 98</t>
+  </si>
+  <si>
+    <t>8-(385)-430-70-00</t>
+  </si>
+  <si>
+    <t>biit1@yandex.ru</t>
+  </si>
+  <si>
+    <t>КРАЕВОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ "АЛТАЙСКИЙ ЦЕНТР КЛАСТЕРНОГО РАЗВИТИЯ"</t>
+  </si>
+  <si>
+    <t>2018-01-03</t>
+  </si>
+  <si>
+    <t>Центр кластерного развития, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>656038, КРАЙ АЛТАЙСКИЙ, ГОРОД БАРНАУЛ, ПРОСПЕКТ КОМСОМОЛЬСКИЙ, 118</t>
+  </si>
+  <si>
+    <t>8-(385)-220-65-86</t>
+  </si>
+  <si>
+    <t>altklaster@inbox.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "УПРАВЛЯЮЩАЯ КОМПАНИЯ ПРОМЫШЛЕННОГО ТЕХНОПАРКА "ЮГ АЛТАЯ"</t>
+  </si>
+  <si>
+    <t>2022-12-22</t>
+  </si>
+  <si>
+    <t>658220, АЛТАЙСКИЙ, РУБЦОВСК Г., ТРАКТОРНАЯ УЛ., Д. 21</t>
+  </si>
+  <si>
+    <t>8-(385)-575-96-75</t>
+  </si>
+  <si>
+    <t>yug-alt@mail.ru</t>
+  </si>
+  <si>
+    <t>УНИТАРНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ФОНД РАЗВИТИЯ БИЗНЕСА КРАСНОДАРСКОГО КРАЯ"</t>
+  </si>
+  <si>
+    <t>Коворкинг, Центр прототипирования и промышленного дизайна, Центр по развитию предпринимательства, Региональная гарантийная организация, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>350911, КРАСНОДАРСКИЙ КРАЙ, КРАСНОДАР Г., ТРАМВАЙНАЯ УЛ., Д. 2/6</t>
+  </si>
+  <si>
+    <t>8-(861)-992-03-65</t>
+  </si>
+  <si>
+    <t>info@gfkuban.ru</t>
+  </si>
+  <si>
+    <t>УНИТАРНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ - МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД МИКРОФИНАНСИРОВАНИЯ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА КРАСНОДАРСКОГО КРАЯ"</t>
+  </si>
+  <si>
+    <t>350911, КРАЙ КРАСНОДАРСКИЙ, ГОРОД КРАСНОДАР, УЛИЦА ТРАМВАЙНАЯ, ДОМ 2/6</t>
+  </si>
+  <si>
+    <t>8-(861)-298-08-08</t>
+  </si>
+  <si>
+    <t>info@fmkk.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "ЦЕНТР КООРДИНАЦИИ ПОДДЕРЖКИ ЭКСПОРТНО-ОРИЕНТИРОВАННЫХ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>350911, КРАЙ КРАСНОДАРСКИЙ, ГОРОД КРАСНОДАР, УЛИЦА ТРАМВАЙНАЯ, ДОМ 2/6, ОФИС 407</t>
+  </si>
+  <si>
+    <t>8-(861)-231-10-60</t>
+  </si>
+  <si>
+    <t>roman23kuban@gmail.com</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ "ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА" МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ ГОРОД НОВОРОССИЙСК</t>
+  </si>
+  <si>
+    <t>353900, КРАСНОДАРСКИЙ КРАЙ, НОВОРОССИЙСК Г., СВОБОДЫ УЛ., Д. 35</t>
+  </si>
+  <si>
+    <t>8-(918)-373-75-06</t>
+  </si>
+  <si>
+    <t>cppnvrs@gmail.com</t>
+  </si>
+  <si>
+    <t>УНИТАРНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ФОНД РАЗВИТИЯ ИННОВАЦИЙ КРАСНОДАРСКОГО КРАЯ"</t>
+  </si>
+  <si>
+    <t>2021-05-17</t>
+  </si>
+  <si>
+    <t>Инновационно-технологический центр</t>
+  </si>
+  <si>
+    <t>350002, КРАЙ КРАСНОДАРСКИЙ, Г. Краснодар, УЛ. СЕВЕРНАЯ, Д. 405</t>
+  </si>
+  <si>
+    <t>8-(918)-317-37-18</t>
+  </si>
+  <si>
+    <t>Lukasheva-ov@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ КАЗЕННОЕ УЧРЕЖДЕНИЕ "РАЙОННОЕ ХОЗЯЙСТВЕННОЕ УПРАВЛЕНИЕ" МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ ТИХОРЕЦКИЙ РАЙОН</t>
+  </si>
+  <si>
+    <t>2022-02-03</t>
+  </si>
+  <si>
+    <t>352120, КРАЙ КРАСНОДАРСКИЙ, ГОРОД ТИХОРЕЦК, УЛИЦА ОКТЯБРЬСКАЯ, 38</t>
+  </si>
+  <si>
+    <t>8-(861)-967-38-95</t>
+  </si>
+  <si>
+    <t>mkurhu@yandex.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ КАЗЕННОЕ УЧРЕЖДЕНИЕ "ЛАБИНСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА" МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ ЛАБИНСКИЙ РАЙОН"</t>
+  </si>
+  <si>
+    <t>2022-06-10</t>
+  </si>
+  <si>
+    <t>352500, КРАЙ КРАСНОДАРСКИЙ, ГОРОД ЛАБИНСК, УЛИЦА КОНСТАНТИНОВА, ДОМ 6</t>
+  </si>
+  <si>
+    <t>8-(861)-693-52-10</t>
+  </si>
+  <si>
+    <t>Businness_scool_Lab@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "УПРАВЛЯЮЩАЯ КОМПАНИЯ" ИНДУСТРИАЛЬНЫЙ ПАРК "ДОСТОЯНИЕ"</t>
+  </si>
+  <si>
+    <t>2022-09-20</t>
+  </si>
+  <si>
+    <t>352394, КРАЙ КРАСНОДАРСКИЙ, ГОРОД КРОПОТКИН, УЛИЦА ШОССЕЙНАЯ, ДОМ 17</t>
+  </si>
+  <si>
+    <t>8-(861)-205-02-37</t>
+  </si>
+  <si>
+    <t>info@укдостояние.рф</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "АГЕНТСТВО ПО ПРИВЛЕЧЕНИЮ ИНВЕСТИЦИЙ"</t>
+  </si>
+  <si>
+    <t>2022-12-05</t>
+  </si>
+  <si>
+    <t>350000, КРАСНОДАРСКИЙ КРАЙ, ГОРОД КРАСНОДАР Г.О., КРАСНОДАР Г, ИМ. МИТРОФАНА СЕДИНА УЛ, Д. 47</t>
+  </si>
+  <si>
+    <t>8-(988)-184-21-51</t>
+  </si>
+  <si>
+    <t>api@investkuban.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "СЛАВЯНСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЕЙ"</t>
+  </si>
+  <si>
+    <t>Консультационный центр</t>
+  </si>
+  <si>
+    <t>353581, КРАСНОДАРСКИЙ КРАЙ, СЛАВЯНСКИЙ М.Р-Н, ПРОТОКСКОЕ С.П., БАРАНИКОВСКИЙ Х, САДОВАЯ УЛ, Д. 12</t>
+  </si>
+  <si>
+    <t>8-(918)-269-80-47</t>
+  </si>
+  <si>
+    <t>stspp@list.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ КАЗЕННОЕ УЧРЕЖДЕНИЕ "ПО ОБЕСПЕЧЕНИЮ ХОЗЯЙСТВЕННО-ТЕХНИЧЕСКОГО ОБСЛУЖИВАНИЯ АДМИНИСТРАЦИИ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ ГОРОД ГОРЯЧИЙ КЛЮЧ"</t>
+  </si>
+  <si>
+    <t>2024-12-25</t>
+  </si>
+  <si>
+    <t>353290, КРАСНОДАРСКИЙ КРАЙ, ГОРЯЧИЙ КЛЮЧ Г, ЛЕНИНА УЛ, Д. 191</t>
+  </si>
+  <si>
+    <t>8-(861)-593-84-49</t>
+  </si>
+  <si>
+    <t>pohtoamo@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "КРАСНОЯРСКИЙ КРАЕВОЙ ЦЕНТР РАЗВИТИЯ БИЗНЕСА И МИКРОКРЕДИТНАЯ КОМПАНИЯ"</t>
+  </si>
+  <si>
+    <t>2020-12-11</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр кластерного развития, Центр по развитию предпринимательства, Региональная гарантийная организация, Микрофинансовая организация предпринимательского финансирования</t>
+  </si>
+  <si>
+    <t>660016, КРАСНОЯРСКИЙ КРАЙ, ГОРОД КРАСНОЯРСК, УЛ. АЛЕКСАНДРА МАТРОСОВА, ЗД. 2, ПОМЕЩ. 47</t>
+  </si>
+  <si>
+    <t>8-(800)-234-01-24</t>
+  </si>
+  <si>
+    <t>mb-info@mb24.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ ГОРОДА КРАСНОЯРСКА "ЦЕНТР СОДЕЙСТВИЯ МАЛОМУ И СРЕДНЕМУ ПРЕДПРИНИМАТЕЛЬСТВУ"</t>
+  </si>
+  <si>
+    <t>2024-04-08</t>
+  </si>
+  <si>
+    <t>Муниципальный фонд поддержки предпринимательства, Муниципальный фонд поддержки предпринимательства</t>
+  </si>
+  <si>
+    <t>660022, КРАСНОЯРСКИЙ, КРАСНОЯРСК Г., НИКИТИНА УЛ., Д.3 Б</t>
+  </si>
+  <si>
+    <t>8-(391)-276-36-00</t>
+  </si>
+  <si>
+    <t>csmsp@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД РАЗВИТИЯ БИЗНЕСА И СОЦИАЛЬНЫХ ИНИЦИАТИВ</t>
+  </si>
+  <si>
+    <t>2024-07-05</t>
+  </si>
+  <si>
+    <t>660022, КРАСНОЯРСКИЙ КРАЙ, ГОРОД КРАСНОЯРСК Г.О., КРАСНОЯРСК Г, НИКИТИНА УЛ, Д. 3Б, 77 ПОМЕЩ.</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ГАРАНТИЙНЫЙ ФОНД ПРИМОРСКОГО КРАЯ"</t>
+  </si>
+  <si>
+    <t>690090, КРАЙ ПРИМОРСКИЙ, ГОРОД ВЛАДИВОСТОК, УЛИЦА ТИГРОВАЯ, ДОМ 7, ОФИС 408</t>
+  </si>
+  <si>
+    <t>8-(914)-703-12-34</t>
+  </si>
+  <si>
+    <t>pletzer@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ МИКРОКРЕДИТНАЯ КОМПАНИЯ "ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>692446, КРАЙ ПРИМОРСКИЙ, ГОРОД ДАЛЬНЕГОРСК, УЛИЦА СУХАНОВСКАЯ, 1</t>
+  </si>
+  <si>
+    <t>8-(423)-732-71-69</t>
+  </si>
+  <si>
+    <t>mfocrp@list.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА ПРИМОРСКОГО КРАЯ"</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр поддержки экспорта, Центр инноваций социальной сферы, Консультационный центр, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>690090, КРАЙ ПРИМОРСКИЙ, ГОРОД ВЛАДИВОСТОК, УЛИЦА ТИГРОВАЯ, ДОМ 7</t>
+  </si>
+  <si>
+    <t>8-(423)-279-59-09</t>
+  </si>
+  <si>
+    <t>office@cpp25.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ КАЗЕННОЕ УЧРЕЖДЕНИЕ "ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>690091, КРАЙ ПРИМОРСКИЙ, ГОРОД ВЛАДИВОСТОК, УЛИЦА ПРАПОРЩИКА КОМАРОВА, 29</t>
+  </si>
+  <si>
+    <t>8-(423)-260-68-03</t>
+  </si>
+  <si>
+    <t>crp_vl@list.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА И ПРОМЫШЛЕННОСТИ ПРИМОРСКОГО КРАЯ"</t>
+  </si>
+  <si>
+    <t>2022-02-25</t>
+  </si>
+  <si>
+    <t>8-(967)-958-98-70</t>
+  </si>
+  <si>
+    <t>info@mfoprim.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА В СТАВРОПОЛЬСКОМ КРАЕ"</t>
+  </si>
+  <si>
+    <t>2021-10-04</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр кластерного развития, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>355012, КРАЙ СТАВРОПОЛЬСКИЙ, ГОРОД СТАВРОПОЛЬ, УЛИЦА ГОЛЕНЕВА, ДОМ 73А, КАБИНЕТ 1</t>
+  </si>
+  <si>
+    <t>8-(865)-223-56-20</t>
+  </si>
+  <si>
+    <t>info@fppsk26.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД МИКРОФИНАНСИРОВАНИЯ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА В СТАВРОПОЛЬСКОМ КРАЕ"</t>
+  </si>
+  <si>
+    <t>355002, КРАЙ СТАВРОПОЛЬСКИЙ, ГОРОД СТАВРОПОЛЬ, УЛИЦА ПУШКИНА, ДОМ 25А, ПОМЕЩЕНИЯ 88-107</t>
+  </si>
+  <si>
+    <t>8-(865)-224-05-94</t>
+  </si>
+  <si>
+    <t>skfm@microfond26.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "СТАВРОПОЛЬСКИЙ КРАЕВОЙ ИНДУСТРИАЛЬНЫЙ ПАРК "МАСТЕР"</t>
+  </si>
+  <si>
+    <t>355035, СТАВРОПОЛЬСКИЙ, СТАВРОПОЛЬ Г., КУЛАКОВА ПР-КТ, Д. 18</t>
+  </si>
+  <si>
+    <t>8-(865)-238-70-77</t>
+  </si>
+  <si>
+    <t>skip-master@mail.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ КАЗЕННОЕ УЧРЕЖДЕНИЕ "СТАВРОПОЛЬСКИЙ СЕЛЬСКОХОЗЯЙСТВЕННЫЙ ИНФОРМАЦИОННО-КОНСУЛЬТАЦИОННЫЙ ЦЕНТР"</t>
+  </si>
+  <si>
+    <t>2024-08-21</t>
+  </si>
+  <si>
+    <t>355035, СТАВРОПОЛЬСКИЙ КРАЙ, СТАВРОПОЛЬ Г, МИРА УЛ, Д. 337,  9 этаж, кабинет 905</t>
+  </si>
+  <si>
+    <t>8-(865)-235-30-90</t>
+  </si>
+  <si>
+    <t>gussikc@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "КРАЕВОЕ АГЕНТСТВО СОДЕЙСТВИЯ ПРЕДПРИНИМАТЕЛЬСТВУ"</t>
+  </si>
+  <si>
+    <t>680000, КРАЙ ХАБАРОВСКИЙ, ГОРОД ХАБАРОВСК, УЛИЦА ЗАПАРИНА, ДОМ 51, ПОМЕЩЕНИЕ  1</t>
+  </si>
+  <si>
+    <t>8-(421)-234-06-46</t>
+  </si>
+  <si>
+    <t>infо@kcsp27.ru</t>
+  </si>
+  <si>
+    <t>ГАРАНТИЙНЫЙ ФОНД ХАБАРОВСКОГО КРАЯ</t>
+  </si>
+  <si>
+    <t>680000, ХАБАРОВСКИЙ КРАЙ, ХАБАРОВСК Г., ЗАПАРИНА УЛ., Д. 51</t>
+  </si>
+  <si>
+    <t>8-(421)-275-73-93</t>
+  </si>
+  <si>
+    <t>222@garantfond27.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "АГЕНТСТВО ПРИВЛЕЧЕНИЯ ИНВЕСТИЦИЙ И РАЗВИТИЯ ИННОВАЦИЙ ХАБАРОВСКОГО КРАЯ"</t>
+  </si>
+  <si>
+    <t>Центр сертификации, стандартизации и испытаний, Центр кластерного развития, Инжиниринговый центр, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>680017, КРАЙ ХАБАРОВСКИЙ, Г. Хабаровск, УЛ. ЛЕНИНГРАДСКАЯ, Д. 9А</t>
+  </si>
+  <si>
+    <t>8-(421)-247-31-15</t>
+  </si>
+  <si>
+    <t>office@dasi27.ru</t>
+  </si>
+  <si>
+    <t>ФОНД РАЗВИТИЯ Г. КОМСОМОЛЬСКА-НА-АМУРЕ</t>
+  </si>
+  <si>
+    <t>681013, ХАБАРОВСКИЙ КРАЙ, КОМСОМОЛЬСК-НА-АМУРЕ Г., СЕВАСТОПОЛЬСКАЯ УЛ., Д.42</t>
+  </si>
+  <si>
+    <t>8-(421)-752-29-50</t>
+  </si>
+  <si>
+    <t>Fp-misp@kmscity.ru</t>
+  </si>
+  <si>
+    <t>ВОСТОЧНЫЙ ТЕРРИТОРИАЛЬНЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>682800, КРАЙ ХАБАРОВСКИЙ, ГОРОД СОВЕТСКАЯ ГАВАНЬ, УЛИЦА СОВЕТСКАЯ, 27</t>
+  </si>
+  <si>
+    <t>8-(421)-384-77-68</t>
+  </si>
+  <si>
+    <t>vtfond@fond27.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА ВЕРХНЕБУРЕИНСКОГО РАЙОНА</t>
+  </si>
+  <si>
+    <t>682030, КРАЙ ХАБАРОВСКИЙ, РАБОЧИЙ ПОСЕЛОК ЧЕГДОМЫН, УЛИЦА ЦЕНТРАЛЬНАЯ, 49, 515</t>
+  </si>
+  <si>
+    <t>8-(421)-495-36-64</t>
+  </si>
+  <si>
+    <t>fpmp.vbr@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА ХАБАРОВСКОГО КРАЯ"</t>
+  </si>
+  <si>
+    <t>2018-09-14</t>
+  </si>
+  <si>
+    <t>680000, КРАЙ ХАБАРОВСКИЙ, ГОРОД ХАБАРОВСК, УЛИЦА ЗАПАРИНА, 51</t>
+  </si>
+  <si>
+    <t>8-(421)-275-27-77</t>
+  </si>
+  <si>
+    <t>n.shalimova@fond27.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "КРАЕВОЙ СЕЛЬСКОХОЗЯЙСТВЕННЫЙ ФОНД"</t>
+  </si>
+  <si>
+    <t>2018-11-30</t>
+  </si>
+  <si>
+    <t>Центр компетенций в сфере сельскохозяйственной кооперации и поддержки фермеров, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>680000, КРАЙ ХАБАРОВСКИЙ, ГОРОД ХАБАРОВСК, УЛИЦА ЛЕНИНА, Д 4, ОФИС 808</t>
+  </si>
+  <si>
+    <t>8-(421)-264-30-10</t>
+  </si>
+  <si>
+    <t>info@ksf27.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР КООРДИНАЦИИ ПОДДЕРЖКИ ЭКСПОРТНО ОРИЕНТИРОВАННЫХ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ХАБАРОВСКОГО КРАЯ"</t>
+  </si>
+  <si>
+    <t>2022-10-04</t>
+  </si>
+  <si>
+    <t>680000, ХАБАРОВСКИЙ, ХАБАРОВСК Г., ИСТОМИНА УЛ., Д. 51А</t>
+  </si>
+  <si>
+    <t>8-(421)-235-84-45</t>
+  </si>
+  <si>
+    <t>info@khabexport.com</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ИНДУСТРИАЛЬНЫЙ ПАРК "АВАНГАРД"</t>
+  </si>
+  <si>
+    <t>2023-03-16</t>
+  </si>
+  <si>
+    <t>680052, ХАБАРОВСКИЙ, ХАБАРОВСК Г., ДОНСКАЯ УЛ., Д.2 А</t>
+  </si>
+  <si>
+    <t>8-(962)-501-44-01</t>
+  </si>
+  <si>
+    <t>ip-@avangard.com</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ФОНД СОДЕЙСТВИЯ КРЕДИТОВАНИЮ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА АМУРСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>Центр кластерного развития, Центр по развитию предпринимательства, Региональная гарантийная организация</t>
+  </si>
+  <si>
+    <t>675002, АМУРСКАЯ ОБЛАСТЬ, ГОРОД БЛАГОВЕЩЕНСК Г.О., БЛАГОВЕЩЕНСК Г, АМУРСКАЯ УЛ, Д. 38</t>
+  </si>
+  <si>
+    <t>8-(416)-277-26-46</t>
+  </si>
+  <si>
+    <t>amurfond@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "АГЕНТСТВО АМУРСКОЙ ОБЛАСТИ ПО ПРИВЛЕЧЕНИЮ ИНВЕСТИЦИЙ"</t>
+  </si>
+  <si>
+    <t>8-(416)-277-26-09</t>
+  </si>
+  <si>
+    <t>invest.amurobl@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ "ЦЕНТР КРЕДИТНОЙ ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА АМУРСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>675000, ОБЛАСТЬ АМУРСКАЯ, ГОРОД БЛАГОВЕЩЕНСК, УЛИЦА АМУРСКАЯ, ДОМ 38</t>
+  </si>
+  <si>
+    <t>8-(416)-277-07-30</t>
+  </si>
+  <si>
+    <t>ckpp28@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ АРХАНГЕЛЬСКИЙ РЕГИОНАЛЬНЫЙ ФОНД "РАЗВИТИЕ"</t>
+  </si>
+  <si>
+    <t>163000, АРХАНГЕЛЬСКАЯ ОБЛАСТЬ, АРХАНГЕЛЬСК Г., СЕВЕРНОЙ ДВИНЫ НАБ., Д. 71</t>
+  </si>
+  <si>
+    <t>8-(818)-246-41-22</t>
+  </si>
+  <si>
+    <t>director@cmf29.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ АРХАНГЕЛЬСКОЙ ОБЛАСТИ "АГЕНТСТВО РЕГИОНАЛЬНОГО РАЗВИТИЯ"</t>
+  </si>
+  <si>
+    <t>2021-05-31</t>
+  </si>
+  <si>
+    <t>Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Центр поддержки экспорта, Центр кластерного развития, Центр по развитию предпринимательства</t>
+  </si>
+  <si>
+    <t>163069, ОБЛАСТЬ АРХАНГЕЛЬСКАЯ, ГОРОД АРХАНГЕЛЬСК, НАБЕРЕЖНАЯ СЕВЕРНОЙ ДВИНЫ, ДОМ 71</t>
+  </si>
+  <si>
+    <t>8-(818)-220-11-70</t>
+  </si>
+  <si>
+    <t>office@msp29.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "ГАРАНТИЙНАЯ ОРГАНИЗАЦИЯ АРХАНГЕЛЬСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2023-02-28</t>
+  </si>
+  <si>
+    <t>8-(818)-221-01-60</t>
+  </si>
+  <si>
+    <t>office@icarh.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД МИКРОФИНАНСИРОВАНИЯ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА СЕВЕРОДВИНСКА"</t>
+  </si>
+  <si>
+    <t>2023-03-06</t>
+  </si>
+  <si>
+    <t>164501, АРХАНГЕЛЬСКАЯ ОБЛАСТЬ, СЕВЕРОДВИНСК Г.О., СЕВЕРОДВИНСК Г, БОЙЧУКА УЛ, Д. 3, 406 ОФИС</t>
+  </si>
+  <si>
+    <t>8-(818)-459-85-05</t>
+  </si>
+  <si>
+    <t>fondsever@yandex.ru</t>
+  </si>
+  <si>
+    <t>АСТРАХАНСКИЙ ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА (МИКРОКРЕДИТНАЯ КОМПАНИЯ)</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Микрофинансовая организация предпринимательского финансирования</t>
+  </si>
+  <si>
+    <t>414040, ОБЛАСТЬ АСТРАХАНСКАЯ, ГОРОД АСТРАХАНЬ, УЛИЦА УЛЬЯНОВЫХ, ДОМ 10</t>
+  </si>
+  <si>
+    <t>8-(851)-248-48-50</t>
+  </si>
+  <si>
+    <t>office@30fond.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "КОРПОРАЦИЯ РАЗВИТИЯ АСТРАХАНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>414000, АСТРАХАНСКАЯ ОБЛАСТЬ, ГОРОД АСТРАХАНЬ Г.О., АСТРАХАНЬ Г, УЛЬЯНОВЫХ УЛ, Д. 10, 23 ПОМЕЩ.</t>
+  </si>
+  <si>
+    <t>8-(851)-224-63-01</t>
+  </si>
+  <si>
+    <t>azf@list.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ АСТРАХАНСКОЙ ОБЛАСТИ "МНОГОФУНКЦИОНАЛЬНЫЙ ЦЕНТР ПРЕДОСТАВЛЕНИЯ ГОСУДАРСТВЕННЫХ И МУНИЦИПАЛЬНЫХ УСЛУГ"</t>
+  </si>
+  <si>
+    <t>414014, Астраханская область, г. Астрахань, Кировский р-н, ул. Бабефа, д. 8, оф. №1</t>
+  </si>
+  <si>
+    <t>8-(851)-266-88-07</t>
+  </si>
+  <si>
+    <t>mfc.astrakhan@astrobl.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ АСТРАХАНСКОЙ ОБЛАСТИ "АСТРАХАНСКИЙ ОБЛАСТНОЙ ИННОВАЦИОННЫЙ ЦЕНТР"</t>
+  </si>
+  <si>
+    <t>2018-12-12</t>
+  </si>
+  <si>
+    <t>Центр кластерного развития, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Инжиниринговый центр, Бизнес-инкубатор, Бизнес-инкубатор, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>414006, АСТРАХАНСКАЯ ОБЛАСТЬ, АСТРАХАНЬ Г, ПУШКИНА УЛ, СТР. 54А</t>
+  </si>
+  <si>
+    <t>8-(851)-266-98-98</t>
+  </si>
+  <si>
+    <t>mb@mb30.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ КАЗЕННОЕ УЧРЕЖДЕНИЕ АСТРАХАНСКОЙ ОБЛАСТИ "УПРАВЛЕНИЕ ПО ТЕХНИЧЕСКОМУ ОБЕСПЕЧЕНИЮ ДЕЯТЕЛЬНОСТИ МИНИСТЕРСТВА СЕЛЬСКОГО ХОЗЯЙСТВА И РЫБНОЙ ПРОМЫШЛЕННОСТИ АСТРАХАНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>414000, АСТРАХАНСКАЯ ОБЛАСТЬ, АСТРАХАНЬ Г, СВЕРДЛОВА УЛ, Д. 31</t>
+  </si>
+  <si>
+    <t>8-(851)-244-74-92</t>
+  </si>
+  <si>
+    <t>centr-astr30@yandex.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ БЕЛГОРОДСКИЙ ОБЛАСТНОЙ ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>Иная организация, Микрофинансовая организация предпринимательского финансирования</t>
+  </si>
+  <si>
+    <t>308033, ОБЛАСТЬ БЕЛГОРОДСКАЯ, ГОРОД БЕЛГОРОД, УЛИЦА КОРОЛЕВА, ДОМ 2А, ОФИС 507</t>
+  </si>
+  <si>
+    <t>8 (4722) 52-71-43</t>
+  </si>
+  <si>
+    <t>kolesnikov.ov@mb31.ru; fond-biznesa@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЛАСТНОЕ ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "БЕЛГОРОДСКИЙ РЕГИОНАЛЬНЫЙ РЕСУРСНЫЙ ИННОВАЦИОННЫЙ ЦЕНТР"</t>
+  </si>
+  <si>
+    <t>Центр кластерного развития, Центр инноваций социальной сферы, Инжиниринговый центр, Бизнес-инкубатор, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>308000, ОБЛАСТЬ БЕЛГОРОДСКАЯ, ГОРОД БЕЛГОРОД, УЛИЦА КОРОЛЕВА, 2А, -, -</t>
+  </si>
+  <si>
+    <t>8 (4722) 52-95-93</t>
+  </si>
+  <si>
+    <t>brric@mail.ru</t>
+  </si>
+  <si>
+    <t>БЕЛГОРОДСКИЙ ГАРАНТИЙНЫЙ ФОНД СОДЕЙСТВИЯ КРЕДИТОВАНИЮ</t>
+  </si>
+  <si>
+    <t>308033, ОБЛАСТЬ БЕЛГОРОДСКАЯ, ГОРОД БЕЛГОРОД, УЛИЦА КОРОЛЕВА, 2А, 3, 536</t>
+  </si>
+  <si>
+    <t>8 (4722) 52-32-31</t>
+  </si>
+  <si>
+    <t>kolesnikov.ov@mb31.ru; fond-biznesa@yandex.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ТЕХНОПАРК "КОНТАКТ"</t>
+  </si>
+  <si>
+    <t>Технопарк, Технопарк</t>
+  </si>
+  <si>
+    <t>308033, ОБЛАСТЬ БЕЛГОРОДСКАЯ, ГОРОД БЕЛГОРОД, УЛИЦА КОРОЛЕВА, ДОМ 2А, ОФИС 107</t>
+  </si>
+  <si>
+    <t>(4722) 20-19-18</t>
+  </si>
+  <si>
+    <t>kontaktspace@mail.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "ДИРЕКЦИЯ ПО РАЗВИТИЮ ПРОМЫШЛЕННЫХ ЗОН"</t>
+  </si>
+  <si>
+    <t>Промышленный парк, Промышленный парк</t>
+  </si>
+  <si>
+    <t>308010, ОБЛАСТЬ БЕЛГОРОДСКАЯ, ПОСЕЛОК ГОРОДСКОГО ТИПА СЕВЕРНЫЙ, УЛИЦА БЕРЕЗОВАЯ, ДОМ 1</t>
+  </si>
+  <si>
+    <t>8 (4722) 20-21-32</t>
+  </si>
+  <si>
+    <t>prompark.bel@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА БРЯНСКОЙ ОБЛАСТИ "БРЯНСКИЙ ГАРАНТИЙНЫЙ ФОНД"</t>
+  </si>
+  <si>
+    <t>241050, ОБЛАСТЬ БРЯНСКАЯ, ГОРОД БРЯНСК, УЛИЦА КАЛИНИНА, 38</t>
+  </si>
+  <si>
+    <t>8-(483)-267-52-52</t>
+  </si>
+  <si>
+    <t>info@smb32.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ БРЯНСКИЙ МИКРОФИНАНСОВЫЙ ФОНД "НОВЫЙ МИР"</t>
+  </si>
+  <si>
+    <t>241050, ОБЛАСТЬ БРЯНСКАЯ, ГОРОД БРЯНСК, УЛИЦА ДУКИ, 65</t>
+  </si>
+  <si>
+    <t>8-(483)-230-60-85</t>
+  </si>
+  <si>
+    <t>info@zaim32.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА "БРЯНСКАЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ"</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ БРЯНСКИЙ ОБЛАСТНОЙ "ЦЕНТР ОКАЗАНИЯ УСЛУГ "МОЙ БИЗНЕС"</t>
+  </si>
+  <si>
+    <t>Иная организация, Центр кластерного развития, Центр кластерного развития, Центр кластерного развития, Центр кластерного развития, Центр кластерного развития, Центр кластерного развития, Центр кластерного развития, Центр кластерного развития, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Инжиниринговый центр, Инжиниринговый центр, Инжиниринговый центр, Инжиниринговый центр, Инжиниринговый центр, Инжиниринговый центр, Инжиниринговый центр, Инжиниринговый центр, Бизнес-инкубатор, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>241023, ОБЛАСТЬ БРЯНСКАЯ, ГОРОД БРЯНСК, УЛИЦА БЕЖИЦКАЯ, 54</t>
+  </si>
+  <si>
+    <t>8-(483)-258-92-77</t>
+  </si>
+  <si>
+    <t>info@mybiz32.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД РАЗВИТИЯ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА БРЯНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2020-01-28</t>
+  </si>
+  <si>
+    <t>241023, ОБЛАСТЬ БРЯНСКАЯ, ГОРОД БРЯНСК, УЛИЦА БЕЖИЦКАЯ, ДОМ 54, ОФИС 103</t>
+  </si>
+  <si>
+    <t>8-(483)-258-05-58</t>
+  </si>
+  <si>
+    <t>bryansk-fond@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ПОДДЕРЖКИ ЭКСПОРТА БРЯНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2022-01-24</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта</t>
+  </si>
+  <si>
+    <t>241023, ОБЛ. БРЯНСКАЯ, Г. Брянск, УЛ. БЕЖИЦКАЯ, Д. 54, ОФИС 013</t>
+  </si>
+  <si>
+    <t>8-(483)-258-92-78</t>
+  </si>
+  <si>
+    <t>centr-eksporta@mybiz.32.ru</t>
+  </si>
+  <si>
+    <t>ГАРАНТИЙНЫЙ ФОНД ВЛАДИМИРСКОЙ ОБЛАСТИ</t>
+  </si>
+  <si>
+    <t>600017, ОБЛ. ВЛАДИМИРСКАЯ, Г. Владимир, УЛ. ЛУНАЧАРСКОГО, Д. 3, ОФИС 321</t>
+  </si>
+  <si>
+    <t>8-(492)-277-10-67</t>
+  </si>
+  <si>
+    <t>info@garantfond-33.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "ВЛАДИМИРЛИЗИНГ"</t>
+  </si>
+  <si>
+    <t>600017, ОБЛ. ВЛАДИМИРСКАЯ, Г. Владимир, УЛ. ЛУНАЧАРСКОГО, Д. 3, ОФИС 101</t>
+  </si>
+  <si>
+    <t>8-(492)-277-96-33</t>
+  </si>
+  <si>
+    <t>mail@владимирлизинг.рф</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ ВЛАДИМИРСКОЙ ОБЛАСТИ "БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>Центр по развитию предпринимательства, Инжиниринговый центр, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>600005, ОБЛАСТЬ ВЛАДИМИРСКАЯ, ГОРОД ВЛАДИМИР, ПРОСПЕКТ ОКТЯБРЬСКИЙ, ДОМ 21</t>
+  </si>
+  <si>
+    <t>8-(492)-277-76-20</t>
+  </si>
+  <si>
+    <t>info@bi33.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ПОДДЕРЖКИ ЭКСПОРТА ВЛАДИМИРСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>600017, г. Владимир, ул. Мира, д. 15В, офис 303</t>
+  </si>
+  <si>
+    <t>8-(492)-222-25-88</t>
+  </si>
+  <si>
+    <t>info@export33.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД СОДЕЙСТВИЯ РАЗВИТИЮ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ВО ВЛАДИМИРСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>Центр прототипирования и промышленного дизайна, Микрофинансовая организация предпринимательского финансирования</t>
+  </si>
+  <si>
+    <t>600017, ОБЛ. ВЛАДИМИРСКАЯ, Г. Владимир, УЛ. ЛУНАЧАРСКОГО, Д. 3 (3 этаж, каб. 305)</t>
+  </si>
+  <si>
+    <t>8-(492)-277-87-15</t>
+  </si>
+  <si>
+    <t>fgrmsp@yandex.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "МУРОМСКИЙ БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>602267, ОБЛАСТЬ ВЛАДИМИРСКАЯ, ГОРОД МУРОМ, УЛИЦА МОСКОВСКАЯ, 17</t>
+  </si>
+  <si>
+    <t>8-(492)-347-76-06</t>
+  </si>
+  <si>
+    <t>biznes.murom@yandex.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА И ТУРИЗМА"</t>
+  </si>
+  <si>
+    <t>600017, ВЛАДИМИРСКАЯ ОБЛАСТЬ, ВЛАДИМИР Г., КИРОВА УЛ., Д. 7, КАБИНЕТ 213</t>
+  </si>
+  <si>
+    <t>8-(492)-233-26-95</t>
+  </si>
+  <si>
+    <t>Mbucpp@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ИНДАСТРИАЛ ПЛАТФОРМ ГРУПП КЛИМА"</t>
+  </si>
+  <si>
+    <t>2022-05-26</t>
+  </si>
+  <si>
+    <t>601021, ОБЛАСТЬ ВЛАДИМИРСКАЯ, ГОРОД КИРЖАЧ, МИКРОРАЙОН КРАСНЫЙ ОКТЯБРЬ, УЛИЦА ПЕРВОМАЙСКАЯ, ДОМ 1, КОРПУС ГЛАВНЫЙ, ЭТ/КАБ 2/7</t>
+  </si>
+  <si>
+    <t>8-(800)-500-18-80</t>
+  </si>
+  <si>
+    <t>info@ipgclima.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "СТАВРОВСКИЙ ЗАВОД АВТОТРАКТОРНОГО ОБОРУДОВАНИЯ"</t>
+  </si>
+  <si>
+    <t>601220, ОБЛАСТЬ ВЛАДИМИРСКАЯ, П СТАВРОВО, УЛ. ОКТЯБРЬСКАЯ, Д.118</t>
+  </si>
+  <si>
+    <t>8-(492)-425-11-60</t>
+  </si>
+  <si>
+    <t>info@oaoststo.ru</t>
+  </si>
+  <si>
+    <t>АССОЦИАЦИЯ (НЕКОММЕРЧЕСКОЕ ПАРТНЕРСТВО) "ГАРАНТИЙНЫЙ ФОНД ВОЛГОГРАДСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>400066, ОБЛАСТЬ ВОЛГОГРАДСКАЯ, ГОРОД ВОЛГОГРАД, УЛ. ВОЛГОДОНСКАЯ, ДОМ. 3</t>
+  </si>
+  <si>
+    <t>8-(844)-232-53-43</t>
+  </si>
+  <si>
+    <t>infomail@nprgf.com</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ ВОЛГОГРАДСКОЙ ОБЛАСТИ "МОЙ БИЗНЕС"</t>
+  </si>
+  <si>
+    <t>Центр прототипирования и промышленного дизайна, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>400012, ОБЛАСТЬ ВОЛГОГРАДСКАЯ, ГОРОД ВОЛГОГРАД, ПРОСПЕКТ ИМ. МАРШАЛА СОВЕТСКОГО СОЮЗА Г.К.ЖУКОВА, ДОМ 3, ОФИС 108</t>
+  </si>
+  <si>
+    <t>8-(844)-232-00-05</t>
+  </si>
+  <si>
+    <t>mb34@volganet.ru</t>
+  </si>
+  <si>
+    <t>ФОНД МИКРОФИНАНСИРОВАНИЯ ПРЕДПРИНИМАТЕЛЬСТВА ВОЛГОГРАДСКОЙ ОБЛАСТИ (МИКРОКРЕДИТНАЯ КОМПАНИЯ)</t>
+  </si>
+  <si>
+    <t>2018-06-22</t>
+  </si>
+  <si>
+    <t>400066, РОССИЯ, ВОЛГОГРАДСКАЯ ОБЛ., ГОРОД-ГЕРОЙ ВОЛГОГРАД Г.О., ВОЛГОГРАД Г., ВОЛГОДОНСКАЯ УЛ., Д. 3, ОФИС 30</t>
+  </si>
+  <si>
+    <t>8-(844)-235-24-88</t>
+  </si>
+  <si>
+    <t>Fmp34@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ПОДДЕРЖКИ ЭКСПОРТА ВОЛГОГРАДСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2020-08-21</t>
+  </si>
+  <si>
+    <t>400012, ОБЛАСТЬ ВОЛГОГРАДСКАЯ, ГОРОД ВОЛГОГРАД, ПРОСПЕКТ ИМ. МАРШАЛА СОВЕТСКОГО СОЮЗА Г.К.ЖУКОВА, ДОМ 3</t>
+  </si>
+  <si>
+    <t>8-(844)-232-00-03</t>
+  </si>
+  <si>
+    <t>export34@bk.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ ВОЛОГОДСКОЙ ОБЛАСТИ В СФЕРЕ ПОДДЕРЖКИ СУБЪЕКТОВ ДЕЯТЕЛЬНОСТИ В СФЕРЕ ПРОМЫШЛЕННОСТИ И СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА "ФОНД РАЗВИТИЯ ПРОМЫШЛЕННОСТИ И ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ВОЛОГОДСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>160029, ВОЛОГОДСКАЯ ОБЛАСТЬ, ВОЛОГДА Г., МАШИНОСТРОИТЕЛЬНАЯ УЛ., Д. 19</t>
+  </si>
+  <si>
+    <t>8-(817)-257-83-50</t>
+  </si>
+  <si>
+    <t>i.lodygina@smb35.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ГАРАНТИЙНОГО ОБЕСПЕЧЕНИЯ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>162608, Вологодская обл., г. Череповец, пр-кт Строителей, д. 6, помещ. 3Н-21</t>
+  </si>
+  <si>
+    <t>8-(820)-244-29-27</t>
+  </si>
+  <si>
+    <t>info@cgo.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "АГЕНТСТВО РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА ВОЛОГОДСКОЙ ОБЛАСТИ "МОЙ БИЗНЕС"</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр поддержки народных художественных промыслов, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>160025, Вологодская обл., г. Вологда, ул. Маршала Конева, д. 15</t>
+  </si>
+  <si>
+    <t>8-(817)-250-01-12</t>
+  </si>
+  <si>
+    <t>mail@mb35.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ВОЛОГОДСКОЙ ОБЛАСТИ "ФОНД РЕСУРСНОЙ ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>160025, Вологодская обл., г. Вологда, ул. Маршала Конева, д. 15, офис 307</t>
+  </si>
+  <si>
+    <t>8-(817)-273-74-14</t>
+  </si>
+  <si>
+    <t>info@frp35.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "ЦЕНТР СОДЕЙСТВИЯ РАЗВИТИЮ ПРЕДПРИНИМАТЕЛЬСТВА И ТУРИЗМА"</t>
+  </si>
+  <si>
+    <t>160000, ВОЛОГОДСКАЯ, ВОЛОГДА Г., КОЗЛЕНСКАЯ УЛ., Д. 6</t>
+  </si>
+  <si>
+    <t>8-(817)-272-87-33</t>
+  </si>
+  <si>
+    <t>crp728733@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР КООРДИНАЦИИ ПОДДЕРЖКИ ЭКСПОРТНО ОРИЕНТИРОВАННЫХ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ВОРОНЕЖСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>394018, ОБЛАСТЬ ВОРОНЕЖСКАЯ, ГОРОД ВОРОНЕЖ, УЛИЦА СВОБОДЫ, ДОМ 21</t>
+  </si>
+  <si>
+    <t>8-(473)-207-10-92</t>
+  </si>
+  <si>
+    <t>export36@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА ВОРОНЕЖСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>394018, ОБЛАСТЬ ВОРОНЕЖСКАЯ, ГОРОД ВОРОНЕЖ, УЛИЦА СВОБОДЫ, ДОМ 21, ПОМЕЩЕНИЕ  1/9</t>
+  </si>
+  <si>
+    <t>8-(473)-207-01-00</t>
+  </si>
+  <si>
+    <t>info@moibiz36.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА ВОРОНЕЖСКОЙ ОБЛАСТИ</t>
+  </si>
+  <si>
+    <t>394018, ОБЛАСТЬ ВОРОНЕЖСКАЯ, ГОРОД ВОРОНЕЖ, УЛИЦА СВОБОДЫ, ДОМ 21, ПОМЕЩЕНИЕ 1/10</t>
+  </si>
+  <si>
+    <t>8-(473)-280-10-77</t>
+  </si>
+  <si>
+    <t>mail@fundsbs.ru</t>
+  </si>
+  <si>
+    <t>ГАРАНТИЙНЫЙ ФОНД ВОРОНЕЖСКОЙ ОБЛАСТИ</t>
+  </si>
+  <si>
+    <t>394018, ОБЛАСТЬ ВОРОНЕЖСКАЯ, ГОРОД ВОРОНЕЖ, УЛИЦА СВОБОДЫ, ДОМ 21, ПОМЕЩЕНИЕ 1/9</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "АННИНСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>396250, ОБЛАСТЬ ВОРОНЕЖСКАЯ, ПОСЕЛОК ГОРОДСКОГО ТИПА АННА, УЛИЦА ЛЕНИНА, 28, -, -</t>
+  </si>
+  <si>
+    <t>8-(473)-462-07-00</t>
+  </si>
+  <si>
+    <t>anna55596@mai.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "БОБРОВСКИЙ РАЙОННЫЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>397700, ОБЛАСТЬ ВОРОНЕЖСКАЯ, ГОРОД БОБРОВ, УЛИЦА ИМ.КИРОВА, 32"А"</t>
+  </si>
+  <si>
+    <t>8-(473)-504-13-19</t>
+  </si>
+  <si>
+    <t>cppbobrov@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "БОГУЧАРСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>396790, ОБЛАСТЬ ВОРОНЕЖСКАЯ, ГОРОД БОГУЧАР, ПЕРЕУЛОК ДЗЕРЖИНСКОГО, 34, ---, ---</t>
+  </si>
+  <si>
+    <t>8-(473)-662-30-45</t>
+  </si>
+  <si>
+    <t>bcppboxvsi@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ  НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "БОРИСОГЛЕБСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>397160, ОБЛАСТЬ ВОРОНЕЖСКАЯ, ГОРОД БОРИСОГЛЕБСК, УЛИЦА СОВЕТСКАЯ, ДОМ 29, КОМНАТА 84</t>
+  </si>
+  <si>
+    <t>8-(473)-546-00-68</t>
+  </si>
+  <si>
+    <t>ano-bor.cpp@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "БУТУРЛИНОВСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>397500, ОБЛАСТЬ ВОРОНЕЖСКАЯ, ГОРОД БУТУРЛИНОВКА, ПЛОЩАДЬ ВОЛИ, 43</t>
+  </si>
+  <si>
+    <t>8-(919)-186-24-41</t>
+  </si>
+  <si>
+    <t>stolnaya.natalya@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ВЕРХНЕМАМОНСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>396460, ОБЛАСТЬ ВОРОНЕЖСКАЯ, СЕЛО ВЕРХНИЙ МАМОН, УЛИЦА ЛЕНИНА, ДОМ 1</t>
+  </si>
+  <si>
+    <t>8-(473)-555-66-10</t>
+  </si>
+  <si>
+    <t>vmamon2007@rambler.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ВЕРХНЕХАВСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>396110, ОБЛАСТЬ ВОРОНЕЖСКАЯ, СЕЛО ВЕРХНЯЯ ХАВА, УЛИЦА 50 ЛЕТ ОКТЯБРЯ, ДОМ 17А</t>
+  </si>
+  <si>
+    <t>8-(473)-437-23-90</t>
+  </si>
+  <si>
+    <t>vhava-cpp@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "КАЛАЧЕЕВСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>397600, ОБЛАСТЬ ВОРОНЕЖСКАЯ, ГОРОД КАЛАЧ, ПЛОЩАДЬ ЛЕНИНА, 15, ----, ----</t>
+  </si>
+  <si>
+    <t>8-(473)-632-72-38</t>
+  </si>
+  <si>
+    <t>nkoo@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЛИСКИНСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>397901, ОБЛАСТЬ ВОРОНЕЖСКАЯ, ГОРОД ЛИСКИ, УЛИЦА КОММУНИСТИЧЕСКАЯ, 29, -, -</t>
+  </si>
+  <si>
+    <t>8-(473)-914-57-91</t>
+  </si>
+  <si>
+    <t>lcpp@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "НОВОУСМАНСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>396310, ОБЛАСТЬ ВОРОНЕЖСКАЯ, СЕЛО НОВАЯ УСМАНЬ, УЛИЦА СОВЕТСКАЯ, 1А</t>
+  </si>
+  <si>
+    <t>8-(960)-106-99-38</t>
+  </si>
+  <si>
+    <t>centrNU@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "НОВОВОРОНЕЖСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>396073, ОБЛАСТЬ ВОРОНЕЖСКАЯ, ГОРОД НОВОВОРОНЕЖ, УЛИЦА ПОБЕДЫ, 4</t>
+  </si>
+  <si>
+    <t>8-(473)-642-07-16</t>
+  </si>
+  <si>
+    <t>nv_market@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "НОВОХОПЕРСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>397400, ОБЛАСТЬ ВОРОНЕЖСКАЯ, ГОРОД НОВОХОПЕРСК, УЛИЦА ЛЕНИНА, ДОМ 10</t>
+  </si>
+  <si>
+    <t>8-(473)-533-16-10</t>
+  </si>
+  <si>
+    <t>egholod@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ПАВЛОВСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>396442, ОБЛАСТЬ ВОРОНЕЖСКАЯ, ГОРОД ПАВЛОВСК, ПРОСПЕКТ РЕВОЛЮЦИИ, 6Б, -, 202</t>
+  </si>
+  <si>
+    <t>8-(473)-622-46-74</t>
+  </si>
+  <si>
+    <t>pavlovsk.cpp@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ПЕТРОПАВЛОВСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>397670, ОБЛАСТЬ ВОРОНЕЖСКАЯ, СЕЛО ПЕТРОПАВЛОВКА, УЛИЦА ТУРКЕНИЧА, 24 "А", -, -</t>
+  </si>
+  <si>
+    <t>8-(473)-652-29-52</t>
+  </si>
+  <si>
+    <t>pet-ano@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ПОВОРИНСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>397350, ОБЛАСТЬ ВОРОНЕЖСКАЯ, ГОРОД ПОВОРИНО, ПЕРЕУЛОК ШКОЛЬНЫЙ, 7, -, -</t>
+  </si>
+  <si>
+    <t>8-(473)-764-04-18</t>
+  </si>
+  <si>
+    <t>povcpp2012@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ПОДГОРЕНСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>396560, ОБЛАСТЬ ВОРОНЕЖСКАЯ, ПОСЕЛОК ГОРОДСКОГО ТИПА ПОДГОРЕНСКИЙ, УЛИЦА ПЕРВОМАЙСКАЯ, ДОМ 60, КОМНАТА 99</t>
+  </si>
+  <si>
+    <t>8-(920)-449-44-75</t>
+  </si>
+  <si>
+    <t>podgcpp@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "РАМОНСКИЙ РАЙОННЫЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>396020, ОБЛАСТЬ ВОРОНЕЖСКАЯ, РАБОЧИЙ ПОСЕЛОК РАМОНЬ, УЛИЦА СОВЕТСКАЯ, ДОМ 4Б, КАБИНЕТ 3</t>
+  </si>
+  <si>
+    <t>8-(473)-402-27-71</t>
+  </si>
+  <si>
+    <t>rampred@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "РЕПЬЕВСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>396370, ОБЛАСТЬ ВОРОНЕЖСКАЯ, СЕЛО РЕПЬЕВКА, ПЛОЩАДЬ ПОБЕДЫ, 1, -, -</t>
+  </si>
+  <si>
+    <t>8-(473)-742-28-98</t>
+  </si>
+  <si>
+    <t>rep-cpp@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "РОССОШАНСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА И ИНВЕСТИЦИЙ"</t>
+  </si>
+  <si>
+    <t>396650, ОБЛАСТЬ ВОРОНЕЖСКАЯ, ГОРОД РОССОШЬ, ПЛОЩАДЬ ЛЕНИНА, ДОМ 4</t>
+  </si>
+  <si>
+    <t>8-(473)-962-02-50</t>
+  </si>
+  <si>
+    <t>rossoshcity59@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "СЕМИЛУКСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>396902, ОБЛАСТЬ ВОРОНЕЖСКАЯ, ГОРОД СЕМИЛУКИ, УЛИЦА ГАЗОВАЯ, 10, -, -</t>
+  </si>
+  <si>
+    <t>8-(473)-722-75-83</t>
+  </si>
+  <si>
+    <t>szpp@bk.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ТАЛОВСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>397480, ОБЛАСТЬ ВОРОНЕЖСКАЯ, РАБОЧИЙ ПОСЕЛОК ТАЛОВАЯ, УЛИЦА СОВЕТСКАЯ, 168, -, -</t>
+  </si>
+  <si>
+    <t>8-(473)-522-52-56</t>
+  </si>
+  <si>
+    <t>cpptalovaya@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ  "ХОХОЛЬСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>396840, ОБЛАСТЬ ВОРОНЕЖСКАЯ, РАБОЧИЙ ПОСЕЛОК ХОХОЛЬСКИЙ, УЛИЦА ШКОЛЬНАЯ, ДОМ 76</t>
+  </si>
+  <si>
+    <t>8-(473)-714-13-50</t>
+  </si>
+  <si>
+    <t>hohol.cpp@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ "РЕГИОНАЛЬНЫЙ ФОНД РАЗВИТИЯ ПРОМЫШЛЕННОСТИ ВОРОНЕЖСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>394036, ОБЛ. ВОРОНЕЖСКАЯ, Г. Воронеж, УЛ. КАРЛА МАРКСА, Д. 67/5</t>
+  </si>
+  <si>
+    <t>8-(473)-212-75-01</t>
+  </si>
+  <si>
+    <t>rfrp@govvrn.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ ВОРОНЕЖСКОЙ ОБЛАСТИ "МНОГОФУНКЦИОНАЛЬНЫЙ ЦЕНТР ПРЕДОСТАВЛЕНИЯ ГОСУДАРСТВЕННЫХ И МУНИЦИПАЛЬНЫХ УСЛУГ"</t>
+  </si>
+  <si>
+    <t>394026, ОБЛАСТЬ ВОРОНЕЖСКАЯ, ГОРОД ВОРОНЕЖ, УЛИЦА ДРУЖИННИКОВ, ДОМ 3Б</t>
+  </si>
+  <si>
+    <t>8-(473)-226-99-99</t>
+  </si>
+  <si>
+    <t>mfc@govvrn.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "УПРАВЛЯЮЩАЯ КОМПАНИЯ ИНДУСТРИАЛЬНОГО ПАРКА "РОДНИКИ"</t>
+  </si>
+  <si>
+    <t>155250, ИВАНОВСКАЯ, РОДНИКОВСКИЙ Р-Н, РОДНИКИ Г., СОВЕТСКАЯ УЛ., Д. 20</t>
+  </si>
+  <si>
+    <t>8-(493)-362-17-07</t>
+  </si>
+  <si>
+    <t>volkovai@rodtex.nord-tex.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ «ИВАНОВСКИЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА»</t>
+  </si>
+  <si>
+    <t>153037, ОБЛАСТЬ ИВАНОВСКАЯ, ГОРОД ИВАНОВО, ПРОСПЕКТ ШЕРЕМЕТЕВСКИЙ, ДОМ 85Г, ПОМЕЩЕНИЕ 1014</t>
+  </si>
+  <si>
+    <t>8-(493)-230-01-21</t>
+  </si>
+  <si>
+    <t>mail@igfpmp.ru</t>
+  </si>
+  <si>
+    <t>ОБЛАСТНОЕ ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "МНОГОФУНКЦИОНАЛЬНЫЙ ЦЕНТР ПРЕДОСТАВЛЕНИЯ ГОСУДАРСТВЕННЫХ И МУНИЦИПАЛЬНЫХ УСЛУГ"</t>
+  </si>
+  <si>
+    <t>153008, ОБЛАСТЬ ИВАНОВСКАЯ, ГОРОД ИВАНОВО, УЛИЦА ЛЕЖНЕВСКАЯ, 55</t>
+  </si>
+  <si>
+    <t>8-(493)-293-30-82</t>
+  </si>
+  <si>
+    <t>mfc-ivanovo@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА И ПОДДЕРЖКИ ЭКСПОРТА ИВАНОВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2018-06-07</t>
+  </si>
+  <si>
+    <t>Иная организация, Иная организация, Центр поддержки экспорта, Центр по развитию предпринимательства, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>153037, ОБЛАСТЬ ИВАНОВСКАЯ, ГОРОД ИВАНОВО, ПРОСПЕКТ ШЕРЕМЕТЕВСКИЙ, ДОМ 85Г, ПОМЕЩЕНИЕ 1012 (9)</t>
+  </si>
+  <si>
+    <t>8-(493)-266-67-67</t>
+  </si>
+  <si>
+    <t>info@moybiznes37.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ГАРАНТИЙНОЙ ПОДДЕРЖКИ ИВАНОВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2020-06-25</t>
+  </si>
+  <si>
+    <t>153037, ОБЛАСТЬ ИВАНОВСКАЯ, ГОРОД ИВАНОВО, ПРОСПЕКТ ШЕРЕМЕТЕВСКИЙ, ДОМ 85Г</t>
+  </si>
+  <si>
+    <t>info@rgo37.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД МИКРОКРЕДИТОВАНИЯ ИРКУТСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>664011, ОБЛАСТЬ ИРКУТСКАЯ, ГОРОД ИРКУТСК, УЛИЦА РАБОЧАЯ, ДОМ 2А, ОФИС 44</t>
+  </si>
+  <si>
+    <t>8-(395)-243-43-29</t>
+  </si>
+  <si>
+    <t>d@mfoirk.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ И РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА ИРКУТСКОЙ ОБЛАСТИ ЦЕНТР "МОЙ БИЗНЕС"</t>
+  </si>
+  <si>
+    <t>Коворкинг, Центр компетенций в сфере сельскохозяйственной кооперации и поддержки фермеров, Центр сертификации, стандартизации и испытаний, Центр поддержки экспорта, Центр кластерного развития, Центр по развитию предпринимательства, Региональная гарантийная организация, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>664027, ОБЛАСТЬ ИРКУТСКАЯ, ГОРОД ИРКУТСК, УЛИЦА ЛЕНИНА, 1 А</t>
+  </si>
+  <si>
+    <t>8-(395)-225-85-20</t>
+  </si>
+  <si>
+    <t>info@fondirk.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА АНГАРСКОГО ГОРОДСКОГО ОКРУГА"</t>
+  </si>
+  <si>
+    <t>665835, ИРКУТСКАЯ ОБЛАСТЬ, АНГАРСК Г., 84 КВ-Л, Д.21, КВ.116</t>
+  </si>
+  <si>
+    <t>8-(395)-553-24-73</t>
+  </si>
+  <si>
+    <t>532473@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ЗАЛАРИНСКИЙ РАЙОН"</t>
+  </si>
+  <si>
+    <t>666322, ОБЛАСТЬ ИРКУТСКАЯ, РАБОЧИЙ ПОСЕЛОК ЗАЛАРИ, УЛИЦА ЛЕНИНА, 103</t>
+  </si>
+  <si>
+    <t>8-(950)-104-08-52</t>
+  </si>
+  <si>
+    <t>1105542@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ГОРОДА ЗИМЫ И ЗИМИНСКОГО РАЙОНА"</t>
+  </si>
+  <si>
+    <t>665390, ИРКУТСКАЯ, ЗИМА Г., КОММУНИСТИЧЕСКАЯ УЛ., Д. 44</t>
+  </si>
+  <si>
+    <t>8-(904)-131-87-76</t>
+  </si>
+  <si>
+    <t>mfp_admzima2013@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА КУЙТУНСКОГО РАЙОНА"</t>
+  </si>
+  <si>
+    <t>665302, ОБЛАСТЬ ИРКУТСКАЯ, РАБОЧИЙ ПОСЕЛОК КУЙТУН, УЛИЦА ПИСЕЦКОГО, ДОМ 2Б, КВАРТИРА 3</t>
+  </si>
+  <si>
+    <t>8-(395)-365-11-55</t>
+  </si>
+  <si>
+    <t>marina_po1@mail.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ "САЯНСКИЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>666303, ОБЛАСТЬ ИРКУТСКАЯ, ГОРОД САЯНСК, МИКРОРАЙОН СТРОИТЕЛЕЙ, ДОМ 24</t>
+  </si>
+  <si>
+    <t>8-(395)-535-55-11</t>
+  </si>
+  <si>
+    <t>mkk_sfp@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА ГОРОДА УСТЬ-ИЛИМСКА"</t>
+  </si>
+  <si>
+    <t>666682, ОБЛАСТЬ ИРКУТСКАЯ, ГОРОД УСТЬ-ИЛИМСК, ПРОСПЕКТ МИРА, ДОМ 55, ПОМЕЩЕНИЕ 61/2</t>
+  </si>
+  <si>
+    <t>8-(395)-356-73-83</t>
+  </si>
+  <si>
+    <t>ilimfond@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД МИКРОКРЕДИТОВАНИЯ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ГОРОД УСТЬ-КУТ"</t>
+  </si>
+  <si>
+    <t>666781, ОБЛАСТЬ ИРКУТСКАЯ, ГОРОД УСТЬ-КУТ, УЛИЦА ХОРОШИЛОВА, ДОМ 2</t>
+  </si>
+  <si>
+    <t>8-(395)-656-04-14</t>
+  </si>
+  <si>
+    <t>fond39565@yandex.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ГОРОДА БРАТСКА</t>
+  </si>
+  <si>
+    <t>665708, ОБЛАСТЬ ИРКУТСКАЯ, ГОРОД БРАТСК, ПРОСПЕКТ ЛЕНИНА, 37</t>
+  </si>
+  <si>
+    <t>8-(984)-274-01-62</t>
+  </si>
+  <si>
+    <t>fond-bratsk@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД ПОДДЕРЖКИ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ИРКУТСКОГО РАЙОНА</t>
+  </si>
+  <si>
+    <t>664532, ОБЛАСТЬ ИРКУТСКАЯ, ДЕРЕВНЯ ЗОРИНО-БЫКОВО, УЛИЦА ЗАРЕЧНАЯ, 15</t>
+  </si>
+  <si>
+    <t>8-(395)-271-80-46</t>
+  </si>
+  <si>
+    <t>Irk-fond@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА БАЙКАЛЬСКОГО МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ"</t>
+  </si>
+  <si>
+    <t>665932, ОБЛАСТЬ ИРКУТСКАЯ, ГОРОД БАЙКАЛЬСК, МИКРОРАЙОН ГАГАРИНА, 207 А, 2</t>
+  </si>
+  <si>
+    <t>8-(902)-513-33-89</t>
+  </si>
+  <si>
+    <t>mikrofin@rambler.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "ФОНД МИКРОФИНАНСИРОВАНИЯ КАЛИНИНГРАДСКОЙ ОБЛАСТИ (МИКРОКРЕДИТНАЯ КОМПАНИЯ)"</t>
+  </si>
+  <si>
+    <t>236022, ОБЛАСТЬ КАЛИНИНГРАДСКАЯ, ГОРОД КАЛИНИНГРАД, УЛИЦА УРАЛЬСКАЯ, ДОМ 18, ПОМЕЩ. VI, ОФИС 404-1</t>
+  </si>
+  <si>
+    <t>8-(401)-299-45-88</t>
+  </si>
+  <si>
+    <t>mf@mbkaliningrad.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА КАЛИНИНГРАДСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр кластерного развития, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>236022, ОБЛАСТЬ КАЛИНИНГРАДСКАЯ, ГОРОД КАЛИНИНГРАД, УЛИЦА УРАЛЬСКАЯ, ДОМ 18, ОФИС 442</t>
+  </si>
+  <si>
+    <t>info@mbkaliningrad.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "ГАРАНТИЙНЫЙ ФОНД КАЛИНИНГРАДСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>236022, ОБЛАСТЬ КАЛИНИНГРАДСКАЯ, ГОРОД КАЛИНИНГРАД, УЛИЦА УРАЛЬСКАЯ, ДОМ 18, ПОМЕЩ. VII, ОФИС 506/2</t>
+  </si>
+  <si>
+    <t>8-(401)-299-42-00</t>
+  </si>
+  <si>
+    <t>gf@mbkaliningrad.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "АГЕНТСТВО ГОРОДСКОГО РАЗВИТИЯ-ОБНИНСКИЙ БИЗНЕС ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>Бизнес-инкубатор, Бизнес-инкубатор, Бизнес-инкубатор, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>249033, ОБЛАСТЬ КАЛУЖСКАЯ, ГОРОД ОБНИНСК, УЛИЦА ГОРЬКОГО, ДОМ 4, ПОМЕЩЕНИЕ 219</t>
+  </si>
+  <si>
+    <t>8-(484)-399-56-44</t>
+  </si>
+  <si>
+    <t>anoagro@inbox.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "АГЕНТСТВО ИННОВАЦИОННОГО РАЗВИТИЯ - ЦЕНТР КЛАСТЕРНОГО РАЗВИТИЯ КАЛУЖСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>Центр коллективного доступа к высокотехнологичному оборудованию, Центр кластерного развития, Центр кластерного развития, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>249030, ОБЛАСТЬ КАЛУЖСКАЯ, ГОРОД ОБНИНСК, УЛИЦА УНИВЕРСИТЕТСКАЯ, 10</t>
+  </si>
+  <si>
+    <t>8-(484)-394-24-90</t>
+  </si>
+  <si>
+    <t>grankov@airko.org</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "МОДЕЛЬ СПЕКТР"</t>
+  </si>
+  <si>
+    <t>Иная организация, Иная организация</t>
+  </si>
+  <si>
+    <t>249030, ОБЛ. КАЛУЖСКАЯ, Г. Обнинск, УЛ. УНИВЕРСИТЕТСКАЯ, Д. 10</t>
+  </si>
+  <si>
+    <t>8-(916)-597-56-54</t>
+  </si>
+  <si>
+    <t>info@cmitobninsk.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ОБНИНСКИЙ БИЗНЕС ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>249033, ОБЛАСТЬ КАЛУЖСКАЯ, ГОРОД ОБНИНСК, ПРОЕЗД ПЯТКИНСКИЙ, 12</t>
+  </si>
+  <si>
+    <t>elena050709@mail.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА КАЛУЖСКОЙ ОБЛАСТИ (МИКРОКРЕДИТНАЯ КОМПАНИЯ)</t>
+  </si>
+  <si>
+    <t>248000, ОБЛАСТЬ КАЛУЖСКАЯ, ГОРОД КАЛУГА, УЛИЦА ТЕАТРАЛЬНАЯ, ЗД 38А</t>
+  </si>
+  <si>
+    <t>8-(484)-227-99-16</t>
+  </si>
+  <si>
+    <t>gfpmp@bk.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ КАЛУЖСКИЙ БИЗНЕС-ИНКУБАТОР "МАТЕРИАЛЫ И КОМПОНЕНТЫ ЭЛЕКТРОНИКИ"</t>
+  </si>
+  <si>
+    <t>Бизнес-инкубатор, Бизнес-инкубатор, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>248033, ОБЛАСТЬ КАЛУЖСКАЯ, ГОРОД КАЛУГА, ПРОЕЗД 2-Й АКАДЕМИЧЕСКИЙ, ДОМ 25</t>
+  </si>
+  <si>
+    <t>8-(484)-250-05-90</t>
+  </si>
+  <si>
+    <t>mikel@elikor.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ КАЛУЖСКОЙ ОБЛАСТИ "АГЕНТСТВО РАЗВИТИЯ БИЗНЕСА"</t>
+  </si>
+  <si>
+    <t>2018-04-18</t>
+  </si>
+  <si>
+    <t>Центр по развитию предпринимательства, Центр по развитию предпринимательства</t>
+  </si>
+  <si>
+    <t>8-(910)-860-11-11</t>
+  </si>
+  <si>
+    <t>arbko@adm.kaluga.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ КАЛУЖСКОЙ ОБЛАСТИ "ТЕХНОПАРК "ОБНИНСК"</t>
+  </si>
+  <si>
+    <t>2021-05-12</t>
+  </si>
+  <si>
+    <t>Бизнес-инкубатор, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>8-(484)-393-33-03</t>
+  </si>
+  <si>
+    <t>info@obninsk.tech</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ПОДДЕРЖКИ ЭКСПОРТА КАЛУЖСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>248000, ОБЛ. КАЛУЖСКАЯ, Г. Калуга, УЛ. ТЕАТРАЛЬНАЯ, ЗД. 38А</t>
+  </si>
+  <si>
+    <t>8-(910)-911-01-34</t>
+  </si>
+  <si>
+    <t>dmitrieva@arbko.ru</t>
+  </si>
+  <si>
+    <t>ГАРАНТИЙНЫЙ ФОНД РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА КАМЧАТСКОГО КРАЯ</t>
+  </si>
+  <si>
+    <t>683031, КАМЧАТСКИЙ КРАЙ, ПЕТРОПАВЛОВСК-КАМЧАТСКИЙ Г., КАРЛА МАРКСА ПР-КТ, Д. 23, ОФИС 502</t>
+  </si>
+  <si>
+    <t>8-(415)-241-05-83</t>
+  </si>
+  <si>
+    <t>gfkam@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ КАМЧАТСКИЙ ГОСУДАРСТВЕННЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>683031, КАМЧАТСКИЙ КРАЙ, ПЕТРОПАВЛОВСК-КАМЧАТСКИЙ Г., КАРЛА МАРКСА ПР-КТ, Д. 23</t>
+  </si>
+  <si>
+    <t>8-(415)-221-50-30</t>
+  </si>
+  <si>
+    <t>info@kamfond.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "КАМЧАТСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>2018-12-24</t>
+  </si>
+  <si>
+    <t>Центр кластерного развития, Центр инноваций социальной сферы, Центр по развитию предпринимательства</t>
+  </si>
+  <si>
+    <t>683031, КАМЧАТСКИЙ КРАЙ, ПЕТРОПАВЛОВСК-КАМЧАТСКИЙ Г., КАРЛА МАРКСА ПР-КТ, Д. 23, ОФИС 506</t>
+  </si>
+  <si>
+    <t>8-(415)-220-28-00</t>
+  </si>
+  <si>
+    <t>info@mb41.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "КАМЧАТСКИЙ ВЫСТАВОЧНО-ТУРИСТИЧЕСКИЙ ЦЕНТР"</t>
+  </si>
+  <si>
+    <t>2018-12-28</t>
+  </si>
+  <si>
+    <t>683002, КРАЙ КАМЧАТСКИЙ, ГОРОД ПЕТРОПАВЛОВСК-КАМЧАТСКИЙ, ШОССЕ СЕВЕРО-ВОСТОЧНОЕ, ДОМ 27</t>
+  </si>
+  <si>
+    <t>8-(415)-221-50-52</t>
+  </si>
+  <si>
+    <t>kamexport@kamexpocenter.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ГОСУДАРСТВЕННЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА КУЗБАССА</t>
+  </si>
+  <si>
+    <t>650000, ОБЛАСТЬ КЕМЕРОВСКАЯ ОБЛАСТЬ - КУЗБАСС, ГОРОД КЕМЕРОВО, УЛИЦА КРАСНАЯ, 4</t>
+  </si>
+  <si>
+    <t>8-(384)-290-03-35</t>
+  </si>
+  <si>
+    <t>gosfond@gfppko.net</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА ЛЕНИНСК-КУЗНЕЦКОГО МУНИЦИПАЛЬНОГО ОКРУГА</t>
+  </si>
+  <si>
+    <t>652523, ОБЛАСТЬ КЕМЕРОВСКАЯ ОБЛАСТЬ - КУЗБАСС, ГОРОД ЛЕНИНСК-КУЗНЕЦКИЙ, УЛИЦА ЮРГИНСКАЯ, ДОМ 6, КОРПУС А</t>
+  </si>
+  <si>
+    <t>8-(384)-563-87-11</t>
+  </si>
+  <si>
+    <t>mfpmplk@yandex.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "АГЕНТСТВО ПО РАЗВИТИЮ ТУРИЗМА, ИНВЕСТИЦИЙ И ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>652877, КЕМЕРОВСКАЯ ОБЛАСТЬ - КУЗБАСС, МЕЖДУРЕЧЕНСК Г., СТРОИТЕЛЕЙ ПР-КТ, Д.30</t>
+  </si>
+  <si>
+    <t>8-(384)-754-82-70</t>
+  </si>
+  <si>
+    <t>fond-98@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА Г. ПРОКОПЬЕВСКА</t>
+  </si>
+  <si>
+    <t>653050, КЕМЕРОВСКАЯ ОБЛАСТЬ - КУЗБАСС, ПРОКОПЬЕВСК Г., ОБРУЧЕВА УЛ., Д. 42 ПОМЕЩЕНИЕ 1</t>
+  </si>
+  <si>
+    <t>8-(384)-665-58-38</t>
+  </si>
+  <si>
+    <t>mf_pmp_prk@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>2018-06-25</t>
+  </si>
+  <si>
+    <t>650036, КЕМЕРОВСКАЯ ОБЛАСТЬ - КУЗБАСС, КЕМЕРОВО Г., 9 ЯНВАРЯ УЛ., Д.12</t>
+  </si>
+  <si>
+    <t>8-(384)-278-06-06</t>
+  </si>
+  <si>
+    <t>director@csbkem.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА ПРОКОПЬЕВСКОГО МУНИЦИПАЛЬНОГО ОКРУГА</t>
+  </si>
+  <si>
+    <t>2020-08-11</t>
+  </si>
+  <si>
+    <t>653039, КЕМЕРОВСКАЯ ОБЛАСТЬ - КУЗБАСС, ПРОКОПЬЕВСКИЙ Г.О., ПРОКОПЬЕВСК Г, ГАГАРИНА ПР-КТ, ЗД. 1В, 103 ОФИС</t>
+  </si>
+  <si>
+    <t>8-(384)-662-22-65</t>
+  </si>
+  <si>
+    <t>mfpmppr@mail.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ КЕМЕРОВСКОЙ ОБЛАСТИ-КУЗБАССА "МОЙ БИЗНЕС"</t>
+  </si>
+  <si>
+    <t>Центр кластерного развития, Центр по развитию предпринимательства, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>650002, КЕМЕРОВСКАЯ ОБЛАСТЬ - КУЗБАСС, КЕМЕРОВО Г, ИМЕНИ АКАДЕМИКА Л.С. БАРБАРАША Б-Р, ЗД. 1, КАБИНЕТ 215</t>
+  </si>
+  <si>
+    <t>8-(384)-277-88-70</t>
+  </si>
+  <si>
+    <t>info@moibiz42.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ "ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>2020-10-05</t>
+  </si>
+  <si>
+    <t>654041, ОБЛАСТЬ КЕМЕРОВСКАЯ ОБЛАСТЬ - КУЗБАСС, ГОРОД НОВОКУЗНЕЦК, УЛИЦА КУТУЗОВА (ЦЕНТРАЛЬНЫЙ Р-Н), ДОМ 17А</t>
+  </si>
+  <si>
+    <t>8-(384)-350-00-15</t>
+  </si>
+  <si>
+    <t>info-cpp@bk.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ПОДДЕРЖКИ ЭКСПОРТА КУЗБАССА"</t>
+  </si>
+  <si>
+    <t>2022-10-11</t>
+  </si>
+  <si>
+    <t>650002, КЕМЕРОВСКАЯ ОБЛАСТЬ - КУЗБАСС, КЕМЕРОВО Г, ИМЕНИ АКАДЕМИКА Л.С. БАРБАРАША Б-Р, ЗД. 1, ОФИС 312</t>
+  </si>
+  <si>
+    <t>8-(384)-277-88-60</t>
+  </si>
+  <si>
+    <t>team@export42.ru</t>
+  </si>
+  <si>
+    <t>КИРОВСКИЙ ОБЛАСТНОЙ ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА (МИКРОКРЕДИТНАЯ КОМПАНИЯ)</t>
+  </si>
+  <si>
+    <t>Центр кластерного развития, Центр по развитию предпринимательства, Региональная гарантийная организация, Микрофинансовая организация предпринимательского финансирования</t>
+  </si>
+  <si>
+    <t>610000, ОБЛАСТЬ КИРОВСКАЯ, ГОРОД КИРОВ, ПРОЕЗД ДИНАМОВСКИЙ, ДОМ 4</t>
+  </si>
+  <si>
+    <t>8-(833)-241-04-10</t>
+  </si>
+  <si>
+    <t>mail@kfpp.ru</t>
+  </si>
+  <si>
+    <t>БЕЛОХОЛУНИЦКИЙ ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА МИКРОКРЕДИТНАЯ КОМПАНИЯ "БИЗНЕС-ПАРТНЕР"</t>
+  </si>
+  <si>
+    <t>613200, ОБЛАСТЬ КИРОВСКАЯ, ГОРОД БЕЛАЯ ХОЛУНИЦА, УЛИЦА ЛЕНИНА, 22</t>
+  </si>
+  <si>
+    <t>8-(833)-644-45-54</t>
+  </si>
+  <si>
+    <t>biznes_partner@mail.ru</t>
+  </si>
+  <si>
+    <t>ВЕРХНЕКАМСКИЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА "БИЗНЕС-ПАРТНЁР"</t>
+  </si>
+  <si>
+    <t>612820, ОБЛАСТЬ КИРОВСКАЯ, ГОРОД КИРС, УЛИЦА КИРОВА, ДОМ 18</t>
+  </si>
+  <si>
+    <t>8-(833)-392-09-83</t>
+  </si>
+  <si>
+    <t>kirsfond@yandex.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ГОРОДА ВЯТСКИЕ ПОЛЯНЫ</t>
+  </si>
+  <si>
+    <t>612960, ОБЛАСТЬ КИРОВСКАЯ, ГОРОД ВЯТСКИЕ ПОЛЯНЫ, УЛИЦА ЛЕНИНА, 114, А</t>
+  </si>
+  <si>
+    <t>8-(833)-346-12-62</t>
+  </si>
+  <si>
+    <t>vpfond@mail.ru</t>
+  </si>
+  <si>
+    <t>КИРОВО-ЧЕПЕЦКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА (МИКРОКРЕДИТНАЯ КОМПАНИЯ)</t>
+  </si>
+  <si>
+    <t>613044, ОБЛАСТЬ КИРОВСКАЯ, ГОРОД КИРОВО-ЧЕПЕЦК, УЛИЦА ШКОЛЬНАЯ, ДОМ 12, КОРПУС А</t>
+  </si>
+  <si>
+    <t>8-(833)-616-15-58</t>
+  </si>
+  <si>
+    <t>fond.81@mail.ru</t>
+  </si>
+  <si>
+    <t>ОРИЧЕВСКИЙ ФОНД РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА "БИЗНЕС ЦЕНТР"</t>
+  </si>
+  <si>
+    <t>612080, ОБЛАСТЬ КИРОВСКАЯ, ПОСЕЛОК ГОРОДСКОГО ТИПА ОРИЧИ, УЛИЦА КООПЕРАТИВНАЯ, 14</t>
+  </si>
+  <si>
+    <t>8-(833)-542-33-88</t>
+  </si>
+  <si>
+    <t>orbicentr@yandex.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ПОДОСИНОВСКИЙ ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА "БИЗНЕС ЦЕНТР"</t>
+  </si>
+  <si>
+    <t>613930, ОБЛАСТЬ КИРОВСКАЯ, ПОСЕЛОК ГОРОДСКОГО ТИПА ПОДОСИНОВЕЦ, УЛИЦА РАБОЧАЯ, ДОМ 2</t>
+  </si>
+  <si>
+    <t>8-(833)-512-18-31</t>
+  </si>
+  <si>
+    <t>biznesfond27@yandex.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ УРЖУМСКИЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЕЙ</t>
+  </si>
+  <si>
+    <t>613530, ОБЛАСТЬ КИРОВСКАЯ, ГОРОД УРЖУМ, УЛИЦА СОВЕТСКАЯ, 5</t>
+  </si>
+  <si>
+    <t>8-(833)-632-33-30</t>
+  </si>
+  <si>
+    <t>urzhum-bc@mail.ru</t>
+  </si>
+  <si>
+    <t>ЯРАНСКИЙ ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА "СОЮЗ-ЦЕНТР" (МИКРОКРЕДИТНАЯ КОМПАНИЯ)</t>
+  </si>
+  <si>
+    <t>612260, ОБЛАСТЬ КИРОВСКАЯ, ГОРОД ЯРАНСК, УЛИЦА РАДИНА, 13</t>
+  </si>
+  <si>
+    <t>8-(833)-672-07-40</t>
+  </si>
+  <si>
+    <t>Soyuz-centr@rambler.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР КООРДИНАЦИИ ПОДДЕРЖКИ ЭКСПОРТНО-ОРИЕНТИРОВАННЫХ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА КИРОВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>610020, ОБЛАСТЬ КИРОВСКАЯ, ГОРОД КИРОВ, ПРОЕЗД ДИНАМОВСКИЙ, ДОМ 4, ОФИС 201</t>
+  </si>
+  <si>
+    <t>8-(833)-221-24-30</t>
+  </si>
+  <si>
+    <t>vcpe@mail.ru</t>
+  </si>
+  <si>
+    <t>ТУЖИНСКИЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>612200, ОБЛАСТЬ КИРОВСКАЯ, ПОСЕЛОК ГОРОДСКОГО ТИПА ТУЖА, УЛИЦА ГОРЬКОГО, ДОМ 16</t>
+  </si>
+  <si>
+    <t>8-(833)-402-20-99</t>
+  </si>
+  <si>
+    <t>fond.tuzha@yandex.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "КОРПОРАЦИЯ РАЗВИТИЯ КИРОВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2023-04-26</t>
+  </si>
+  <si>
+    <t>Организация, осуществляющая управление технопарками (технологическими парками), технополисами, научными парками, промышленными парками, индустриальными парками, агропромышленными парками</t>
+  </si>
+  <si>
+    <t>610020, КИРОВСКАЯ ОБЛАСТЬ, ГОРОД КИРОВ Г.О., КИРОВ Г, ДИНАМОВСКИЙ ПРОЕЗД, Д. 4, 308 ОФИС</t>
+  </si>
+  <si>
+    <t>8-(833)-241-19-60</t>
+  </si>
+  <si>
+    <t>office@razvitie43.ru</t>
+  </si>
+  <si>
+    <t>ОРЛОВСКИЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА "БИЗНЕС-ЦЕНТР"</t>
+  </si>
+  <si>
+    <t>612270, КИРОВСКАЯ ОБЛАСТЬ, ОРЛОВСКИЙ Р-Н, ОРЛОВ Г., ЛЕНИНА УЛ., Д.43</t>
+  </si>
+  <si>
+    <t>8-(833)-652-10-86</t>
+  </si>
+  <si>
+    <t>bcntorl@mail.ru</t>
+  </si>
+  <si>
+    <t>ЛУЗСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА "БИЗНЕС-ЦЕНТР"</t>
+  </si>
+  <si>
+    <t>613980, КИРОВСКАЯ, ЛУЗСКИЙ Р-Н, ЛУЗА Г., ЛЕНИНА УЛ., Д.56</t>
+  </si>
+  <si>
+    <t>8-(833)-465-12-58</t>
+  </si>
+  <si>
+    <t>luza-fond@mail.ru</t>
+  </si>
+  <si>
+    <t>НОЛИНСКИЙ ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА (БИЗНЕС-ЦЕНТР)</t>
+  </si>
+  <si>
+    <t>613440, КИРОВСКАЯ, НОЛИНСКИЙ Р-Н, НОЛИНСК Г., ЛЕНИНА УЛ., Д.13</t>
+  </si>
+  <si>
+    <t>8-(833)-682-23-02</t>
+  </si>
+  <si>
+    <t>nolinsk-fond@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ГАРАНТИЙНЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА КОСТРОМСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>156019, ОБЛАСТЬ КОСТРОМСКАЯ, ГОРОД КОСТРОМА, УЛИЦА ЛОКОМОТИВНАЯ, ДОМ 2</t>
+  </si>
+  <si>
+    <t>8-(494)-242-13-66</t>
+  </si>
+  <si>
+    <t>kuchinvv@garantfond44.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ "АГЕНТСТВО ИНВЕСТИЦИЙ И РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА КОСТРОМСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>Центр компетенций в сфере сельскохозяйственной кооперации и поддержки фермеров, Центр прототипирования и промышленного дизайна, Центр по развитию предпринимательства, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>156019, ОБЛАСТЬ КОСТРОМСКАЯ, ГОРОД КОСТРОМА, УЛИЦА ЛОКОМОТИВНАЯ, 2</t>
+  </si>
+  <si>
+    <t>8-(494)-242-20-92</t>
+  </si>
+  <si>
+    <t>arpko@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "МИКРОКРЕДИТНАЯ КОМПАНИЯ КОСТРОМСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2019-07-01</t>
+  </si>
+  <si>
+    <t>156019, ОБЛАСТЬ КОСТРОМСКАЯ, ГОРОД КОСТРОМА, УЛИЦА ЛОКОМОТИВНАЯ, ДОМ 2, ЛИТЕР Ч, НП/КАБ 5/6</t>
+  </si>
+  <si>
+    <t>8-(494)-249-91-65</t>
+  </si>
+  <si>
+    <t>info@mkk44.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ПОДДЕРЖКИ ЭКСПОРТА КОСТРОМСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2021-05-06</t>
+  </si>
+  <si>
+    <t>156019, ОБЛ. КОСТРОМСКАЯ, Г. Кострома, УЛ. ЛОКОМОТИВНАЯ, Д. 2, ПОМЕЩ. 3</t>
+  </si>
+  <si>
+    <t>8-(494)-232-52-51</t>
+  </si>
+  <si>
+    <t>info@exportcenter44.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "КУРГАНСКИЙ ЦЕНТР ИСПЫТАНИЙ, СЕРТИФИКАЦИИ И СТАНДАРТИЗАЦИИ ТРУБОПРОВОДНОЙ АРМАТУРЫ"</t>
+  </si>
+  <si>
+    <t>Центр сертификации, стандартизации и испытаний</t>
+  </si>
+  <si>
+    <t>640006, ОБЛАСТЬ КУРГАНСКАЯ, ГОРОД КУРГАН, УЛИЦА КУЙБЫШЕВА, ДОМ 144, СТРОЕНИЕ 58</t>
+  </si>
+  <si>
+    <t>8 909 171 22 55</t>
+  </si>
+  <si>
+    <t>maltzev_viktor@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "ИНВЕСТИЦИОННОЕ АГЕНТСТВО КУРГАНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр по развитию предпринимательства, Региональная гарантийная организация, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>640021, ОБЛАСТЬ КУРГАНСКАЯ, ГОРОД КУРГАН, УЛИЦА БУРОВА-ПЕТРОВА, ДОМ 112, ОФИС 320</t>
+  </si>
+  <si>
+    <t>8-800-250-47-31</t>
+  </si>
+  <si>
+    <t>invest@invest45.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД МИКРОФИНАНСИРОВАНИЯ КУРГАНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>640021, ОБЛАСТЬ КУРГАНСКАЯ, ГОРОД КУРГАН, УЛИЦА БУРОВА-ПЕТРОВА, ДОМ 112, ОФИС 324</t>
+  </si>
+  <si>
+    <t>garantfond.45ru@yandex.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "АГЕНТСТВО ТЕХНОЛОГИЧЕСКОГО РАЗВИТИЯ КУРГАНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2019-07-22</t>
+  </si>
+  <si>
+    <t>640027, ОБЛАСТЬ КУРГАНСКАЯ, ГОРОД КУРГАН, УЛИЦА БУРОВА-ПЕТРОВА, СТРОЕНИЕ 112А, ОФИС 330</t>
+  </si>
+  <si>
+    <t>ckr45@yandex.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ КАЗЕННОЕ УЧРЕЖДЕНИЕ "ЦЕНТР ЗАКУПОК И РАЗВИТИЯ СОЦИАЛЬНЫХ ИНИЦИАТИВ ГОРОДА КУРСКА"</t>
+  </si>
+  <si>
+    <t>305001, КУРСКАЯ ОБЛАСТЬ, КУРСК Г., ДЗЕРЖИНСКОГО УЛ., Д.25</t>
+  </si>
+  <si>
+    <t>8-(471)-274-07-23</t>
+  </si>
+  <si>
+    <t>info@czrsi-kursk.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР «МОЙ БИЗНЕС» КУРСКОЙ ОБЛАСТИ»</t>
+  </si>
+  <si>
+    <t>2021-12-10</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр по развитию предпринимательства, Региональная гарантийная организация, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>305000, ОБЛ. КУРСКАЯ, Г. Курск, УЛ. ГОРЬКОГО, ЗД. 34</t>
+  </si>
+  <si>
+    <t>8-(471)-254-07-06</t>
+  </si>
+  <si>
+    <t>cpp46@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР КОМПЕТЕНЦИЙ В АГРОПРОМЫШЛЕННОМ КОМПЛЕКСЕ КУРСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2022-12-21</t>
+  </si>
+  <si>
+    <t>305000, КУРСКАЯ ОБЛАСТЬ, КУРСК Г., РАДИЩЕВА УЛ., Д. 17</t>
+  </si>
+  <si>
+    <t>8-(471)-252-09-32</t>
+  </si>
+  <si>
+    <t>ck-kursk@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "МИКРОКРЕДИТНАЯ КОМПАНИЯ КУРСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2023-07-17</t>
+  </si>
+  <si>
+    <t>305000, КУРСКАЯ ОБЛАСТЬ, ГОРОД КУРСК Г.О., КУРСК Г, ГОРЬКОГО УЛ, ЗД. 34</t>
+  </si>
+  <si>
+    <t>8-(471)-270-33-77</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ КАЗЕННОЕ УЧРЕЖДЕНИЕ ЛЕНИНГРАДСКОЙ ОБЛАСТИ "ЛЕНИНГРАДСКИЙ ОБЛАСТНОЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>188643, ОБЛАСТЬ ЛЕНИНГРАДСКАЯ, ГОРОД ВСЕВОЛОЖСК, ШОССЕ КОЛТУШСКОЕ, ДОМ 138</t>
+  </si>
+  <si>
+    <t>8-(812)-576-64-06</t>
+  </si>
+  <si>
+    <t>office@813.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА МО "ГОРОД ПИКАЛЕВО"</t>
+  </si>
+  <si>
+    <t>187600, ОБЛАСТЬ ЛЕНИНГРАДСКАЯ, ГОРОД ПИКАЛЕВО, УЛИЦА ЗАВОДСКАЯ, ДОМ 10, ОФИС 3.11</t>
+  </si>
+  <si>
+    <t>8-(813)-664-27-63</t>
+  </si>
+  <si>
+    <t>fpikalevo@yandex.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА И ПРОМЫШЛЕННОСТИ ЛЕНИНГРАДСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2019-01-18</t>
+  </si>
+  <si>
+    <t>Центр инноваций социальной сферы, Центр по развитию предпринимательства, Региональная гарантийная организация, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>188810, ОБЛАСТЬ ЛЕНИНГРАДСКАЯ, ГОРОД ВЫБОРГ, УЛИЦА НЕКРАСОВА, ДОМ 37</t>
+  </si>
+  <si>
+    <t>8-(812)-309-46-88</t>
+  </si>
+  <si>
+    <t>fpp@813.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ - ЛОДЕЙНОПОЛЬСКИЙ ФОНД РАЗВИТИЯ БИЗНЕСА "СОДЕЙСТВИЕ"</t>
+  </si>
+  <si>
+    <t>2018-12-03</t>
+  </si>
+  <si>
+    <t>187700, ОБЛАСТЬ ЛЕНИНГРАДСКАЯ, ГОРОД ЛОДЕЙНОЕ ПОЛЕ, ПРОСПЕКТ УРИЦКОГО, 8</t>
+  </si>
+  <si>
+    <t>8-(813)-642-54-11</t>
+  </si>
+  <si>
+    <t>mferlp@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ МАЛОГО БИЗНЕСА КИРОВСКОГО РАЙОНА ЛЕНИНГРАДСКОЙ ОБЛАСТИ</t>
+  </si>
+  <si>
+    <t>187342, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, КИРОВСКИЙ М.Р-Н, КИРОВСКОЕ Г.П., КИРОВСК Г, ПИОНЕРСКАЯ УЛ, Д. 14, 6 ОФИС</t>
+  </si>
+  <si>
+    <t>8-(911)-241-59-96</t>
+  </si>
+  <si>
+    <t>fond@kirovsk-reg.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД "КИНГИСЕППСКИЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>188480, ОБЛАСТЬ ЛЕНИНГРАДСКАЯ, ГОРОД КИНГИСЕПП, ПРОСПЕКТ КАРЛА МАРКСА, ДОМ 24</t>
+  </si>
+  <si>
+    <t>8-(813)-759-45-04</t>
+  </si>
+  <si>
+    <t>mf_kfbs@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ВЫБОРГСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА»</t>
+  </si>
+  <si>
+    <t>2019-03-28</t>
+  </si>
+  <si>
+    <t>188800, ОБЛАСТЬ ЛЕНИНГРАДСКАЯ, ГОРОД ВЫБОРГ, ПРОСПЕКТ ЛЕНИНА, ДОМ 18</t>
+  </si>
+  <si>
+    <t>8-(981)-991-98-46</t>
+  </si>
+  <si>
+    <t>cppvbg@mail.ru</t>
+  </si>
+  <si>
+    <t>МЕЖМУНИЦИПАЛЬНАЯ АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР СОДЕЙСТВИЯ РАЗВИТИЮ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА (МИКРОКРЕДИТНАЯ КОМПАНИЯ)"</t>
+  </si>
+  <si>
+    <t>Муниципальный фонд поддержки предпринимательства, Микрофинансовая организация предпринимательского финансирования, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>187113, ОБЛАСТЬ ЛЕНИНГРАДСКАЯ, ГОРОД КИРИШИ, ПЕРЕУЛОК ШКОЛЬНЫЙ, ДОМ 3, ЭТАЖ 1</t>
+  </si>
+  <si>
+    <t>8-(813)-685-14-14</t>
+  </si>
+  <si>
+    <t>mano.kir@mail.ru</t>
+  </si>
+  <si>
+    <t>СОСНОВОБОРСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>188542, ОБЛАСТЬ ЛЕНИНГРАДСКАЯ, ГОРОД СОСНОВЫЙ БОР, ПРОСПЕКТ ГЕРОЕВ, ДОМ 54, КОРПУС А</t>
+  </si>
+  <si>
+    <t>8-(813)-697-32-87</t>
+  </si>
+  <si>
+    <t>buhfoind@yandex.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "ВСЕВОЛОЖСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА - БИЗНЕС-ИНКУБАТОР" МИКРОКРЕДИТНАЯ КОМПАНИЯ</t>
+  </si>
+  <si>
+    <t>188640, ОБЛАСТЬ ЛЕНИНГРАДСКАЯ, ГОРОД ВСЕВОЛОЖСК, ПРОСПЕКТ ВСЕВОЛОЖСКИЙ, ДОМ 14А</t>
+  </si>
+  <si>
+    <t>8-(904)-513-26-00</t>
+  </si>
+  <si>
+    <t>info.fondvsev@gmail.com</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ РАЗВИТИЯ ЭКОНОМИКИ И ПРЕДПРИНИМАТЕЛЬСТВА ЛУЖСКОГО РАЙОНА "СОЦИАЛЬНО-ДЕЛОВОЙ ЦЕНТР"</t>
+  </si>
+  <si>
+    <t>188230, ОБЛАСТЬ ЛЕНИНГРАДСКАЯ, ГОРОД ЛУГА, ПРОСПЕКТ КИРОВА, 56, 35</t>
+  </si>
+  <si>
+    <t>8-(952)-379-77-10</t>
+  </si>
+  <si>
+    <t>sdc@sdc.luga.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА-МИКРОКРЕДИТНАЯ КОМПАНИЯ МО "ГОРОД ГАТЧИНА"</t>
+  </si>
+  <si>
+    <t>188300, ОБЛАСТЬ ЛЕНИНГРАДСКАЯ, ГОРОД ГАТЧИНА, ПРОСПЕКТ 25 ОКТЯБРЯ, 28А, VIII</t>
+  </si>
+  <si>
+    <t>8-(813)-713-38-44</t>
+  </si>
+  <si>
+    <t>Mspfond-gtn@yandex.ru</t>
+  </si>
+  <si>
+    <t>"МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА" ГАТЧИНСКОГО МУНИЦИПАЛЬНОГО РАЙОНА</t>
+  </si>
+  <si>
+    <t>188340, ОБЛАСТЬ ЛЕНИНГРАДСКАЯ, ГОРОДСКОЙ ПОСЕЛОК ТАЙЦЫ, УЛИЦА ЮНОГО ЛЕНИНЦА, 2</t>
+  </si>
+  <si>
+    <t>8-(813)-713-07-70</t>
+  </si>
+  <si>
+    <t>mfpmpgr@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "УЧЕБНО - ДЕЛОВОЙ ЦЕНТР (БИЗНЕС - ИНКУБАТОР)"</t>
+  </si>
+  <si>
+    <t>2019-05-14</t>
+  </si>
+  <si>
+    <t>187553, ОБЛАСТЬ ЛЕНИНГРАДСКАЯ, ГОРОД ТИХВИН, МИКРОРАЙОН 1, 24 А</t>
+  </si>
+  <si>
+    <t>8-(813)-677-16-59</t>
+  </si>
+  <si>
+    <t>centudc@yandex.ru</t>
+  </si>
+  <si>
+    <t>ЛОМОНОСОВСКИЙ ФОНД УСТОЙЧИВОГО РАЗВИТИЯ "БИЗНЕС-ЦЕНТР"</t>
+  </si>
+  <si>
+    <t>188502, ОБЛАСТЬ ЛЕНИНГРАДСКАЯ, ДЕРЕВНЯ ГОРБУНКИ, ДОМ 5/1, ПОМЕЩЕНИЕ 35</t>
+  </si>
+  <si>
+    <t>8-(965)-008-04-40</t>
+  </si>
+  <si>
+    <t>director@lomonosov.813.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД РАЗВИТИЯ И ПОДДЕРЖКИ МАЛОГО, СРЕДНЕГО БИЗНЕСА МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ ПРИОЗЕРСКИЙ МУНИЦИПАЛЬНЫЙ РАЙОН"</t>
+  </si>
+  <si>
+    <t>188760, ОБЛАСТЬ ЛЕНИНГРАДСКАЯ, ГОРОД ПРИОЗЕРСК, УЛИЦА ЛЕНИНА, 36</t>
+  </si>
+  <si>
+    <t>8-(813)-793-18-62</t>
+  </si>
+  <si>
+    <t>priozersk-fond@yandex.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ СЛАНЦЕВСКОГО МУНИЦИПАЛЬНОГО РАЙОНА ЛЕНИНГРАДСКОЙ ОБЛАСТИ "СОЦИАЛЬНО-ДЕЛОВОЙ ЦЕНТР"</t>
+  </si>
+  <si>
+    <t>188560, ОБЛАСТЬ ЛЕНИНГРАДСКАЯ, ГОРОД СЛАНЦЫ, УЛИЦА КИРОВА, 19</t>
+  </si>
+  <si>
+    <t>8-(813)-742-18-44</t>
+  </si>
+  <si>
+    <t>fondsdc@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ВОЛХОВСКИЙ БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>2019-06-10</t>
+  </si>
+  <si>
+    <t>187406, ОБЛАСТЬ ЛЕНИНГРАДСКАЯ, ГОРОД ВОЛХОВ, УЛИЦА АВИАЦИОННАЯ, ДОМ 48</t>
+  </si>
+  <si>
+    <t>8-(813)-632-63-26</t>
+  </si>
+  <si>
+    <t>vbi813@yandex.ru</t>
+  </si>
+  <si>
+    <t>ПОДПОРОЖСКИЙ ФОНД РАЗВИТИЯ ЭКОНОМИКИ И ПРЕДПРИНИМАТЕЛЬСТВА "ЦЕНТР ДЕЛОВОГО СОТРУДНИЧЕСТВА"</t>
+  </si>
+  <si>
+    <t>187780, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, ПОДПОРОЖСКИЙ Р-Н, ПОДПОРОЖЬЕ Г., КОМСОМОЛЬСКАЯ УЛ., Д.6 -, -</t>
+  </si>
+  <si>
+    <t>8-(911)-000-23-73</t>
+  </si>
+  <si>
+    <t>pfrep@yandex.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "МУНИЦИПАЛЬНЫЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>187000, ОБЛАСТЬ ЛЕНИНГРАДСКАЯ, ГОРОД ТОСНО, ПРОСПЕКТ ЛЕНИНА, ДОМ 29</t>
+  </si>
+  <si>
+    <t>8-(813)-612-91-39</t>
+  </si>
+  <si>
+    <t>fond.tosno@mail.ru</t>
+  </si>
+  <si>
+    <t>ЦЕНТРАЛИЗОВАННЫЙ МУНИЦИПАЛЬНЫЙ ФОНД ПО СОДЕЙСТВИЮ И РАЗВИТИЮ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА БОКСИТОГОРСКОГО МУНИЦИПАЛЬНОГО РАЙОНА</t>
+  </si>
+  <si>
+    <t>187600, ОБЛАСТЬ ЛЕНИНГРАДСКАЯ, ГОРОД ПИКАЛЕВО, УЛИЦА ВОКЗАЛЬНАЯ, 13 ЛИТЕР "А"</t>
+  </si>
+  <si>
+    <t>8-(921)-638-58-08</t>
+  </si>
+  <si>
+    <t>cmf_47@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР РАЗВИТИЯ ПРОМЫШЛЕННОСТИ ЛЕНИНГРАДСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>188300, ОБЛАСТЬ ЛЕНИНГРАДСКАЯ, ГОРОД ГАТЧИНА, ПРОСПЕКТ 25 ОКТЯБРЯ, ДОМ 28А, ПОМЕЩЕНИЕ VIII,ОФИС5</t>
+  </si>
+  <si>
+    <t>8-(812)-644-01-24</t>
+  </si>
+  <si>
+    <t>info@crplo.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ВОЛОСОВСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>2023-03-24</t>
+  </si>
+  <si>
+    <t>188410, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, ВОЛОСОВСКИЙ М.Р-Н, ВОЛОСОВСКОЕ Г.П., ВОЛОСОВО Г, КРАСНЫХ ПАРТИЗАН УЛ, Д. 5</t>
+  </si>
+  <si>
+    <t>8-(813)-732-16-23</t>
+  </si>
+  <si>
+    <t>volosovobiznes@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "МИКРОКРЕДИТНАЯ КОМПАНИЯ ЛЕНИНГРАДСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2024-12-11</t>
+  </si>
+  <si>
+    <t>188340, ЛЕНИНГРАДСКАЯ ОБЛАСТЬ, ГАТЧИНСКИЙ М.Р-Н, ТАИЦКОЕ Г.П., ТАЙЦЫ ГП, ЮНОГО ЛЕНИНЦА УЛ, Д. 2</t>
+  </si>
+  <si>
+    <t>8-(800)-309-46-88</t>
+  </si>
+  <si>
+    <t>mkk@813.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ КАЗЕННОЕ УЧРЕЖДЕНИЕ ЛЕНИНГРАДСКОЙ ОБЛАСТИ "АГЕНТСТВО ПО ОБЕСПЕЧЕНИЮ ДЕЯТЕЛЬНОСТИ АГРОПРОМЫШЛЕННОГО И РЫБОХОЗЯЙСТВЕННОГО КОМПЛЕКСА ЛЕНИНГРАДСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>191311, Г.САНКТ-ПЕТЕРБУРГ, СМОЛЬНОГО УЛ., Д. 3, ОФИС 392</t>
+  </si>
+  <si>
+    <t>8-(812)-539-11-60</t>
+  </si>
+  <si>
+    <t>lenagroconsult@yandex.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ "ЛИПЕЦКИЙ ОБЛАСТНОЙ ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>Иная организация, Региональная гарантийная организация, Микрофинансовая организация предпринимательского финансирования</t>
+  </si>
+  <si>
+    <t>398050, ОБЛАСТЬ ЛИПЕЦКАЯ, ГОРОД ЛИПЕЦК, УЛИЦА КУЗНЕЧНАЯ, ДОМ 8</t>
+  </si>
+  <si>
+    <t>8-(474)-222-12-95</t>
+  </si>
+  <si>
+    <t>fond.lipetsk@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР КООРДИНАЦИИ ПОДДЕРЖКИ ЭКСПОРТНО ОРИЕНТИРОВАННЫХ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ЛИПЕЦКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>398001, ОБЛАСТЬ ЛИПЕЦКАЯ, ГОРОД ЛИПЕЦК, УЛИЦА ПЕРВОМАЙСКАЯ, ДОМ 78, ОФИС 312</t>
+  </si>
+  <si>
+    <t>8-(474)-237-13-88</t>
+  </si>
+  <si>
+    <t>info@48mb.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "ТЕХНОПАРК-ЛИПЕЦК"</t>
+  </si>
+  <si>
+    <t>2022-02-09</t>
+  </si>
+  <si>
+    <t>Управляющая компания технопарков (промышленных технопарков), Технопарк</t>
+  </si>
+  <si>
+    <t>398017, ЛИПЕЦКАЯ ОБЛАСТЬ, ЛИПЕЦК Г., 9-ГО МАЯ УЛ., Д.27</t>
+  </si>
+  <si>
+    <t>8-(474)-225-13-40</t>
+  </si>
+  <si>
+    <t>tehnopark.lip@gmail.com</t>
+  </si>
+  <si>
+    <t>ОБЛАСТНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "ЦЕНТР КОМПЕТЕНЦИЙ АПК ЛИПЕЦКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2022-02-28</t>
+  </si>
+  <si>
+    <t>398055, ОБЛАСТЬ ЛИПЕЦКАЯ, ГОРОД ЛИПЕЦК, УЛИЦА МОСКОВСКАЯ, ДОМ 83</t>
+  </si>
+  <si>
+    <t>8-(474)-230-73-59</t>
+  </si>
+  <si>
+    <t>ck.apk@admlr.lipetsk.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА И ПОМОЩИ УЧАСТНИКАМ СПЕЦИАЛЬНОЙ ВОЕННОЙ ОПЕРАЦИИ И ИХ СЕМЬЯМ "БИЗНЕС-ИНКУБАТОР "МОЛОДЕЖЬ"</t>
+  </si>
+  <si>
+    <t>2023-04-19</t>
+  </si>
+  <si>
+    <t>399900, ЛИПЕЦКАЯ ОБЛАСТЬ, ЧАПЛЫГИНСКИЙ Р-Н, ЧАПЛЫГИН Г, ЛЕНИНА УЛ, ЗД. 12</t>
+  </si>
+  <si>
+    <t>8-(474)-752-26-95</t>
+  </si>
+  <si>
+    <t>AONinkubator48@yandex.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "МАГАДАНСКИЙ РЕГИОНАЛЬНЫЙ ФОНД СОДЕЙСТВИЯ РАЗВИТИЮ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>Коворкинг, Центр компетенций в сфере сельскохозяйственной кооперации и поддержки фермеров, Центр поддержки народных художественных промыслов, Центр кластерного развития, Центр по развитию предпринимательства, Региональная гарантийная организация</t>
+  </si>
+  <si>
+    <t>685000, МАГАДАНСКАЯ ОБЛАСТЬ, МАГАДАН Г, КАРЛА МАРКСА ПР-КТ, Д. 60А</t>
+  </si>
+  <si>
+    <t>8-(413)-260-98-28</t>
+  </si>
+  <si>
+    <t>mrfsrp@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "МИКРОКРЕДИТНАЯ КОМПАНИЯ МАГАДАНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2021-07-27</t>
+  </si>
+  <si>
+    <t>685000, ОБЛАСТЬ МАГАДАНСКАЯ, ГОРОД МАГАДАН, ПРОСПЕКТ КАРЛА МАРКСА, ДОМ 60, КОРПУС А</t>
+  </si>
+  <si>
+    <t>8-(413)-261-70-50</t>
+  </si>
+  <si>
+    <t>mkk_magadan@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "МОСКОВСКИЙ ОБЛАСТНОЙ ФОНД МИКРОФИНАНСИРОВАНИЯ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>143401, ОБЛАСТЬ МОСКОВСКАЯ, ГОРОД КРАСНОГОРСК, БУЛЬВАР СТРОИТЕЛЕЙ, ДОМ 4, КОРПУС 1</t>
+  </si>
+  <si>
+    <t>7(985)140-36-96</t>
+  </si>
+  <si>
+    <t>bav@mofmicro.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "МОСКОВСКИЙ ОБЛАСТНОЙ ГАРАНТИЙНЫЙ ФОНД СОДЕЙСТВИЯ КРЕДИТОВАНИЮ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>(495) 730-50-52</t>
+  </si>
+  <si>
+    <t>Lil@mosreg-garant.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ ВНЕШНЕЭКОНОМИЧЕСКОЙ ДЕЯТЕЛЬНОСТИ МОСКОВСКОЙ ОБЛАСТИ</t>
+  </si>
+  <si>
+    <t>exporthelp@mosreg.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ЦЕНТР ПРОТОТИПИРОВАНИЯ И АДДИТИВНЫХ ТЕХНОЛОГИЙ"</t>
+  </si>
+  <si>
+    <t>2019-03-11</t>
+  </si>
+  <si>
+    <t>140188, ОБЛ. МОСКОВСКАЯ, Г. Жуковский, УЛ. БАЖЕНОВА, Д. 10А, ЭТАЖ ЦОКОЛЬНЫЙ ПОМЕЩ. 20</t>
+  </si>
+  <si>
+    <t>+7 985-459-75-66</t>
+  </si>
+  <si>
+    <t>Igor.Y.Ermolin@avianik.com</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "АГЕНТСТВО ИНВЕСТИЦИОННОГО РАЗВИТИЯ МОСКОВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>Центр по развитию предпринимательства, Центр по развитию предпринимательства, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>143401, ОБЛАСТЬ МОСКОВСКАЯ, ГОРОД КРАСНОГОРСК, БУЛЬВАР СТРОИТЕЛЕЙ, ДОМ 2, ПОМЕЩЕНИЯ 25, 41-47, 49</t>
+  </si>
+  <si>
+    <t>8-499-645-64-00</t>
+  </si>
+  <si>
+    <t>BarulinVA@mosreg.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "РЕУТОВСКИЙ ГОРОДСКОЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>2020-03-25</t>
+  </si>
+  <si>
+    <t>Муниципальный фонд поддержки предпринимательства, Муниципальный фонд поддержки предпринимательства, Муниципальный фонд поддержки предпринимательства, Муниципальный фонд поддержки предпринимательства, Муниципальный фонд поддержки предпринимательства</t>
+  </si>
+  <si>
+    <t>143966, ОБЛАСТЬ МОСКОВСКАЯ, ГОРОД РЕУТОВ, УЛИЦА ЛЕНИНА, 27</t>
+  </si>
+  <si>
+    <t>8-926-275-33-76</t>
+  </si>
+  <si>
+    <t>azagan@mail. ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ ОБЛАСТНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "МУРМАНСКИЙ РЕГИОНАЛЬНЫЙ ИННОВАЦИОННЫЙ БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>183031, ОБЛАСТЬ МУРМАНСКАЯ, ГОРОД МУРМАНСК, УЛИЦА ПОДСТАНИЦКОГО, ДОМ 1</t>
+  </si>
+  <si>
+    <t>8(8152) 432949</t>
+  </si>
+  <si>
+    <t>info@mribi.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД РАЗВИТИЯ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА МУРМАНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>Центр кластерного развития, Региональная гарантийная организация, Микрофинансовая организация предпринимательского финансирования, Микрофинансовая организация предпринимательского финансирования, Консультационный центр</t>
+  </si>
+  <si>
+    <t>8(8152) 411122</t>
+  </si>
+  <si>
+    <t>nkoformap@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ ПО РАЗВИТИЮ КОНГРЕССНО-ВЫСТАВОЧНОЙ ДЕЯТЕЛЬНОСТИ "МУРМАНКОНГРЕСС"</t>
+  </si>
+  <si>
+    <t>2019-01-30</t>
+  </si>
+  <si>
+    <t>183038, ОБЛАСТЬ МУРМАНСКАЯ, ГОРОД МУРМАНСК, УЛИЦА ВОРОВСКОГО, ДОМ 5, КОРПУС 23, ОФИС 435</t>
+  </si>
+  <si>
+    <t>8 (911) 300-13-29</t>
+  </si>
+  <si>
+    <t>dir@murman-con.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "КОРПОРАЦИЯ РАЗВИТИЯ МУРМАНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>Консультационный центр, Акционерный инвестиционный фонд, привлекающий инвестиции для субъектов МСП</t>
+  </si>
+  <si>
+    <t>183038, ОБЛАСТЬ МУРМАНСКАЯ, ГОРОД МУРМАНСК, ПРОСПЕКТ ЛЕНИНА, ДОМ 82, ОФИС 914</t>
+  </si>
+  <si>
+    <t>8 (8152) 564487</t>
+  </si>
+  <si>
+    <t>corp@invest-murman.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "КОРПОРАЦИЯ РАЗВИТИЯ ПРОМЫШЛЕННОСТИ И ПРЕДПРИНИМАТЕЛЬСТВА НИЖЕГОРОДСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>603144, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД НИЖНИЙ НОВГОРОД, УЛИЦА АКАДЕМИКА САХАРОВА, ДОМ 4</t>
+  </si>
+  <si>
+    <t>8-(831)-262-27-13</t>
+  </si>
+  <si>
+    <t>official@arkpp-nn.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ ГОРОДСКОГО ОКРУГА ГОРОД БОР НИЖЕГОРОДСКОЙ ОБЛАСТИ "БОРСКИЙ БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>606440, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД БОР, СЛОБОДСКАЯ, 1 "А"</t>
+  </si>
+  <si>
+    <t>8-(831)-592-74-60</t>
+  </si>
+  <si>
+    <t>maybbi@bk.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "ЗАВОЛЖСКИЙ БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>606523, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД ЗАВОЛЖЬЕ, УЛИЦА МОЛОДЕЖНАЯ, 6</t>
+  </si>
+  <si>
+    <t>8-(831)-613-81-00</t>
+  </si>
+  <si>
+    <t>info@biz-zvl.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ "БИЗНЕС-ИНКУБАТОР "ПАВЛОВСКИЙ"</t>
+  </si>
+  <si>
+    <t>606100, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД ПАВЛОВО, УЛИЦА МАЯКОВСКОГО, 75</t>
+  </si>
+  <si>
+    <t>8-(831)-712-17-28</t>
+  </si>
+  <si>
+    <t>business-inc.pav@bk.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "ТОНШАЕВСКИЙ БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>606950, ОБЛ. НИЖЕГОРОДСКАЯ, РП. Тоншаево, УЛ. М.ГОРЬКОГО, Д. 4Б</t>
+  </si>
+  <si>
+    <t>8-(902)-301-01-38</t>
+  </si>
+  <si>
+    <t>tonshaevobi@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ "ВЫКСУНСКИЙ БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>607060, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД ВЫКСА, КВАРТАЛ ДЕЛОВОЙ, ЗДАНИЕ 1</t>
+  </si>
+  <si>
+    <t>8-(831)-777-79-81</t>
+  </si>
+  <si>
+    <t>biv2014@list.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ АВТОНОМНОЕ  УЧРЕЖДЕНИЕ  "БИЗНЕС-ИНКУБАТОР Г.ДЗЕРЖИНСКА"</t>
+  </si>
+  <si>
+    <t>606016, Область Нижегородская, Город Дзержинск, пл. Дзержинского, д.3, каб № 9</t>
+  </si>
+  <si>
+    <t>8-(831)-331-01-00</t>
+  </si>
+  <si>
+    <t>biz-ink.dz@mail.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ УЧРЕЖДЕНИЕ "НИЖЕГОРОДСКИЙ ИННОВАЦИОННЫЙ БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>Технопарк, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>603152, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД НИЖНИЙ НОВГОРОД, УЛИЦА ЛАРИНА, 22</t>
+  </si>
+  <si>
+    <t>8-(831)-275-80-20</t>
+  </si>
+  <si>
+    <t>info@bi-clever.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "АГЕНТСТВО ПО РАЗВИТИЮ СИСТЕМЫ ГАРАНТИЙ НИЖЕГОРОДСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>603134, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД НИЖНИЙ НОВГОРОД, УЛИЦА КОСТИНА, 2, 126</t>
+  </si>
+  <si>
+    <t>8-(831)-214-09-44</t>
+  </si>
+  <si>
+    <t>info@garantnn.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "ТЕХНОПАРК "САРОВ"</t>
+  </si>
+  <si>
+    <t>607328, Нижегородская область, Г.О. ЗАТО г. Саров, г. Саров, ул. Парковая, д.3</t>
+  </si>
+  <si>
+    <t>8-(831)-309-90-00</t>
+  </si>
+  <si>
+    <t>tpsarov@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ИННОВАЦИЙ СОЦИАЛЬНОЙ СФЕРЫ НИЖЕГОРОДСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>Центр инноваций социальной сферы</t>
+  </si>
+  <si>
+    <t>603145,
+НИЖЕГОРОДСКАЯ ОБЛАСТЬ,
+Г.О. ГОРОД НИЖНИЙ НОВГОРОД,
+Г НИЖНИЙ НОВГОРОД,
+УЛ АКАДЕМИКА САХАРОВА,
+Д. 4, ОФИС 529</t>
+  </si>
+  <si>
+    <t>8-(831)-435-15-24</t>
+  </si>
+  <si>
+    <t>info@cissno52.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "БОГОРОДСКИЙ ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>607600, ОБЛ. НИЖЕГОРОДСКАЯ, Г. Богородск, УЛ. ЛЕНИНА, Д. 184</t>
+  </si>
+  <si>
+    <t>8-(831)-702-13-93</t>
+  </si>
+  <si>
+    <t>bg-srp@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЛЫСКОВСКИЙ ЦЕНТР РАЗВИТИЯ БИЗНЕСА"</t>
+  </si>
+  <si>
+    <t>606210, НИЖЕГОРОДСКАЯ ОБЛАСТЬ, ЛЫСКОВСКИЙ Р-Н, ЛЫСКОВО Г., НЕСТЕРОВА УЛ., Д.5, НЕЖИЛОЕ ПОМЕЩЕНИЕ П1</t>
+  </si>
+  <si>
+    <t>8-(987)-541-11-25</t>
+  </si>
+  <si>
+    <t>anobiz@mail.ru</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Автономная некоммерческая организация "Центр развития предпринимательства г.Дзержинска"
+</t>
+  </si>
+  <si>
+    <t>606000, обл. Нижегородская, гор. Дзержинск, пл. Дзержинского, д.3, каб. № 9</t>
+  </si>
+  <si>
+    <t>8-(831)-325-80-85</t>
+  </si>
+  <si>
+    <t>ano_crp@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "УРЕНСКИЙ ЦЕНТР РАЗВИТИЯ БИЗНЕСА"</t>
+  </si>
+  <si>
+    <t>606800, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД УРЕНЬ, УЛИЦА ЛЕНИНА, ДОМ 65, КАБИНЕТ 32</t>
+  </si>
+  <si>
+    <t>8-(831)-542-48-70</t>
+  </si>
+  <si>
+    <t>uren_biznes_centr@mts-nn.ru</t>
+  </si>
+  <si>
+    <t>Муниципальное бюджетное учреждение «Бизнес-инкубатор Городецкого муниципального округа»</t>
+  </si>
+  <si>
+    <t>606502, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД ГОРОДЕЦ, ПЛОЩАДЬ ПРОЛЕТАРСКАЯ, ДОМ 15, ПОМЕЩЕНИЕ 18</t>
+  </si>
+  <si>
+    <t>8-(831)-619-47-22</t>
+  </si>
+  <si>
+    <t>bigr5248@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ  СОСНОВСКИЙ ЦЕНТР РАЗВИТИЯ БИЗНЕСА</t>
+  </si>
+  <si>
+    <t>606170, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, РАБОЧИЙ ПОСЕЛОК СОСНОВСКОЕ, УЛИЦА КРУПСКОЙ, ДОМ 83 А, ПОМЕЩЕНИЕ 103</t>
+  </si>
+  <si>
+    <t>8-(831)-742-64-56</t>
+  </si>
+  <si>
+    <t>sosncrb2010@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "КРАСНОБАКОВСКИЙ ЦЕНТР РАЗВИТИЯ БИЗНЕСА"</t>
+  </si>
+  <si>
+    <t>606710, ОБЛ. НИЖЕГОРОДСКАЯ, РП. Красные Баки, УЛ. СВОБОДЫ, ЗД. 90</t>
+  </si>
+  <si>
+    <t>8-(831)-562-15-14</t>
+  </si>
+  <si>
+    <t>bc.krbaki@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ШАХУНСКИЙ ЦЕНТР РАЗВИТИЯ БИЗНЕСА"</t>
+  </si>
+  <si>
+    <t>606910, Область Нижегородская, Город Шахунья, Площадь Советская, 1</t>
+  </si>
+  <si>
+    <t>8-(831)-522-17-00</t>
+  </si>
+  <si>
+    <t>shah-bcentr@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР РАЗВИТИЯ БИЗНЕСА"</t>
+  </si>
+  <si>
+    <t>2018-12-04</t>
+  </si>
+  <si>
+    <t>607511, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД СЕРГАЧ, ПОСЕЛОК МОЛОДЕЖНЫЙ, ДОМ 16 Б</t>
+  </si>
+  <si>
+    <t>8-(915)-951-83-98</t>
+  </si>
+  <si>
+    <t>ckr@ckr43.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА" КОВЕРНИНСКОГО МУНИЦИПАЛЬНОГО ОКРУГА</t>
+  </si>
+  <si>
+    <t>606570, ОБЛ. НИЖЕГОРОДСКАЯ, РП. Ковернино, УЛ. ЧКАЛОВА, Д. 21, КОМ. 2</t>
+  </si>
+  <si>
+    <t>8-(831)-572-33-18</t>
+  </si>
+  <si>
+    <t>anokov3318@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ПЕРЕВОЗСКИЙ ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>607400, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД ПЕРЕВОЗ, МИКРОРАЙОН 2-Й, 1А</t>
+  </si>
+  <si>
+    <t>8-(831)-485-19-55</t>
+  </si>
+  <si>
+    <t>buh.pcrp@bk.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ВАРНАВИНСКИЙ ЦЕНТР РАЗВИТИЯ БИЗНЕСА И ТУРИЗМА"</t>
+  </si>
+  <si>
+    <t>606760, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, РАБОЧИЙ ПОСЕЛОК ВАРНАВИНО, УЛИЦА КРАСНОАРМЕЙСКАЯ, ДОМ 1, КОРПУС А, ПОМЕЩЕНИЕ 17</t>
+  </si>
+  <si>
+    <t>8-(831)-583-51-35</t>
+  </si>
+  <si>
+    <t>vbs_varn@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЗАВОЛЖСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>606520, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД ЗАВОЛЖЬЕ, ПРОСПЕКТ МИРА, 19</t>
+  </si>
+  <si>
+    <t>zaim_zvl@mail.ru</t>
+  </si>
+  <si>
+    <t>607186, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД САРОВ, ПРОСПЕКТ ОКТЯБРЬСКИЙ, 13</t>
+  </si>
+  <si>
+    <t>8-(831)-309-92-63</t>
+  </si>
+  <si>
+    <t>mail@sarovbiz.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "СПАССКИЙ ЦЕНТР РАЗВИТИЯ МАЛОГО БИЗНЕСА"</t>
+  </si>
+  <si>
+    <t>606280, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, СЕЛО СПАССКОЕ, ПЛОЩАДЬ РЕВОЛЮЦИИ, 71</t>
+  </si>
+  <si>
+    <t>8-(910)-894-29-77</t>
+  </si>
+  <si>
+    <t>spsarkpp@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "БУТУРЛИНСКИЙ ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>607440, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, РАБОЧИЙ ПОСЕЛОК БУТУРЛИНО, УЛИЦА ЛЕНИНА, 105</t>
+  </si>
+  <si>
+    <t>8-(987)-747-68-10</t>
+  </si>
+  <si>
+    <t>cppbut@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "КУЛЕБАКСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>607018, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД КУЛЕБАКИ, УЛИЦА БУТОВА, 120</t>
+  </si>
+  <si>
+    <t>8-(831)-765-00-86</t>
+  </si>
+  <si>
+    <t>kulebaki_biznes@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА ПАВЛОВСКОГО МУНИЦИПАЛЬНОГО ОКРУГА"</t>
+  </si>
+  <si>
+    <t>606100, ОБЛ. НИЖЕГОРОДСКАЯ, Г. Павлово, УЛ. МАЯКОВСКОГО, Д. 75, ОФИС 208/1</t>
+  </si>
+  <si>
+    <t>8-(908)-758-00-12</t>
+  </si>
+  <si>
+    <t>anocrpstrebkova@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ АРДАТОВСКОГО МУНИЦИПАЛЬНОГО ОКРУГА НИЖЕГОРОДСКОЙ ОБЛАСТИ "ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>607130, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, РАБОЧИЙ ПОСЕЛОК АРДАТОВ, УЛИЦА ЛЕНИНА, ДОМ 28</t>
+  </si>
+  <si>
+    <t>8-(831)-795-08-49</t>
+  </si>
+  <si>
+    <t>ulanov@inbox.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР РАЗВИТИЯ БИЗНЕСА БОЛЬШЕМУРАШКИНСКОГО РАЙОНА"</t>
+  </si>
+  <si>
+    <t>606360, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, РАБОЧИЙ ПОСЕЛОК БОЛЬШОЕ МУРАШКИНО, УЛИЦА СВОБОДЫ, ДОМ 67</t>
+  </si>
+  <si>
+    <t>8-(831)-675-10-65</t>
+  </si>
+  <si>
+    <t>ano.biznescentr@yandex.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "БИЗНЕС-ИНКУБАТОР БАЛАХНИНСКОГО МУНИЦИПАЛЬНОГО ОКРУГА"</t>
+  </si>
+  <si>
+    <t>606407, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД БАЛАХНА, ПРОСПЕКТ ДЗЕРЖИНСКОГО, ДОМ 36</t>
+  </si>
+  <si>
+    <t>8-(831)-444-50-12</t>
+  </si>
+  <si>
+    <t>bibmr@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ГАГИНСКИЙ ЦЕНТР РАЗВИТИЯ БИЗНЕСА И ТУРИЗМА"</t>
+  </si>
+  <si>
+    <t>2020-05-13</t>
+  </si>
+  <si>
+    <t>607870, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, СЕЛО ГАГИНО, УЛИЦА КОММУНИСТИЧЕСКАЯ, ДОМ 14</t>
+  </si>
+  <si>
+    <t>8-(920)-251-66-33</t>
+  </si>
+  <si>
+    <t>Volk-12007@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ДАЛЬНЕКОНСТАНТИНОВСКИЙ ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>2020-12-29</t>
+  </si>
+  <si>
+    <t>606310, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, РАБОЧИЙ ПОСЕЛОК ДАЛЬНЕЕ КОНСТАНТИНОВО, УЛИЦА СОВЕТСКАЯ, ДОМ 99</t>
+  </si>
+  <si>
+    <t>8-(920)-031-10-31</t>
+  </si>
+  <si>
+    <t>ano_dcrp@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР РАЗВИТИЯ БИЗНЕСА "ПОТЕНЦИАЛ"</t>
+  </si>
+  <si>
+    <t>606650 Область Нижегородская, гор. Семенов пл. Ленина д. 2</t>
+  </si>
+  <si>
+    <t>8-(831)-625-31-91</t>
+  </si>
+  <si>
+    <t>potential-biz@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "НАВАШИНСКИЙ ЦЕНТР ПОДДЕРЖКИ И РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>2021-01-18</t>
+  </si>
+  <si>
+    <t>607102, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД НАВАШИНО, УЛИЦА ЛЕНИНА, ДОМ 28</t>
+  </si>
+  <si>
+    <t>8-(831)-755-66-45</t>
+  </si>
+  <si>
+    <t>cprp_nav@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "БОЛЬШЕБОЛДИНСКИЙ ЦЕНТР ПОДДЕРЖКИ И РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>2021-03-25</t>
+  </si>
+  <si>
+    <t>607940, НИЖЕГОРОДСКАЯ ОБЛАСТЬ, БОЛЬШЕБОЛДИНСКИЙ М.О., БОЛЬШОЕ БОЛДИНО С, ВОСТОЧНАЯ УЛ, Д. 2А</t>
+  </si>
+  <si>
+    <t>8-(831)-472-90-36</t>
+  </si>
+  <si>
+    <t>bcprp@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ВАЧСКИЙ ЦЕНТР РАЗВИТИЯ БИЗНЕСА"</t>
+  </si>
+  <si>
+    <t>2021-04-01</t>
+  </si>
+  <si>
+    <t>606150, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, РАБОЧИЙ ПОСЕЛОК ВАЧА, УЛИЦА СОВЕТСКАЯ, 38</t>
+  </si>
+  <si>
+    <t>8-(920)-292-66-07</t>
+  </si>
+  <si>
+    <t>ano.vzrbizneca@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ И РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА ЛУКОЯНОВСКОГО РАЙОНА</t>
+  </si>
+  <si>
+    <t>607800, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД ЛУКОЯНОВ, УЛИЦА МИРА, 5</t>
+  </si>
+  <si>
+    <t>8-(831)-274-61-21</t>
+  </si>
+  <si>
+    <t>noflt@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА ГОРОДА НИЖНЕГО НОВГОРОДА"</t>
+  </si>
+  <si>
+    <t>2021-08-23</t>
+  </si>
+  <si>
+    <t>603109, НИЖЕГОРОДСКАЯ ОБЛАСТЬ, НИЖНИЙ НОВГОРОД Г., СУЕТИНСКАЯ УЛ., Д. 1А, ПОМЕЩ. 501</t>
+  </si>
+  <si>
+    <t>8-(831)-416-40-44</t>
+  </si>
+  <si>
+    <t>cppnn@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА ПОЧИНКОВСКОГО МУНИЦИПАЛЬНОГО РАЙОНА"</t>
+  </si>
+  <si>
+    <t>2022-07-01</t>
+  </si>
+  <si>
+    <t>607910, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, СЕЛО ПОЧИНКИ, ПЛОЩАДЬ ЛЕНИНА, ДОМ 12</t>
+  </si>
+  <si>
+    <t>8-(904)-780-96-64</t>
+  </si>
+  <si>
+    <t>zapad42@rambler.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ВАДСКИЙ ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>606380, ОБЛ. НИЖЕГОРОДСКАЯ, С. Вад, УЛ. 1 МАЯ, Д. 46, ПОМЕЩ. 14</t>
+  </si>
+  <si>
+    <t>8-(950)-608-78-67</t>
+  </si>
+  <si>
+    <t>vadskiycrp@rambler.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "КСТОВСКИЙ ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА И ПРОГРАММ БЕЗОПАСНОСТИ"</t>
+  </si>
+  <si>
+    <t>2022-07-13</t>
+  </si>
+  <si>
+    <t>607662, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, Г. КСТОВО, УЛ. ГЕРЦЕНА, Д.3-А</t>
+  </si>
+  <si>
+    <t>8-(920)-291-91-38</t>
+  </si>
+  <si>
+    <t>crpkstovo@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "МИКРОКРЕДИТНАЯ КОМПАНИЯ ДЛЯ ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА НИЖЕГОРОДСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>603006, НИЖЕГОРОДСКАЯ ОБЛАСТЬ, ГОРОД НИЖНИЙ НОВГОРОД Г.О., НИЖНИЙ НОВГОРОД Г, МАКСИМА ГОРЬКОГО УЛ, Д. 117, 1208 ОФИС</t>
+  </si>
+  <si>
+    <t>8-(831)-296-09-33</t>
+  </si>
+  <si>
+    <t>info@gosmfo52.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА ДИВЕЕВСКОГО МУНИЦИПАЛЬНОГО ОКРУГА"</t>
+  </si>
+  <si>
+    <t>2023-01-18</t>
+  </si>
+  <si>
+    <t>607320, НИЖЕГОРОДСКАЯ ОБЛАСТЬ, ДИВЕЕВСКИЙ М.О., ДИВЕЕВО С, СИМАНИНА УЛ, Д. 2, помещ. 1</t>
+  </si>
+  <si>
+    <t>8-(987)-111-87-52</t>
+  </si>
+  <si>
+    <t>crp-diveevo@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЧКАЛОВСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>2023-10-10</t>
+  </si>
+  <si>
+    <t>606541, НИЖЕГОРОДСКАЯ ОБЛАСТЬ, ГОРОД ЧКАЛОВСК Г.О., ЧКАЛОВСК Г, ПУШКИНА УЛ, Д. 47, 1/1 ПОМЕЩ.</t>
+  </si>
+  <si>
+    <t>8-(950)-604-91-42</t>
+  </si>
+  <si>
+    <t>chkl_mybusiness@mail.ru</t>
+  </si>
+  <si>
+    <t>НОВГОРОДСКИЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА (МИКРОКРЕДИТНАЯ КОМПАНИЯ)</t>
+  </si>
+  <si>
+    <t>173021, ОБЛАСТЬ НОВГОРОДСКАЯ, ГОРОД ВЕЛИКИЙ НОВГОРОД, УЛИЦА КОЧЕТОВА, ДОМ 30</t>
+  </si>
+  <si>
+    <t>8-(816)-267-02-84</t>
+  </si>
+  <si>
+    <t>fund@ncpp.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ ОБЛАСТНОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ "АГЕНТСТВО РАЗВИТИЯ НОВГОРОДСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2019-09-02</t>
+  </si>
+  <si>
+    <t>Агентство по развитию предпринимательства, Агентство по развитию предпринимательства, Агентство по развитию предпринимательства</t>
+  </si>
+  <si>
+    <t>173005, ОБЛАСТЬ НОВГОРОДСКАЯ, ГОРОД ВЕЛИКИЙ НОВГОРОД, ПЛОЩАДЬ ПОБЕДЫ-СОФИЙСКАЯ, 1</t>
+  </si>
+  <si>
+    <t>8-(816)-273-19-90</t>
+  </si>
+  <si>
+    <t>arno@invest-novgorod.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ ОБЛАСТНОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ "НОВГОРОДСКИЙ ЦЕНТР РАЗВИТИЯ ИННОВАЦИЙ И ПРОМЫШЛЕННОСТИ"</t>
+  </si>
+  <si>
+    <t>2019-12-23</t>
+  </si>
+  <si>
+    <t>173007, ОБЛАСТЬ НОВГОРОДСКАЯ, ГОРОД ВЕЛИКИЙ НОВГОРОД, ПЛОЩАДЬ ПОБЕДЫ-СОФИЙСКАЯ, ДОМ 1, ЭТАЖ 4</t>
+  </si>
+  <si>
+    <t>8-(816)-273-82-37</t>
+  </si>
+  <si>
+    <t>kmg@novreg.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ ДОПОЛНИТЕЛЬНОГО ПРОФЕССИОНАЛЬНОГО ОБРАЗОВАНИЯ "НОВГОРОДСКИЙ УЧЕБНО - ДЕЛОВОЙ ЦЕНТР ПРЕДПРИНИМАТЕЛЬСТВА И МАЛОГО БИЗНЕСА"</t>
+  </si>
+  <si>
+    <t>Учебно-деловой центр</t>
+  </si>
+  <si>
+    <t>173021, ОБЛАСТЬ НОВГОРОДСКАЯ, ГОРОД ВЕЛИКИЙ НОВГОРОД, УЛИЦА КОЧЕТОВА, 30</t>
+  </si>
+  <si>
+    <t>8-(816)-277-20-35</t>
+  </si>
+  <si>
+    <t>vvb89@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР КОНСАЛТИНГА И ИННОВАЦИЙ АПК"</t>
+  </si>
+  <si>
+    <t>2023-01-23</t>
+  </si>
+  <si>
+    <t>173001, НОВГОРОДСКАЯ ОБЛАСТЬ, ВЕЛИКИЙ НОВГОРОД Г.О., ВЕЛИКИЙ НОВГОРОД Г, БОЛЬШАЯ САНКТ-ПЕТЕРБУРГСКАЯ УЛ, Д. 6/11, 9 ОФИС</t>
+  </si>
+  <si>
+    <t>8-(816)-277-61-25</t>
+  </si>
+  <si>
+    <t>chiapk@novreg.ru</t>
+  </si>
+  <si>
+    <t>ФОНД РАЗВИТИЯ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА НОВОСИБИРСКОЙ ОБЛАСТИ</t>
+  </si>
+  <si>
+    <t>2017-09-25</t>
+  </si>
+  <si>
+    <t>630007, ОБЛАСТЬ НОВОСИБИРСКАЯ, ГОРОД НОВОСИБИРСК, УЛИЦА СИБРЕВКОМА, ДОМ 9</t>
+  </si>
+  <si>
+    <t>8-(800)-600-34-07</t>
+  </si>
+  <si>
+    <t>info@fondmsp.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ НОВОСИБИРСКИЙ ОБЛАСТНОЙ ФОНД МИКРОФИНАНСИРОВАНИЯ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>2017-09-26</t>
+  </si>
+  <si>
+    <t>630007, ОБЛАСТЬ НОВОСИБИРСКАЯ, ГОРОД НОВОСИБИРСК, УЛИЦА СИБРЕВКОМА, ДОМ 9, ОФИС 3</t>
+  </si>
+  <si>
+    <t>info@microfund.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР СОДЕЙСТВИЯ РАЗВИТИЮ ПРЕДПРИНИМАТЕЛЬСТВА НОВОСИБИРСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2019-11-11</t>
+  </si>
+  <si>
+    <t>Иная организация, Центр поддержки экспорта, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>info@mbnso.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ИННОВАЦИОННЫЙ ЦЕНТР КОЛЬЦОВО"</t>
+  </si>
+  <si>
+    <t>2022-01-20</t>
+  </si>
+  <si>
+    <t>630559, ОБЛАСТЬ НОВОСИБИРСКАЯ, РАБОЧИЙ ПОСЕЛОК КОЛЬЦОВО, 12</t>
+  </si>
+  <si>
+    <t>8-(383)-233-37-03</t>
+  </si>
+  <si>
+    <t>i@ick.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ ГОРОДА НОВОСИБИРСКА "ГОРОДСКОЙ ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>Консультационный центр, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>630004, ОБЛАСТЬ НОВОСИБИРСКАЯ, ГОРОД НОВОСИБИРСК, УЛИЦА ЛЕНИНА, ДОМ 50</t>
+  </si>
+  <si>
+    <t>8-(383)-284-45-05</t>
+  </si>
+  <si>
+    <t>info@mispnsk.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "КОРПОРАЦИЯ РАЗВИТИЯ НОВОСИБИРСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2024-05-07</t>
+  </si>
+  <si>
+    <t>630005, НОВОСИБИРСКАЯ ОБЛАСТЬ, НОВОСИБИРСК Г., ЛОМОНОСОВА УЛ., Д. 64А</t>
+  </si>
+  <si>
+    <t>8-(383)-383-04-94</t>
+  </si>
+  <si>
+    <t>info@air-nso.ru</t>
+  </si>
+  <si>
+    <t>ОМСКИЙ РЕГИОНАЛЬНЫЙ ФОНД ПОДДЕРЖКИ И РАЗВИТИЯ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>Центр компетенций в сфере сельскохозяйственной кооперации и поддержки фермеров, Центр поддержки экспорта, Центр по развитию предпринимательства, Технопарк, Региональная гарантийная организация</t>
+  </si>
+  <si>
+    <t>644074, ОМСКАЯ ОБЛАСТЬ, ОМСК Г., КОМАРОВА ПР-КТ, Д. 21 К. 1</t>
+  </si>
+  <si>
+    <t>8-(381)-295-77-75</t>
+  </si>
+  <si>
+    <t>f_com@fond-omsk.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ОМСКИЙ РЕГИОНАЛЬНЫЙ ФОНД МИКРОФИНАНСИРОВАНИЯ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>644074, ОБЛАСТЬ ОМСКАЯ, ГОРОД ОМСК, ПРОСПЕКТ КОМАРОВА, ДОМ 21, КОРПУС 1, ОФИС 103</t>
+  </si>
+  <si>
+    <t>kluev_il@fond-omsk.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ОМСКИЙ ЦЕНТР ИННОВАЦИЙ СОЦИАЛЬНОЙ СФЕРЫ"</t>
+  </si>
+  <si>
+    <t>644073, ОМСКАЯ ОБЛАСТЬ, ОМСК Г., ДИАНОВА УЛ., Д. 16 К. 1, КВ. 11</t>
+  </si>
+  <si>
+    <t>8-(962)-055-96-53</t>
+  </si>
+  <si>
+    <t>andrienko.ciss@yandex.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "АГЕНТСТВО РАЗВИТИЯ И ИНВЕСТИЦИЙ ОМСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>644074, ОБЛАСТЬ ОМСКАЯ, ГОРОД ОМСК, УЛИЦА 70 ЛЕТ ОКТЯБРЯ, ДОМ 25, КОРПУС 2, ОФИС 506</t>
+  </si>
+  <si>
+    <t>8-(381)-240-80-17</t>
+  </si>
+  <si>
+    <t>arvd@mail.ru</t>
+  </si>
+  <si>
+    <t>БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ ОМСКОЙ ОБЛАСТИ "ОМСКИЙ РЕГИОНАЛЬНЫЙ БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>2022-02-24</t>
+  </si>
+  <si>
+    <t>644007, ОБЛАСТЬ ОМСКАЯ, ГОРОД ОМСК, УЛИЦА ЧАПАЕВА, 111</t>
+  </si>
+  <si>
+    <t>8-(381)-290-46-44</t>
+  </si>
+  <si>
+    <t>info@omrbi.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "БИЗНЕС-ИНКУБАТОР "ОРСКИЙ"</t>
+  </si>
+  <si>
+    <t>462401, ОРЕНБУРГСКАЯ ОБЛАСТЬ, ОРСК Г, РАДОСТЕВА УЛ, Д. 10, ОФИС 15</t>
+  </si>
+  <si>
+    <t>8-(353)-722-15-19</t>
+  </si>
+  <si>
+    <t>orbink@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА ГОРОДА НОВОТРОИЦКА"</t>
+  </si>
+  <si>
+    <t>462351, ОРЕНБУРГСКАЯ ОБЛАСТЬ, НОВОТРОИЦК Г., СОВЕТСКАЯ УЛ., Д. 154, ОФИС 36</t>
+  </si>
+  <si>
+    <t>8-(353)-768-45-00</t>
+  </si>
+  <si>
+    <t>fpp2004@bk.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ "ОРЕНБУРГСКИЙ ОБЛАСТНОЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>460058, ОБЛАСТЬ ОРЕНБУРГСКАЯ, ГОРОД ОРЕНБУРГ, УЛИЦА ДОНЕЦКАЯ, ДОМ 4</t>
+  </si>
+  <si>
+    <t>8-(353)-268-53-12</t>
+  </si>
+  <si>
+    <t>orenfund@esoo.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "ОРЕНБУРГСКИЙ ОБЛАСТНОЙ БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>460961, ОБЛАСТЬ ОРЕНБУРГСКАЯ, ГОРОД ОРЕНБУРГ, ШОССЕ ШАРЛЫКСКОЕ, 5</t>
+  </si>
+  <si>
+    <t>8-(353)-243-83-33</t>
+  </si>
+  <si>
+    <t>oobi@mail.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ГАРАНТИЙНЫЙ ФОНД ДЛЯ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ОРЕНБУРГСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>460019, ОБЛАСТЬ ОРЕНБУРГСКАЯ, ГОРОД ОРЕНБУРГ, ШОССЕ ШАРЛЫКСКОЕ, ДОМ 1/2, ПОМЕЩЕНИЕ 8 КАБИНЕТ 1</t>
+  </si>
+  <si>
+    <t>8-(353)-232-37-42</t>
+  </si>
+  <si>
+    <t>gfoo@gfoo.biz</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА И РАЗВИТИЯ ЭКСПОРТА ОРЕНБУРГСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2020-04-22</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр инноваций социальной сферы, Центр по развитию предпринимательства</t>
+  </si>
+  <si>
+    <t>460019, ОРЕНБУРГСКАЯ ОБЛАСТЬ, ОРЕНБУРГ Г., ШАРЛЫКСКОЕ Ш., Д. 1/2, ПОМЕЩ. 8 КАБИНЕТ 6</t>
+  </si>
+  <si>
+    <t>8-(353)-232-37-74</t>
+  </si>
+  <si>
+    <t>info@mb-orb.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА ОРЛОВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>302028, ОБЛАСТЬ ОРЛОВСКАЯ, ГОРОД ОРЁЛ, УЛИЦА САЛТЫКОВА-ЩЕДРИНА, ДОМ 34, ОФИС 215</t>
+  </si>
+  <si>
+    <t>8-(486)-244-30-20</t>
+  </si>
+  <si>
+    <t>rdv@msb-orel.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД МИКРОФИНАНСИРОВАНИЯ ОРЛОВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>302028, ОРЛОВСКАЯ ОБЛАСТЬ, ОРЁЛ Г, САЛТЫКОВА-ЩЕДРИНА УЛ, Д. 34, ОФИС 114</t>
+  </si>
+  <si>
+    <t>8-(962)-477-72-22</t>
+  </si>
+  <si>
+    <t>fmoo@msb-orel.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "РЕГИОН 57"</t>
+  </si>
+  <si>
+    <t>2023-03-22</t>
+  </si>
+  <si>
+    <t>302028, Орловская область, г. Орёл, ул. Полесская, д. 9, офис 310</t>
+  </si>
+  <si>
+    <t>8-(486)-244-15-57</t>
+  </si>
+  <si>
+    <t>region.57@inbox.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Гарантийная микрокредитная компания «Поручитель»</t>
+  </si>
+  <si>
+    <t>440026, ОБЛ. ПЕНЗЕНСКАЯ, Г. Пенза, УЛ. ВОЛОДАРСКОГО, СТР. 2</t>
+  </si>
+  <si>
+    <t>8-(841)-299-14-54</t>
+  </si>
+  <si>
+    <t>garantfond-penza@mail.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "КОРПОРАЦИЯ РАЗВИТИЯ ПЕНЗЕНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>Промышленный технопарк, Управляющая компания индустриальных (промышленных) парков, Индустриальный (промышленный) парк</t>
+  </si>
+  <si>
+    <t>440026, ОБЛ. ПЕНЗЕНСКАЯ, Г. Пенза, УЛ. ВОЛОДАРСКОГО, СТР. 2, ОФИС 207</t>
+  </si>
+  <si>
+    <t>8-(841)-246-50-58</t>
+  </si>
+  <si>
+    <t>info@krpo.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "ЦЕНТР КОММЕРЦИАЛИЗАЦИИ ТЕХНОЛОГИЙ"</t>
+  </si>
+  <si>
+    <t>Центр коммерциализации технологий</t>
+  </si>
+  <si>
+    <t>440004, ОБЛАСТЬ ПЕНЗЕНСКАЯ, ГОРОД ПЕНЗА, УЛИЦА ЦЕНТРАЛЬНАЯ, ДОМ 1В</t>
+  </si>
+  <si>
+    <t>8-(841)-228-01-38</t>
+  </si>
+  <si>
+    <t>info@ckt-penza.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ЦЕНТР КЛАСТЕРНОГО РАЗВИТИЯ"</t>
+  </si>
+  <si>
+    <t>8-(841)-245-80-54</t>
+  </si>
+  <si>
+    <t>ckr@ckr58.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ КАЗЕННОЕ УЧРЕЖДЕНИЕ "ПЕНЗЕНСКОЕ РЕГИОНАЛЬНОЕ ОБЪЕДИНЕНИЕ БИЗНЕС-ИНКУБАТОРОВ"</t>
+  </si>
+  <si>
+    <t>440039, ОБЛАСТЬ ПЕНЗЕНСКАЯ, ГОРОД ПЕНЗА, УЛИЦА ГАГАРИНА, 16</t>
+  </si>
+  <si>
+    <t>8-(841)-263-67-43</t>
+  </si>
+  <si>
+    <t>100@biznes-penza.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА ПЕНЗЕНСКОЙ ОБЛАСТИ</t>
+  </si>
+  <si>
+    <t>2022-10-06</t>
+  </si>
+  <si>
+    <t>Центр компетенций в сфере сельскохозяйственной кооперации и поддержки фермеров, Центр поддержки экспорта, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Центр по развитию предпринимательства</t>
+  </si>
+  <si>
+    <t>440061, ОБЛАСТЬ ПЕНЗЕНСКАЯ, ГОРОД ПЕНЗА, УЛИЦА ГЕРЦЕНА, ДОМ 14</t>
+  </si>
+  <si>
+    <t>8-(841)-222-11-58</t>
+  </si>
+  <si>
+    <t>fpp58@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "СЕРДОБСКИЙ ПРОМЫШЛЕННЫЙ ПАРК "МАСТЕР"</t>
+  </si>
+  <si>
+    <t>2022-10-10</t>
+  </si>
+  <si>
+    <t>442891, ПЕНЗЕНСКАЯ, СЕРДОБСКИЙ Р-Н, СЕРДОБСК Г., ВОКЗАЛЬНАЯ УЛ., Д. 10</t>
+  </si>
+  <si>
+    <t>8-(841)-276-71-26</t>
+  </si>
+  <si>
+    <t>spp.master@oat-group.ru</t>
+  </si>
+  <si>
+    <t>ФОНД РАЗВИТИЯ ПРОМЫШЛЕННОСТИ ПЕНЗЕНСКОЙ ОБЛАСТИ</t>
+  </si>
+  <si>
+    <t>2023-06-28</t>
+  </si>
+  <si>
+    <t>440004, ПЕНЗЕНСКАЯ, ПЕНЗА Г., ВОЛОДАРСКОГО УЛ., СТР. 2</t>
+  </si>
+  <si>
+    <t>8-(841)-267-94-94</t>
+  </si>
+  <si>
+    <t>frp58@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>442965, ПЕНЗЕНСКАЯ ОБЛАСТЬ, ЗАРЕЧНЫЙ Г, В.В.ДЕМАКОВА ПР-Д, СТР. 5</t>
+  </si>
+  <si>
+    <t>8-(841)-261-18-48</t>
+  </si>
+  <si>
+    <t>fond93@yandex.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "КОРПОРАЦИЯ РАЗВИТИЯ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ПЕРМСКОГО КРАЯ"</t>
+  </si>
+  <si>
+    <t>614096, КРАЙ ПЕРМСКИЙ, Г. Пермь, УЛ. ЛЕНИНА, Д. 68, ОФИС 217</t>
+  </si>
+  <si>
+    <t>8-(342)-217-97-81</t>
+  </si>
+  <si>
+    <t>info@pgf-perm.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "МИКРОФИНАНСОВАЯ КОМПАНИЯ ПРЕДПРИНИМАТЕЛЬСКОГО ФИНАНСИРОВАНИЯ ПЕРМСКОГО КРАЯ"</t>
+  </si>
+  <si>
+    <t>614096, КРАЙ ПЕРМСКИЙ, Г. Пермь, УЛ. ЛЕНИНА, Д. 68, ОФИС 307</t>
+  </si>
+  <si>
+    <t>info@pcrp.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ПЕРМСКИЙ ФОНД РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>Центр инноваций социальной сферы, Государственный фонд поддержки предпринимательства</t>
+  </si>
+  <si>
+    <t>614096, ПЕРМСКИЙ КРАЙ, ПЕРМСКИЙ Г.О., ПЕРМЬ Г, ЛЕНИНА УЛ, Д. 68, 220 ОФИС</t>
+  </si>
+  <si>
+    <t>8-(342)-217-97-94</t>
+  </si>
+  <si>
+    <t>frp.perm@gmail.com</t>
+  </si>
+  <si>
+    <t>ПЕРМСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>614500, ПЕРМСКИЙ КРАЙ, ПЕРМЬ Г., 2-Я КАЗАНЦЕВСКАЯ УЛ., Д. 7, ОФИС 107</t>
+  </si>
+  <si>
+    <t>8-(342)-298-82-12</t>
+  </si>
+  <si>
+    <t>pmfpmp@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "РЕГИОНАЛЬНЫЙ ЦЕНТР ИНЖИНИРИНГА"</t>
+  </si>
+  <si>
+    <t>Иная организация, Центр поддержки экспорта, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>614007, ПЕРМСКИЙ КРАЙ, ПЕРМЬ Г., НИКОЛАЯ ОСТРОВСКОГО УЛ., Д. 69</t>
+  </si>
+  <si>
+    <t>8-(342)-210-21-04</t>
+  </si>
+  <si>
+    <t>rceperm@yandex.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ЦЕНТР МОЛОДЕЖНОГО ИННОВАЦИОННОГО ТВОРЧЕСТВА - ФОТОНИКА"</t>
+  </si>
+  <si>
+    <t>614002, ПЕРМСКИЙ, ПЕРМЬ Г., ЧЕРНЫШЕВСКОГО УЛ., Д. 28, ОФИС 303</t>
+  </si>
+  <si>
+    <t>8-(342)-240-06-78</t>
+  </si>
+  <si>
+    <t>cmitfotonic@gmail.com</t>
+  </si>
+  <si>
+    <t>БЕРЕЗНИКОВСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ И РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>2020-09-01</t>
+  </si>
+  <si>
+    <t>618425, КРАЙ ПЕРМСКИЙ, ГОРОД БЕРЕЗНИКИ, УЛИЦА ПОТЕМИНА, ДОМ 8</t>
+  </si>
+  <si>
+    <t>8-(342)-427-36-56</t>
+  </si>
+  <si>
+    <t>bmfprp@mail.ru</t>
+  </si>
+  <si>
+    <t>ЛЫСЬВЕНСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>618900, ПЕРМСКИЙ КРАЙ, ЛЫСЬВА Г., МИРА УЛ., Д. 34, ПОМЕЩ. 11</t>
+  </si>
+  <si>
+    <t>8-(342)-496-12-70</t>
+  </si>
+  <si>
+    <t>lfp@bk.ru</t>
+  </si>
+  <si>
+    <t>СУКСУНСКИЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>617560, КРАЙ ПЕРМСКИЙ, РАБОЧИЙ ПОСЕЛОК СУКСУН, УЛИЦА КОЛХОЗНАЯ, 2</t>
+  </si>
+  <si>
+    <t>8-(342)-753-21-81</t>
+  </si>
+  <si>
+    <t>Suksunfund@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "ЦЕНТР ИНВЕСТИЦИЙ, ПОДДЕРЖКИ И РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>618206, КРАЙ ПЕРМСКИЙ, ГОРОД ЧУСОВОЙ, УЛИЦА КОММУНИСТИЧЕСКАЯ, 18</t>
+  </si>
+  <si>
+    <t>8-(342)-566-15-61</t>
+  </si>
+  <si>
+    <t>chus_bi@mail.ru</t>
+  </si>
+  <si>
+    <t>ЧУСОВСКОЙ ГОРОДСКОЙ ФОНД ПОДДЕРЖКИ И РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>618206, КРАЙ ПЕРМСКИЙ, ГОРОД ЧУСОВОЙ, УЛИЦА КОММУНИСТИЧЕСКАЯ, ДОМ 18</t>
+  </si>
+  <si>
+    <t>8-(342)-566-17-10</t>
+  </si>
+  <si>
+    <t>chusfond@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА  ГОРОДА КУДЫМКАРА</t>
+  </si>
+  <si>
+    <t>619000, КРАЙ ПЕРМСКИЙ, ГОРОД КУДЫМКАР, УЛИЦА ВОЛОДАРСКОГО, 15</t>
+  </si>
+  <si>
+    <t>8-(342)-604-66-69</t>
+  </si>
+  <si>
+    <t>bcgk@bk.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА Г.КУНГУРА</t>
+  </si>
+  <si>
+    <t>617470, КРАЙ ПЕРМСКИЙ, ГОРОД КУНГУР, УЛИЦА СОВЕТСКАЯ, 26</t>
+  </si>
+  <si>
+    <t>8-(342)-712-45-94</t>
+  </si>
+  <si>
+    <t>fond-kungur@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ КАЗЕННОЕ УЧРЕЖДЕНИЕ "ПЕРМСКИЙ БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>614000, КРАЙ ПЕРМСКИЙ, ГОРОД ПЕРМЬ, УЛИЦА ПЕТРОПАВЛОВСКАЯ, 185</t>
+  </si>
+  <si>
+    <t>8-(342)-201-85-00</t>
+  </si>
+  <si>
+    <t>incubatorperm@gmail.com</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА ИЛЬИНСКОГО ГОРОДСКОГО ОКРУГА</t>
+  </si>
+  <si>
+    <t>617020, КРАЙ ПЕРМСКИЙ, ПОСЕЛОК ИЛЬИНСКИЙ, УЛИЦА СОВЕТСКАЯ, 7, -, -</t>
+  </si>
+  <si>
+    <t>8-(908)-267-34-45</t>
+  </si>
+  <si>
+    <t>koscheeva.elena2014@yandex.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА ЧАСТИНСКОГО МУНИЦИПАЛЬНОГО ОКРУГА</t>
+  </si>
+  <si>
+    <t>617170, КРАЙ ПЕРМСКИЙ, С. ЧАСТЫЕ, УЛ. ЛЕНИНА, Д. 39</t>
+  </si>
+  <si>
+    <t>8-(342)-682-21-36</t>
+  </si>
+  <si>
+    <t>fond-chastye@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА КУДЫМКАРСКОГО МУНИЦИПАЛЬНОГО ОКРУГА</t>
+  </si>
+  <si>
+    <t>619000, КРАЙ ПЕРМСКИЙ, ГОРОД КУДЫМКАР, УЛИЦА ПЕРМЯЦКАЯ, ДОМ 47, ОФИС 120</t>
+  </si>
+  <si>
+    <t>8-(342)-604-56-88</t>
+  </si>
+  <si>
+    <t>mfmkmr@mail.ru</t>
+  </si>
+  <si>
+    <t>КУЕДИНСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>617700, КРАЙ ПЕРМСКИЙ, ПОСЕЛОК КУЕДА, УЛИЦА ГАГАРИНА, 25</t>
+  </si>
+  <si>
+    <t>8-(342)-623-56-87</t>
+  </si>
+  <si>
+    <t>mfpp262@yandex.ru</t>
+  </si>
+  <si>
+    <t>КОЧЕВСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>619320, КРАЙ ПЕРМСКИЙ, СЕЛО КОЧЕВО, УЛИЦА КАЛИНИНА, 5</t>
+  </si>
+  <si>
+    <t>8-(908)-251-60-43</t>
+  </si>
+  <si>
+    <t>kochovofpp@mail.ru</t>
+  </si>
+  <si>
+    <t>УИНСКИЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>2021-05-21</t>
+  </si>
+  <si>
+    <t>617520, КРАЙ ПЕРМСКИЙ, СЕЛО УИНСКОЕ, УЛИЦА КОММУНИСТИЧЕСКАЯ, 2</t>
+  </si>
+  <si>
+    <t>8-(342)-592-34-86</t>
+  </si>
+  <si>
+    <t>fond-gorbunova@yandex.ru</t>
+  </si>
+  <si>
+    <t>"ГАЙНСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>2022-06-02</t>
+  </si>
+  <si>
+    <t>619650, КРАЙ ПЕРМСКИЙ, ПОСЕЛОК ГАЙНЫ, УЛИЦА КАШИНА, 41</t>
+  </si>
+  <si>
+    <t>8-(342)-452-18-32</t>
+  </si>
+  <si>
+    <t>anzhela090@bk.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ГУБАХИНСКИЙ РАЙОННЫЙ БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>618250, КРАЙ ПЕРМСКИЙ, ГОРОД ГУБАХА, УЛИЦА НИКОНОВА, 20</t>
+  </si>
+  <si>
+    <t>8-(908)-260-10-28</t>
+  </si>
+  <si>
+    <t>queenofroad@yandex.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ ЧЕРНУШИНСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>617830, КРАЙ ПЕРМСКИЙ, ГОРОД ЧЕРНУШКА, УЛИЦА КОММУНИСТИЧЕСКАЯ, ДОМ 13</t>
+  </si>
+  <si>
+    <t>8-(951)-939-93-76</t>
+  </si>
+  <si>
+    <t>ni_polina@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "БАУИНВЕСТГРУПП"</t>
+  </si>
+  <si>
+    <t>2022-08-01</t>
+  </si>
+  <si>
+    <t>614520, ПЕРМСКИЙ КРАЙ, ПЕРМСКИЙ М.О., ПРИДОРОЖНЫЙ КВ-Л, 1-Я ИНДУСТРИАЛЬНАЯ УЛ, Д. 8, 15 ПОМЕЩ.</t>
+  </si>
+  <si>
+    <t>8-(342)-256-10-59</t>
+  </si>
+  <si>
+    <t>info@bigbau.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЧАЙКОВСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>2022-08-26</t>
+  </si>
+  <si>
+    <t>617764, ПЕРМСКИЙ, ЧАЙКОВСКИЙ Г., ЛЕНИНА УЛ., Д.61/1, ОФИС 37</t>
+  </si>
+  <si>
+    <t>8-(342)-412-37-66</t>
+  </si>
+  <si>
+    <t>asn_fond_pmp@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ "ЦЕНТР ИНВЕСТИЦИЙ И РАЗВИТИЯ БИЗНЕСА"</t>
+  </si>
+  <si>
+    <t>617470, ПЕРМСКИЙ КРАЙ, КУНГУРСКИЙ М.О., КУНГУР Г, СОВЕТСКАЯ УЛ, Д. 22</t>
+  </si>
+  <si>
+    <t>8-(342)-717-10-55</t>
+  </si>
+  <si>
+    <t>mautsirb@mail.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ КАЗЕННОЕ УЧРЕЖДЕНИЕ ПЕРМСКОГО КРАЯ "ЦЕНТР РАЗВИТИЯ АГРОБИЗНЕСА"</t>
+  </si>
+  <si>
+    <t>2024-02-29</t>
+  </si>
+  <si>
+    <t>614000, ПЕРМСКИЙ КРАЙ, ПЕРМСКИЙ Г.О., ПЕРМЬ Г, ЛЕНИНА УЛ, Д. 22А</t>
+  </si>
+  <si>
+    <t>8-(951)-937-22-13</t>
+  </si>
+  <si>
+    <t>olvsalatanova@cra.permkrai.ru</t>
+  </si>
+  <si>
+    <t>КОСИНСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЕЙ</t>
+  </si>
+  <si>
+    <t>2024-05-17</t>
+  </si>
+  <si>
+    <t>619430, ПЕРМСКИЙ КРАЙ, КОСИНСКИЙ Р-Н, КОСА С., ЛЕНИНА УЛ., Д.66</t>
+  </si>
+  <si>
+    <t>8-(342)-603-12-17</t>
+  </si>
+  <si>
+    <t>xozysheva@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ФОНД ГАРАНТИЙ И РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА ПСКОВСКОЙ ОБЛАСТИ" (МИКРОКРЕДИТНАЯ КОМПАНИЯ)</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр по развитию предпринимательства, Микрофинансовая организация предпринимательского финансирования, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>180000, ПСКОВСКАЯ ОБЛАСТЬ, ГОРОД ПСКОВ Г.О., ПСКОВ Г, ГОГОЛЯ УЛ, Д. 14</t>
+  </si>
+  <si>
+    <t>8-(811)-233-13-37</t>
+  </si>
+  <si>
+    <t>director@msp60.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "ПСКОВСКИЙ БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>180000, ПСКОВСКАЯ, ПСКОВ Г., РЕКИ ВЕЛИКОЙ НАБ., Д.6</t>
+  </si>
+  <si>
+    <t>8-(811)-229-10-33</t>
+  </si>
+  <si>
+    <t>bizpskov@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "ПЕЧОРСКИЙ БИЗНЕС ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>181500, ПСКОВСКАЯ ОБЛАСТЬ, ПЕЧОРСКИЙ Р-Н, ПЕЧОРЫ Г, ОКТЯБРЬСКАЯ ПЛ, Д. 3</t>
+  </si>
+  <si>
+    <t>8-(911)-354-07-48</t>
+  </si>
+  <si>
+    <t>bizpechory@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ПОДДЕРЖКИ КУЛЬТУРНЫХ ИНИЦИАТИВ "СФЕРА РАЗВИТИЯ"</t>
+  </si>
+  <si>
+    <t>182710, ПСКОВСКАЯ ОБЛАСТЬ, ДЕДОВИЧСКИЙ Р-Н, ДЕДОВИЧИ РП., ПИОНЕРСКАЯ УЛ., Д.10</t>
+  </si>
+  <si>
+    <t>8-(921)-112-88-47</t>
+  </si>
+  <si>
+    <t>m-t-p@yandex.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ "БИЗНЕС-ИНКУБАТОР "НОВАЦИЯ"</t>
+  </si>
+  <si>
+    <t>182106, ПСКОВСКАЯ ОБЛАСТЬ, ВЕЛИКИЕ ЛУКИ Г., ЗАСЛОНОВА УЛ., Д.15</t>
+  </si>
+  <si>
+    <t>8-(811)-534-61-00</t>
+  </si>
+  <si>
+    <t>maubin@list.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "РЕГИОНАЛЬНАЯ ГАРАНТИЙНАЯ ОРГАНИЗАЦИЯ ПСКОВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2022-07-29</t>
+  </si>
+  <si>
+    <t>8-(811)-233-13-47</t>
+  </si>
+  <si>
+    <t>rgo@msp60.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "УПРАВЛЯЮЩАЯ КОМПАНИЯ "ЭЛВО"</t>
+  </si>
+  <si>
+    <t>182110, ПСКОВСКАЯ ОБЛАСТЬ, ВЕЛИКИЕ ЛУКИ Г., ОКТЯБРЬСКИЙ ПР-КТ, Д.79</t>
+  </si>
+  <si>
+    <t>8-(811)-536-38-79</t>
+  </si>
+  <si>
+    <t>elektropolis@ukelvo.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР КОМПЕТЕНЦИЙ В СФЕРЕ СЕЛЬСКОХОЗЯЙСТВЕННОЙ КООПЕРАЦИИ И ПОДДЕРЖКИ ФЕРМЕРОВ"</t>
+  </si>
+  <si>
+    <t>2024-10-18</t>
+  </si>
+  <si>
+    <t>180000, ПСКОВСКАЯ ОБЛАСТЬ, ГОРОД ПСКОВ Г.О., ПСКОВ Г, НЕКРАСОВА УЛ, Д. 23, 2/КАБИНЕТ 6,19 ФЛИГЕЛЬ/ЭТАЖ</t>
+  </si>
+  <si>
+    <t>8-(811)-229-95-23</t>
+  </si>
+  <si>
+    <t>farlyne@rambler.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ХОЛДИНГОВАЯ КОМПАНИЯ "ВЕЛИКОЛУКСКИЙ АГРОПРОМЫШЛЕННЫЙ КОМПЛЕКС"</t>
+  </si>
+  <si>
+    <t>182110, ПСКОВСКАЯ ОБЛАСТЬ, ВЕЛИКИЕ ЛУКИ Г., ОКТЯБРЬСКИЙ ПР-КТ, Д. 75, ОФИС 3</t>
+  </si>
+  <si>
+    <t>8-(811)-536-38-88</t>
+  </si>
+  <si>
+    <t>vk.zerno2019@yandex.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ГАРАНТИЙНЫЙ ФОНД РОСТОВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>344006, ОБЛАСТЬ РОСТОВСКАЯ, ГОРОД РОСТОВ-НА-ДОНУ, УЛИЦА СЕДОВА, 6, ОФИС 805</t>
+  </si>
+  <si>
+    <t>8-(863)-280-04-07</t>
+  </si>
+  <si>
+    <t>info@dongarant.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "РЕГИОНАЛЬНАЯ ЛИЗИНГОВАЯ КОМПАНИЯ РОСТОВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2020-11-02</t>
+  </si>
+  <si>
+    <t>344022, ОБЛАСТЬ РОСТОВСКАЯ, ГОРОД РОСТОВ-НА-ДОНУ, УЛИЦА СЕДОВА, ДОМ 6, ЭТАЖ 7, ОФИС 14</t>
+  </si>
+  <si>
+    <t>8-(988)-573-51-79</t>
+  </si>
+  <si>
+    <t>info@rlc161.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ-МИКРОФИНАНСОВАЯ КОМПАНИЯ "РОСТОВСКОЕ РЕГИОНАЛЬНОЕ АГЕНТСТВО ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>2021-07-05</t>
+  </si>
+  <si>
+    <t>Центр кластерного развития, Центр по развитию предпринимательства, Микрофинансовая организация предпринимательского финансирования, Инжиниринговый центр, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t xml:space="preserve">344006, Россия Ростовская область, город Ростов-на-Дону, улица Седова, здание 6
+</t>
+  </si>
+  <si>
+    <t>8-(863)-204-19-11</t>
+  </si>
+  <si>
+    <t>info@rrapp.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА ГОРОДА ШАХТЫ</t>
+  </si>
+  <si>
+    <t>2022-04-14</t>
+  </si>
+  <si>
+    <t>346513, РОСТОВСКАЯ ОБЛАСТЬ, ШАХТЫ Г, ШИШКИНА ПЕР, ЗД. 162, ОФИС 230</t>
+  </si>
+  <si>
+    <t>8-(863)-622-60-79</t>
+  </si>
+  <si>
+    <t>mkmfpmp@inbox.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ РОСТОВСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>344006, РОСТОВСКАЯ ОБЛАСТЬ, РОСТОВ-НА-ДОНУ Г., СТАНИСЛАВСКОГО УЛ., Д. 130</t>
+  </si>
+  <si>
+    <t>8-(863)-322-61-01</t>
+  </si>
+  <si>
+    <t>info@rmfpp.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР КООРДИНАЦИИ ПОДДЕРЖКИ ЭКСПОРТООРИЕНТИРОВАННЫХ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА РОСТОВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>344022, ОБЛАСТЬ РОСТОВСКАЯ, ГОРОД РОСТОВ-НА-ДОНУ, ПРОСПЕКТ КИРОВСКИЙ, 40, А</t>
+  </si>
+  <si>
+    <t>8-(863)-201-82-40</t>
+  </si>
+  <si>
+    <t>info@export161.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «АГЕНТСТВО ПО ТУРИЗМУ И ДЕЛОВЫМ КОММУНИКАЦИЯМ РОСТОВСКОЙ ОБЛАСТИ»</t>
+  </si>
+  <si>
+    <t>Маркетинговый центр</t>
+  </si>
+  <si>
+    <t>344003, ОБЛАСТЬ РОСТОВСКАЯ, ГОРОД РОСТОВ-НА-ДОНУ, УЛИЦА ЛЕРМОНТОВСКАЯ, ДОМ 89А, ЛИТЕР А, ОФИС 4</t>
+  </si>
+  <si>
+    <t>8-(863)-306-50-45</t>
+  </si>
+  <si>
+    <t>info@art-ro.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>346330, ОБЛАСТЬ РОСТОВСКАЯ, ГОРОД ДОНЕЦК, ПРОСПЕКТ МИРА, 44</t>
+  </si>
+  <si>
+    <t>8-(863)-682-09-34</t>
+  </si>
+  <si>
+    <t>fonddon@mail.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ-МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА ГОРОДА ТАГАНРОГА</t>
+  </si>
+  <si>
+    <t>347900, РОСТОВСКАЯ ОБЛАСТЬ, ТАГАНРОГ Г., ГОГОЛЕВСКИЙ ПЕР., Д.27, 1</t>
+  </si>
+  <si>
+    <t>8-(863)-439-18-91</t>
+  </si>
+  <si>
+    <t>391-891@mail.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ - МИКРОКРЕДИТНАЯ КОМПАНИЯ "НОВОШАХТИНСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>346918, РОСТОВСКАЯ ОБЛАСТЬ, НОВОШАХТИНСК Г., СОВЕТСКАЯ УЛ., Д.10</t>
+  </si>
+  <si>
+    <t>8-(863)-692-03-46</t>
+  </si>
+  <si>
+    <t>mfpmpnov@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ ПО ПОДДЕРЖКЕ ИННОВАЦИЙ «АГЕНТСТВО ИННОВАЦИЙ РОСТОВСКОЙ ОБЛАСТИ»</t>
+  </si>
+  <si>
+    <t>Иная организация, Иная организация, Центр трансфера технологий, Инновационно-технологический центр</t>
+  </si>
+  <si>
+    <t>344022, ОБЛАСТЬ РОСТОВСКАЯ, ГОРОД РОСТОВ-НА-ДОНУ, УЛИЦА СЕДОВА, ДОМ 6/3, КОМНАТА 26</t>
+  </si>
+  <si>
+    <t>8-(863)-333-21-35</t>
+  </si>
+  <si>
+    <t>rostov@fasie.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА ГОРОДА ЗВЕРЕВО</t>
+  </si>
+  <si>
+    <t>346311, РОСТОВСКАЯ ОБЛАСТЬ, ЗВЕРЕВО Г, ОБУХОВА УЛ, ЗД. 14</t>
+  </si>
+  <si>
+    <t>8-(863)-556-00-61</t>
+  </si>
+  <si>
+    <t>mfmr-zverevo@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "АЛЕКСАНДРО-НЕВСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА - БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>391240, ОБЛАСТЬ РЯЗАНСКАЯ, РАБОЧИЙ ПОСЕЛОК АЛЕКСАНДРО-НЕВСКИЙ, УЛИЦА СОВЕТСКАЯ, 9</t>
+  </si>
+  <si>
+    <t>8-(491)-582-23-26</t>
+  </si>
+  <si>
+    <t>Adm_novoder@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "ЕРМИШИНСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА - БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>391660, ОБЛАСТЬ РЯЗАНСКАЯ, РАБОЧИЙ ПОСЕЛОК ЕРМИШЬ, ПЛОЩАДЬ ЛЕНИНА, 58</t>
+  </si>
+  <si>
+    <t>8-(491)-442-12-12</t>
+  </si>
+  <si>
+    <t>incerm@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "ЗАХАРОВСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА - БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>391740, ОБЛАСТЬ РЯЗАНСКАЯ, СЕЛО ЗАХАРОВО, УЛИЦА ЦЕНТРАЛЬНАЯ, 88, 8</t>
+  </si>
+  <si>
+    <t>8-(491)-535-13-61</t>
+  </si>
+  <si>
+    <t>admzaharovo@yandex.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "КАСИМОВСКИЙ РАЙОННЫЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА - БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>391300, ОБЛАСТЬ РЯЗАНСКАЯ, ГОРОД КАСИМОВ, УЛИЦА ЛЕНИНА, 9А</t>
+  </si>
+  <si>
+    <t>8-(491)-313-36-13</t>
+  </si>
+  <si>
+    <t>krcpp@yandex.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "КЛЕПИКОВСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА - БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>391030, ОБЛАСТЬ РЯЗАНСКАЯ, ГОРОД СПАС-КЛЕПИКИ, УЛИЦА ПРОСВЕЩЕНИЯ, ДОМ 21</t>
+  </si>
+  <si>
+    <t>8-(905)-693-11-94</t>
+  </si>
+  <si>
+    <t>cpp6205@yandex.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "МИЛОСЛАВСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА - БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>Центр по развитию предпринимательства, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>391770, ОБЛАСТЬ РЯЗАНСКАЯ, РАБОЧИЙ ПОСЕЛОК МИЛОСЛАВСКОЕ, УЛИЦА ЛЕНИНА, 6</t>
+  </si>
+  <si>
+    <t>8-(491)-572-12-37</t>
+  </si>
+  <si>
+    <t>fond.mil@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "МИХАЙЛОВСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА - БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>391710, ОБЛАСТЬ РЯЗАНСКАЯ, ГОРОД МИХАЙЛОВ, УЛИЦА ПРОНСКАЯ, 19</t>
+  </si>
+  <si>
+    <t>8-(491)-302-24-75</t>
+  </si>
+  <si>
+    <t>mihaylovcpp@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "ПРОНСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА - БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>391140, ОБЛАСТЬ РЯЗАНСКАЯ, РАБОЧИЙ ПОСЕЛОК ПРОНСК, УЛИЦА СОВЕТСКАЯ, 20</t>
+  </si>
+  <si>
+    <t>8-(491)-553-73-94</t>
+  </si>
+  <si>
+    <t>fond.biznes-inkubator@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "РЫБНОВСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА - БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>391110, ОБЛАСТЬ РЯЗАНСКАЯ, ГОРОД РЫБНОЕ, ПЛОЩАДЬ ЛЕНИНА, 9</t>
+  </si>
+  <si>
+    <t>8-(964)-157-50-55</t>
+  </si>
+  <si>
+    <t>fond.ribnovskiy.cpp@gmail.com</t>
+  </si>
+  <si>
+    <t>ФОНД "РЯЖСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА - БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>391964, ОБЛАСТЬ РЯЗАНСКАЯ, ГОРОД РЯЖСК, УЛИЦА СОВЕТСКАЯ, 8</t>
+  </si>
+  <si>
+    <t>8-(920)-957-21-53</t>
+  </si>
+  <si>
+    <t>fizkult.otdel@yandex.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА - БИЗНЕС-ИНКУБАТОР РЯЗАНСКОГО МУНИЦИПАЛЬНОГО РАЙОНА"</t>
+  </si>
+  <si>
+    <t>390511, ОБЛАСТЬ РЯЗАНСКАЯ, ДЕРЕВНЯ ТУРЛАТОВО, УЛИЦА НОВАЯ, ДОМ 24, ОФИС 4</t>
+  </si>
+  <si>
+    <t>8-(491)-228-89-01</t>
+  </si>
+  <si>
+    <t>zaycevanv@rzraion.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "САПОЖКОВСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА - БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>391940, ОБЛАСТЬ РЯЗАНСКАЯ, РАБОЧИЙ ПОСЕЛОК САПОЖОК, УЛИЦА 50 ЛЕТ ВЛКСМ, 9, 5</t>
+  </si>
+  <si>
+    <t>8-(491)-522-13-02</t>
+  </si>
+  <si>
+    <t>sapadmminek@mail.ryazaan.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "СПАССКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА - БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>391050, ОБЛАСТЬ РЯЗАНСКАЯ, ГОРОД СПАССК-РЯЗАНСКИЙ, УЛИЦА СОВЕТСКАЯ, ДОМ 34А</t>
+  </si>
+  <si>
+    <t>8-(980)-509-71-17</t>
+  </si>
+  <si>
+    <t>spasskcpp@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "УХОЛОВСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА - БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>391920, ОБЛАСТЬ РЯЗАНСКАЯ, РАБОЧИЙ ПОСЕЛОК УХОЛОВО, УЛИЦА ЛЕНИНА, 20</t>
+  </si>
+  <si>
+    <t>8-(491)-545-10-46</t>
+  </si>
+  <si>
+    <t>uholovo-cpp@rambler.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "ШАЦКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА - БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>391550, ОБЛАСТЬ РЯЗАНСКАЯ, ГОРОД ШАЦК, УЛИЦА КРАСНАЯ ПЛОЩАДЬ, 5</t>
+  </si>
+  <si>
+    <t>8-(491)-472-16-65</t>
+  </si>
+  <si>
+    <t>shackcpp@yandex.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "ШИЛОВСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА - БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>391500, ОБЛАСТЬ РЯЗАНСКАЯ, РАБОЧИЙ ПОСЕЛОК ШИЛОВО, УЛИЦА СОВЕТСКАЯ, 14А</t>
+  </si>
+  <si>
+    <t>8-(920)-970-85-38</t>
+  </si>
+  <si>
+    <t>biznesinksl@yandex.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "КАСИМОВСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА - БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>391300, ОБЛАСТЬ РЯЗАНСКАЯ, ГОРОД КАСИМОВ, ПЛОЩАДЬ СОБОРНАЯ, 10Б</t>
+  </si>
+  <si>
+    <t>8-(491)-313-36-17</t>
+  </si>
+  <si>
+    <t>kasimov.cpp@gmail.com</t>
+  </si>
+  <si>
+    <t>ФОНД "САСОВСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА - БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>391430, ОБЛАСТЬ РЯЗАНСКАЯ, ГОРОД САСОВО, УЛИЦА НОВИКОВА-ПРИБОЯ, 44</t>
+  </si>
+  <si>
+    <t>8-(491)-335-13-54</t>
+  </si>
+  <si>
+    <t>sgorod62@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "СКОПИНСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА - БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>Центр поддержки народных художественных промыслов, Центр по развитию предпринимательства, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>391802, ОБЛАСТЬ РЯЗАНСКАЯ, ГОРОД СКОПИН, УЛИЦА ЛЕНИНА, 9</t>
+  </si>
+  <si>
+    <t>8-(491)-562-03-12</t>
+  </si>
+  <si>
+    <t>skopincpp@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "ПУТЯТИНСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА - БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>391480, ОБЛАСТЬ РЯЗАНСКАЯ, СЕЛО ПУТЯТИНО, УЛИЦА ВОРОШИЛОВА, 56</t>
+  </si>
+  <si>
+    <t>8-(491)-462-13-62</t>
+  </si>
+  <si>
+    <t>putuatinocpp@inbox.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ-РЯЗАНСКИЙ ОБЛАСТНОЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>390026, ОБЛАСТЬ РЯЗАНСКАЯ, ГОРОД РЯЗАНЬ, УЛИЦА 4-Я ЛИНИЯ, ДОМ 66, ПОМЕЩЕНИЕ Н24</t>
+  </si>
+  <si>
+    <t>8-(491)-270-09-07</t>
+  </si>
+  <si>
+    <t>rofpmp62@yandex.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННЫЙ ФОНД РАЗВИТИЯ ПРОМЫШЛЕННОСТИ РЯЗАНСКОЙ ОБЛАСТИ</t>
+  </si>
+  <si>
+    <t>Иная организация, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>390000, ОБЛАСТЬ РЯЗАНСКАЯ, ГОРОД РЯЗАНЬ, УЛИЦА ПОЛОНСКОГО, ДОМ 7</t>
+  </si>
+  <si>
+    <t>8-(491)-260-05-10</t>
+  </si>
+  <si>
+    <t>fpsp-rzn@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ГАРАНТИЙНОЙ ПОДДЕРЖКИ РЯЗАНСКОЙ ОБЛАСТИ</t>
+  </si>
+  <si>
+    <t>2020-03-05</t>
+  </si>
+  <si>
+    <t>8-(491)-270-08-04</t>
+  </si>
+  <si>
+    <t>fgpro62@gmail.com</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "АГЕНТСТВО РАЗВИТИЯ БИЗНЕСА РЯЗАНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2020-06-03</t>
+  </si>
+  <si>
+    <t>8-(491)-260-60-00</t>
+  </si>
+  <si>
+    <t>ano.arb@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР РАЗВИТИЯ КРЕАТИВНЫХ ИНДУСТРИЙ"</t>
+  </si>
+  <si>
+    <t>390019, ОБЛ. РЯЗАНСКАЯ, Г. Рязань, УЛ. КАШИРИНА, СТР. 1Б, ОФИС 605</t>
+  </si>
+  <si>
+    <t>8-(491)-277-77-17</t>
+  </si>
+  <si>
+    <t>ano.cdci@yandex.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ДЕВЕЛОПМЕНТ ГРУПП"</t>
+  </si>
+  <si>
+    <t>2023-05-31</t>
+  </si>
+  <si>
+    <t>391539, РЯЗАНСКАЯ ОБЛАСТЬ, ШИЛОВСКИЙ М.Р-Н, ЛЕСНОВСКОЕ Г.П., ЛЕСНОЙ РП, ЗАПАДНЫЙ ПРОМУЗЕЛ ТОСЭР ТЕР., ЗД. 6</t>
+  </si>
+  <si>
+    <t>8-(910)-903-93-69</t>
+  </si>
+  <si>
+    <t>chief.fin@relef.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ РЯЗАНСКОЙ ОБЛАСТИ "МНОГОФУНКЦИОНАЛЬНЫЙ ЦЕНТР ПРЕДОСТАВЛЕНИЯ ГОСУДАРСТВЕННЫХ И МУНИЦИПАЛЬНЫХ УСЛУГ РЯЗАНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2025-01-28</t>
+  </si>
+  <si>
+    <t>390000, РЯЗАНСКАЯ ОБЛАСТЬ, РЯЗАНЬ Г., КАШИРИНА УЛ., Д. 1</t>
+  </si>
+  <si>
+    <t>8-(491)-229-09-95</t>
+  </si>
+  <si>
+    <t>mfcro@ryazan.gov.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО МИКРОКРЕДИТНАЯ КОМПАНИЯ "ГАРАНТИЙНЫЙ ФОНД САМАРСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>443100, САМАРСКАЯ ОБЛАСТЬ, САМАРА Г.О., ЛЕНИНСКИЙ ВН.Р-Н, САМАРА Г, МОЛОДОГВАРДЕЙСКАЯ УЛ, Д. 211, 206, 208, 209, 210, 216, 218, 219, 221 ОФИС</t>
+  </si>
+  <si>
+    <t>8-(848)-989-50-70</t>
+  </si>
+  <si>
+    <t>krasina@gfso.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "РЕГИОНАЛЬНЫЙ ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА САМАРСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2019-09-19</t>
+  </si>
+  <si>
+    <t>443100, ОБЛ. САМАРСКАЯ, Г. Самара, УЛ. МОЛОДОГВАРДЕЙСКАЯ, Д. 211, ЭТАЖ 1,2</t>
+  </si>
+  <si>
+    <t>8-(905)-019-51-53</t>
+  </si>
+  <si>
+    <t>info@fond-samara.com</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ И РАЗВИТИЯ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА МИКРОКРЕДИТНАЯ КОМПАНИЯ ГОРОДСКОГО ОКРУГА ТОЛЬЯТТИ</t>
+  </si>
+  <si>
+    <t>2020-02-26</t>
+  </si>
+  <si>
+    <t>445028, ОБЛАСТЬ САМАРСКАЯ, ГОРОД ТОЛЬЯТТИ, БУЛЬВАР КОРОЛЕВА, ДОМ 13, КАБИНЕТ 108</t>
+  </si>
+  <si>
+    <t>8-(848)-250-04-90</t>
+  </si>
+  <si>
+    <t>info@mfbg.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ ГОРОДСКОГО ОКРУГА ТОЛЬЯТТИ "АГЕНТСТВО ЭКОНОМИЧЕСКОГО РАЗВИТИЯ"</t>
+  </si>
+  <si>
+    <t>445028, САМАРСКАЯ ОБЛАСТЬ, ТОЛЬЯТТИ Г., КОРОЛЕВА Б-Р, Д.13</t>
+  </si>
+  <si>
+    <t>8-(848)-231-00-06</t>
+  </si>
+  <si>
+    <t>pochtanazir@mail.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "ПРОМЫШЛЕННЫЕ ПАРКИ"</t>
+  </si>
+  <si>
+    <t>Организация, осуществляющая управление технопарками (технологическими парками), технополисами, научными парками, промышленными парками, индустриальными парками, агропромышленными парками, Индустриальный (промышленный) парк, Индустриальный (промышленный) парк, Индустриальный (промышленный) парк, Индустриальный (промышленный) парк</t>
+  </si>
+  <si>
+    <t>443080, САМАРСКАЯ ОБЛАСТЬ, САМАРА Г., КАРЛА МАРКСА ПР-КТ, Д. 201Б, ЭТАЖ 10,ОФИС 5</t>
+  </si>
+  <si>
+    <t>8-(846)-211-99-85</t>
+  </si>
+  <si>
+    <t>evseev@i-parks.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ КАЗЕННОЕ УЧРЕЖДЕНИЕ ГОРОДСКОГО ОКРУГА САМАРА "САМАРСКИЙ БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>2024-09-17</t>
+  </si>
+  <si>
+    <t>443015, САМАРСКАЯ ОБЛАСТЬ, САМАРА Г., ГЛАВНАЯ УЛ., Д. 3/5</t>
+  </si>
+  <si>
+    <t>8-(846)-207-25-51</t>
+  </si>
+  <si>
+    <t>info@sbi63.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД МИКРОКРЕДИТОВАНИЯ СУБЪЕКТОВ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА САРАТОВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>410012, ОБЛАСТЬ САРАТОВСКАЯ, ГОРОД САРАТОВ, УЛИЦА КРАЕВАЯ, ДОМ 85, ОФИС 301</t>
+  </si>
+  <si>
+    <t>8-(845)-275-64-11</t>
+  </si>
+  <si>
+    <t>fond@fmco.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ПАЛАТА РЕМЕСЕЛ САРАТОВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>410012, ОБЛАСТЬ САРАТОВСКАЯ, ГОРОД САРАТОВ, УЛИЦА БОЛЬШАЯ КАЗАЧЬЯ, ДОМ 8</t>
+  </si>
+  <si>
+    <t>8-(845)-239-04-06</t>
+  </si>
+  <si>
+    <t>leonov@sartpp.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "ГАРАНТИЙНЫЙ ФОНД ДЛЯ СУБЪЕКТОВ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА САРАТОВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>410012, САРАТОВСКАЯ, САРАТОВ Г., КРАЕВАЯ УЛ., Д. 85 ЛИТЕР А, ОФИС 305</t>
+  </si>
+  <si>
+    <t>8-(845)-275-34-11</t>
+  </si>
+  <si>
+    <t>garantfond@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "БИЗНЕС-ИНКУБАТОР САРАТОВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>410012, САРАТОВСКАЯ ОБЛАСТЬ, ГОРОД САРАТОВ Г.О., САРАТОВ Г, КРАЕВАЯ УЛ, Д. 85</t>
+  </si>
+  <si>
+    <t>8-(845)-224-54-78</t>
+  </si>
+  <si>
+    <t>office@saratov-bi.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ "БИЗНЕС-ИНКУБАТОР БАЛАКОВСКОГО МУНИЦИПАЛЬНОГО РАЙОНА САРАТОВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>413841, ОБЛАСТЬ САРАТОВСКАЯ, ГОРОД БАЛАКОВО, УЛИЦА МИНСКАЯ, 63А</t>
+  </si>
+  <si>
+    <t>8-(845)-362-16-33</t>
+  </si>
+  <si>
+    <t>maubbi@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "ЦЕНТР КОЛЛЕКТИВНОГО ПОЛЬЗОВАНИЯ"</t>
+  </si>
+  <si>
+    <t>Центр коллективного доступа к высокотехнологичному оборудованию</t>
+  </si>
+  <si>
+    <t>413100, ОБЛ. САРАТОВСКАЯ, Г. Энгельс, ПЛ. ЛЕНИНА, Д. 22</t>
+  </si>
+  <si>
+    <t>8-(845)-355-76-15</t>
+  </si>
+  <si>
+    <t>ckp.pssspk@yandex.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ФОНД СОДЕЙСТВИЯ РАЗВИТИЮ ВЕНЧУРНЫХ ИНВЕСТИЦИЙ В МАЛЫЕ ПРЕДПРИЯТИЯ В НАУЧНО-ТЕХНИЧЕСКОЙ СФЕРЕ САРАТОВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>Государственный фонд поддержки научной, научно-технической, инновационной деятельности</t>
+  </si>
+  <si>
+    <t>410012, ОБЛАСТЬ САРАТОВСКАЯ, ГОРОД САРАТОВ, УЛИЦА КРАЕВАЯ, ДОМ 85, ОФИС 304</t>
+  </si>
+  <si>
+    <t>8-(845)-275-64-03</t>
+  </si>
+  <si>
+    <t>info@fsimp.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ПОДДЕРЖКИ ЭКСПОРТА САРАТОВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>410012, ОБЛАСТЬ САРАТОВСКАЯ, ГОРОД САРАТОВ, УЛИЦА РАБОЧАЯ, ВЛД 145А, ОФИС 911</t>
+  </si>
+  <si>
+    <t>8-(845)-239-04-23</t>
+  </si>
+  <si>
+    <t>spe@sartpp.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "САХАЛИНСКИЙ ФОНД РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>Центр по развитию предпринимательства, Микрофинансовая организация предпринимательского финансирования</t>
+  </si>
+  <si>
+    <t>693023, САХАЛИНСКАЯ ОБЛАСТЬ, ЮЖНО-САХАЛИНСК Г, ЕМЕЛЬЯНОВА А.О. УЛ, Д. 6</t>
+  </si>
+  <si>
+    <t>8-(424)-267-19-11</t>
+  </si>
+  <si>
+    <t>fsrp-sakhalin@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ГАРАНТИЙНОЙ ПОДДЕРЖКИ САХАЛИНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2024-05-29</t>
+  </si>
+  <si>
+    <t>693007, САХАЛИНСКАЯ ОБЛАСТЬ, ГОРОД ЮЖНО-САХАЛИНСК Г.О., ЮЖНО-САХАЛИНСК Г, ИМЕНИ Ф.Э.ДЗЕРЖИНСКОГО УЛ, Д. 38, 2 ПОМЕЩ.</t>
+  </si>
+  <si>
+    <t>8-(800)-222-01-23</t>
+  </si>
+  <si>
+    <t>rgo@centrsakhalin.ru</t>
+  </si>
+  <si>
+    <t>СВЕРДЛОВСКИЙ ОБЛАСТНОЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА (МИКРОКРЕДИТНАЯ КОМПАНИЯ)</t>
+  </si>
+  <si>
+    <t>Центр компетенций в сфере сельскохозяйственной кооперации и поддержки фермеров, Центр поддержки экспорта, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Региональная гарантийная организация, Микрофинансовая организация предпринимательского финансирования</t>
+  </si>
+  <si>
+    <t>620075, ОБЛАСТЬ СВЕРДЛОВСКАЯ, ГОРОД ЕКАТЕРИНБУРГ, УЛИЦА ВОСТОЧНАЯ, СТРОЕНИЕ 7Д</t>
+  </si>
+  <si>
+    <t>8-(343)-288-77-85</t>
+  </si>
+  <si>
+    <t>sof@sofp.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА Г. КРАСНОТУРЬИНСКА</t>
+  </si>
+  <si>
+    <t>624447, ОБЛАСТЬ СВЕРДЛОВСКАЯ, ГОРОД КРАСНОТУРЬИНСК, УЛИЦА ПУШКИНА, ДОМ 4</t>
+  </si>
+  <si>
+    <t>8-(343)-846-62-15</t>
+  </si>
+  <si>
+    <t>k-fond@mail.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО УПРАВЛЯЮЩАЯ КОМПАНИЯ ИНДУСТРИАЛЬНОГО ПАРКА "БОГОСЛОВСКИЙ"</t>
+  </si>
+  <si>
+    <t>624447, СВЕРДЛОВСКАЯ ОБЛАСТЬ, КРАСНОТУРЬИНСК Г.О., КРАСНОТУРЬИНСК Г, ПУШКИНА УЛ, Д. 4, 313 КОМ.</t>
+  </si>
+  <si>
+    <t>8-(343)-385-95-58</t>
+  </si>
+  <si>
+    <t>info@bogoslovsky.com</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ УПРАВЛЯЮЩАЯ КОМПАНИЯ ИНДУСТРИАЛЬНОГО ПАРКА "ЗАРЕЧНЫЙ"</t>
+  </si>
+  <si>
+    <t>620014, СВЕРДЛОВСКАЯ, ЕКАТЕРИНБУРГ Г., ЛЕНИНА ПР-КТ, СТР. 50Б, ОФИС 712</t>
+  </si>
+  <si>
+    <t>pin@investural.com</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА СЫСЕРТСКОГО ГОРОДСКОГО ОКРУГА</t>
+  </si>
+  <si>
+    <t>2023-02-03</t>
+  </si>
+  <si>
+    <t>624022, СВЕРДЛОВСКАЯ, СЫСЕРТСКИЙ Р-Н, СЫСЕРТЬ Г., ЛЕНИНА УЛ., Д. 35</t>
+  </si>
+  <si>
+    <t>8-(904)-983-54-30</t>
+  </si>
+  <si>
+    <t>lep@sofp.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ ФОНД "ЕКАТЕРИНБУРГСКИЙ ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>620075, СВЕРДЛОВСКАЯ, ЕКАТЕРИНБУРГ Г., ПУШКИНА УЛ., Д. 9, ОФИС 201</t>
+  </si>
+  <si>
+    <t>8-(343)-286-08-57</t>
+  </si>
+  <si>
+    <t>reception@ekbiznes.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "ВОЛЧАНСКИЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>2023-07-18</t>
+  </si>
+  <si>
+    <t>624941, СВЕРДЛОВСКАЯ ОБЛАСТЬ, ВОЛЧАНСК Г., МИЧУРИНА УЛ., Д.9</t>
+  </si>
+  <si>
+    <t>8-(904)-162-54-54</t>
+  </si>
+  <si>
+    <t>vfpmp@yandex.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "ВЕРХНЕСАЛДИНСКИЙ ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>2023-07-20</t>
+  </si>
+  <si>
+    <t>624760, СВЕРДЛОВСКАЯ ОБЛАСТЬ, ВЕРХНЕСАЛДИНСКИЙ Р-Н, ВЕРХНЯЯ САЛДА Г., ЛЕНИНА УЛ., Д.56</t>
+  </si>
+  <si>
+    <t>8-(343)-455-26-26</t>
+  </si>
+  <si>
+    <t>mfpmp@yandex.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА НОВОЛЯЛИНСКОГО ГОРОДСКОГО ОКРУГА"</t>
+  </si>
+  <si>
+    <t>2023-07-26</t>
+  </si>
+  <si>
+    <t>624400, СВЕРДЛОВСКАЯ ОБЛАСТЬ, НОВОЛЯЛИНСКИЙ Р-Н, НОВАЯ ЛЯЛЯ Г., ПИОНЕРОВ УЛ., Д.27</t>
+  </si>
+  <si>
+    <t>8-(343)-882-05-05</t>
+  </si>
+  <si>
+    <t>mari_semakina@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА НА ТЕРРИТОРИИ ТАЛИЦКОГО ГОРОДСКОГО ОКРУГА</t>
+  </si>
+  <si>
+    <t>623640, СВЕРДЛОВСКАЯ ОБЛАСТЬ, ТАЛИЦКИЙ Р-Н, ТАЛИЦА Г., ЛУНАЧАРСКОГО УЛ., Д. 59</t>
+  </si>
+  <si>
+    <t>8-(922)-201-08-20</t>
+  </si>
+  <si>
+    <t>fondtalitsa@mail.ru</t>
+  </si>
+  <si>
+    <t>АСБЕСТОВСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>2023-08-24</t>
+  </si>
+  <si>
+    <t>624272, СВЕРДЛОВСКАЯ ОБЛАСТЬ, АСБЕСТ Г., ИМЕНИ В.И. ЛЕНИНА ПР-КТ, Д. 16</t>
+  </si>
+  <si>
+    <t>8-(343)-656-00-00</t>
+  </si>
+  <si>
+    <t>fond@pmpasb.ru</t>
+  </si>
+  <si>
+    <t>"СРЕДНЕУРАЛЬСКИЙ ФОНД РАЗВИТИЯ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>2023-08-30</t>
+  </si>
+  <si>
+    <t>624070, СВЕРДЛОВСКАЯ ОБЛАСТЬ, СРЕДНЕУРАЛЬСК Г., УРАЛЬСКАЯ УЛ., Д.26</t>
+  </si>
+  <si>
+    <t>8-(952)-148-12-20</t>
+  </si>
+  <si>
+    <t>bizvr@bk.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "НЕВЬЯНСКИЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>2023-09-05</t>
+  </si>
+  <si>
+    <t>624194, СВЕРДЛОВСКАЯ ОБЛАСТЬ, НЕВЬЯНСКИЙ Р-Н, НЕВЬЯНСК Г, ЧАПАЕВА УЛ, Д. 26</t>
+  </si>
+  <si>
+    <t>8-(343)-564-23-96</t>
+  </si>
+  <si>
+    <t>nevfond@nevfond.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "КРАСНОУРАЛЬСКИЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>624330, СВЕРДЛОВСКАЯ ОБЛАСТЬ, КРАСНОУРАЛЬСК Г., КАЛЯЕВА УЛ., Д.35А, КВ.109</t>
+  </si>
+  <si>
+    <t>8-(953)-041-57-57</t>
+  </si>
+  <si>
+    <t>krur_fond@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА СЛОБОДО-ТУРИНСКОГО МУНИЦИПАЛЬНОГО РАЙОНА</t>
+  </si>
+  <si>
+    <t>2023-09-25</t>
+  </si>
+  <si>
+    <t>623930, СВЕРДЛОВСКАЯ ОБЛАСТЬ, СЛОБОДО-ТУРИНСКИЙ Р-Н, ТУРИНСКАЯ СЛОБОДА С., ЛЕНИНА УЛ., Д. 1</t>
+  </si>
+  <si>
+    <t>8-(343)-612-19-45</t>
+  </si>
+  <si>
+    <t>fond.sl@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА БЕРЕЗОВСКОГО ГОРОДСКОГО ОКРУГА</t>
+  </si>
+  <si>
+    <t>623710, СВЕРДЛОВСКАЯ ОБЛАСТЬ, БЕРЕЗОВСКИЙ Г., МАКСИМА ГОРЬКОГО УЛ., Д.26</t>
+  </si>
+  <si>
+    <t>8-(343)-694-02-20</t>
+  </si>
+  <si>
+    <t>info@berfond.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА ГОРОДСКОГО ОКРУГА ЗАРЕЧНЫЙ</t>
+  </si>
+  <si>
+    <t>2023-09-29</t>
+  </si>
+  <si>
+    <t>624250, СВЕРДЛОВСКАЯ ОБЛАСТЬ, ЗАРЕЧНЫЙ Г., ВОСТОЧНАЯ УЛ., Д.11</t>
+  </si>
+  <si>
+    <t>8-(343)-773-91-04</t>
+  </si>
+  <si>
+    <t>fond@fpmpzar.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "РЕЖЕВСКОЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>623750, СВЕРДЛОВСКАЯ ОБЛАСТЬ, РЕЖЕВСКОЙ Р-Н, РЕЖ Г., КРАСНОАРМЕЙСКАЯ УЛ., Д.23 -----, -----</t>
+  </si>
+  <si>
+    <t>8-(343)-643-53-50</t>
+  </si>
+  <si>
+    <t>fond.rezh@gmail.com</t>
+  </si>
+  <si>
+    <t>РЕВДИНСКИЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>2023-10-20</t>
+  </si>
+  <si>
+    <t>623286, СВЕРДЛОВСКАЯ ОБЛАСТЬ, РЕВДА Г., АЗИНА УЛ., Д.83</t>
+  </si>
+  <si>
+    <t>8-(343)-975-46-75</t>
+  </si>
+  <si>
+    <t>fond.revda@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА ГОРОДСКОГО ОКРУГА ВЕРХОТУРСКИЙ</t>
+  </si>
+  <si>
+    <t>624390, СВЕРДЛОВСКАЯ ОБЛАСТЬ, ВЕРХОТУРСКИЙ Р-Н, ПРИВОКЗАЛЬНЫЙ П., СОВЕТСКАЯ УЛ., Д. 6А</t>
+  </si>
+  <si>
+    <t>8-(343)-892-87-06</t>
+  </si>
+  <si>
+    <t>wvpmpso@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА ГОРОДСКОГО ОКРУГА КАРПИНСК</t>
+  </si>
+  <si>
+    <t>2023-11-02</t>
+  </si>
+  <si>
+    <t>624930, СВЕРДЛОВСКАЯ ОБЛАСТЬ, КАРПИНСК Г., ЛУНАЧАРСКОГО УЛ., Д.67</t>
+  </si>
+  <si>
+    <t>8-(343)-833-47-47</t>
+  </si>
+  <si>
+    <t>kfpmp@yandex.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД "ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА КАМЕНСК-УРАЛЬСКОГО ГОРОДСКОГО ОКРУГА"</t>
+  </si>
+  <si>
+    <t>623400, СВЕРДЛОВСКАЯ ОБЛАСТЬ, КАМЕНСК-УРАЛЬСКИЙ Г.О., КАМЕНСК-УРАЛЬСКИЙ Г, ЛЕНИНА УЛ, Д. 32</t>
+  </si>
+  <si>
+    <t>8-(343)-937-03-88</t>
+  </si>
+  <si>
+    <t>fondkamensk@yandex.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "РЕФТИНСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>2023-11-09</t>
+  </si>
+  <si>
+    <t>624285, СВЕРДЛОВСКАЯ ОБЛАСТЬ, РЕФТИНСКИЙ ПГТ, ГАГАРИНА УЛ., Д.13 К.А</t>
+  </si>
+  <si>
+    <t>8-(343)-653-28-69</t>
+  </si>
+  <si>
+    <t>fond.reft@gmail.com</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА ТУРИНСКОГО ГОРОДСКОГО ОКРУГА</t>
+  </si>
+  <si>
+    <t>623900, СВЕРДЛОВСКАЯ ОБЛАСТЬ, ТУРИНСКИЙ Р-Н, ТУРИНСК Г., ГАГАРИНА УЛ., Д. 62</t>
+  </si>
+  <si>
+    <t>8-(343)-492-02-61</t>
+  </si>
+  <si>
+    <t>fpmpturinsk@mail.ru</t>
+  </si>
+  <si>
+    <t>МЕЖМУНИЦИПАЛЬНЫЙ ФОНД "КРАСНОУФИМСКИЙ ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>2023-11-14</t>
+  </si>
+  <si>
+    <t>623300, СВЕРДЛОВСКАЯ ОБЛАСТЬ, КРАСНОУФИМСК Г., КУЙБЫШЕВА УЛ., Д. 6</t>
+  </si>
+  <si>
+    <t>8-(343)-947-00-10</t>
+  </si>
+  <si>
+    <t>kcrp66@yandex.ru</t>
+  </si>
+  <si>
+    <t>НИЖНЕТАГИЛЬСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>2024-02-21</t>
+  </si>
+  <si>
+    <t>622034, СВЕРДЛОВСКАЯ ОБЛАСТЬ, НИЖНИЙ ТАГИЛ Г., МИРА ПР-КТ, Д. 2А, ОФИС 22</t>
+  </si>
+  <si>
+    <t>8-(343)-542-18-09</t>
+  </si>
+  <si>
+    <t>tss@sofp.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА Г. АЛАПАЕВСКА</t>
+  </si>
+  <si>
+    <t>624600, СВЕРДЛОВСКАЯ ОБЛАСТЬ, АЛАПАЕВСК Г., БЕРЕГОВАЯ УЛ., Д.36</t>
+  </si>
+  <si>
+    <t>8-(343)-462-66-69</t>
+  </si>
+  <si>
+    <t>Amfpmp@mail.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ - ФОНД "ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА ГОРОДСКОГО ОКРУГА "ГОРОД ЛЕСНОЙ"</t>
+  </si>
+  <si>
+    <t>624205, СВЕРДЛОВСКАЯ ОБЛАСТЬ, ЛЕСНОЙ Г, МАМИНА-СИБИРЯКА УЛ, Д. 47</t>
+  </si>
+  <si>
+    <t>8-(343)-426-56-52</t>
+  </si>
+  <si>
+    <t>lesnoyfond@yandex.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА БИСЕРТСКОГО ГОРОДСКОГО ОКРУГА</t>
+  </si>
+  <si>
+    <t>623050, СВЕРДЛОВСКАЯ ОБЛАСТЬ, НИЖНЕСЕРГИНСКИЙ Р-Н, БИСЕРТЬ ПГТ, РЕВОЛЮЦИИ УЛ., Д. 110 К. А</t>
+  </si>
+  <si>
+    <t>8-(967)-636-57-21</t>
+  </si>
+  <si>
+    <t>mfpp_bgo@mail.ru</t>
+  </si>
+  <si>
+    <t>АРТЕМОВСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>2024-03-27</t>
+  </si>
+  <si>
+    <t>623780, СВЕРДЛОВСКАЯ ОБЛАСТЬ, АРТЕМОВСКИЙ Р-Н, АРТЕМОВСКИЙ Г., ГАГАРИНА УЛ., СТР 8</t>
+  </si>
+  <si>
+    <t>8-(343)-632-13-60</t>
+  </si>
+  <si>
+    <t>a.voron66@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ГОРОД ИРБИТ"</t>
+  </si>
+  <si>
+    <t>2024-06-14</t>
+  </si>
+  <si>
+    <t>623851, СВЕРДЛОВСКАЯ ОБЛАСТЬ, ГОРОД ИРБИТ Г.О., ИРБИТ Г, СОВЕТСКАЯ УЛ, Д. 100А, 64,65 ОФИС</t>
+  </si>
+  <si>
+    <t>8-(343)-556-52-57</t>
+  </si>
+  <si>
+    <t>fond-irbit@yandex.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "КУШВИНСКИЙ ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>2024-07-25</t>
+  </si>
+  <si>
+    <t>624300, СВЕРДЛОВСКАЯ ОБЛАСТЬ, КУШВА Г., ЦЕНТРАЛЬНАЯ УЛ., Д.4А</t>
+  </si>
+  <si>
+    <t>8-(343)-446-30-90</t>
+  </si>
+  <si>
+    <t>fond_kushva@mail.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ ФОНД "БЕЛОЯРСКИЙ ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>624030, СВЕРДЛОВСКАЯ ОБЛАСТЬ, БЕЛОЯРСКИЙ Р-Н, БЕЛОЯРСКИЙ ПГТ, МИЛИЦЕЙСКАЯ УЛ., Д.3</t>
+  </si>
+  <si>
+    <t>8-(904)-983-88-74</t>
+  </si>
+  <si>
+    <t>fond.bcrp@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "КАЧКАНАРСКИЙ ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>2024-11-13</t>
+  </si>
+  <si>
+    <t>620000, СВЕРДЛОВСКАЯ ОБЛАСТЬ, КАЧКАНАР Г, СВЕРДЛОВА УЛ, Д. 7, 69</t>
+  </si>
+  <si>
+    <t>8-(343)-413-56-36</t>
+  </si>
+  <si>
+    <t>fond_kch@mail.ru</t>
+  </si>
+  <si>
+    <t>ПЕРВОУРАЛЬСКИЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>623104, СВЕРДЛОВСКАЯ ОБЛАСТЬ, ПЕРВОУРАЛЬСК Г., ВАТУТИНА УЛ., Д. 41</t>
+  </si>
+  <si>
+    <t>8-(343)-929-62-97</t>
+  </si>
+  <si>
+    <t>fond_prv@mail.ru</t>
+  </si>
+  <si>
+    <t>ВЕРХНЕПЫШМИНСКИЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>624090, СВЕРДЛОВСКАЯ ОБЛАСТЬ, ВЕРХНЯЯ ПЫШМА Г., ЮБИЛЕЙНАЯ УЛ., Д.22</t>
+  </si>
+  <si>
+    <t>8-(343)-684-46-00</t>
+  </si>
+  <si>
+    <t>vpfond@vpfond.com</t>
+  </si>
+  <si>
+    <t>ФОНД "НОВОУРАЛЬСКИЙ ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>624133, СВЕРДЛОВСКАЯ ОБЛАСТЬ, НОВОУРАЛЬСКИЙ Г.О., НОВОУРАЛЬСК Г, ЛЬВА ТОЛСТОГО УЛ, ЗД. 2А, 201 ОФИС</t>
+  </si>
+  <si>
+    <t>8-(343)-709-13-99</t>
+  </si>
+  <si>
+    <t>info@fond44.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА ГОРОДА СЕВЕРОУРАЛЬСКА</t>
+  </si>
+  <si>
+    <t>624480, СВЕРДЛОВСКАЯ ОБЛАСТЬ, СЕВЕРОУРАЛЬСК Г., КАРЖАВИНА УЛ., Д.20</t>
+  </si>
+  <si>
+    <t>8-(343)-802-33-91</t>
+  </si>
+  <si>
+    <t>fond@severouralsk.biz</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ ФОНД "ТАВДИНСКИЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>623950, СВЕРДЛОВСКАЯ ОБЛАСТЬ, ТАВДИНСКИЙ Р-Н, ТАВДА Г, ЛЕНИНА УЛ, Д. 78А, 91</t>
+  </si>
+  <si>
+    <t>8-(343)-605-22-81</t>
+  </si>
+  <si>
+    <t>mfpmp@rambler.ru</t>
+  </si>
+  <si>
+    <t>НИЖНЕТУРИНСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>624220, СВЕРДЛОВСКАЯ ОБЛАСТЬ, НИЖНЯЯ ТУРА Г., 40 ЛЕТ ОКТЯБРЯ УЛ., Д. 2А</t>
+  </si>
+  <si>
+    <t>8-(343)-422-80-06</t>
+  </si>
+  <si>
+    <t>ntmfondpp@yandex.ru</t>
+  </si>
+  <si>
+    <t>СЕРОВСКИЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>624980, СВЕРДЛОВСКАЯ ОБЛАСТЬ, СЕРОВ Г., ЗЕЛЕНАЯ УЛ., Д.7</t>
+  </si>
+  <si>
+    <t>8-(343)-856-60-32</t>
+  </si>
+  <si>
+    <t>info@fond-serov.ru</t>
+  </si>
+  <si>
+    <t>"МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА ТУГУЛЫМСКОГО ГОРОДСКОГО ОКРУГА"</t>
+  </si>
+  <si>
+    <t>623650, СВЕРДЛОВСКАЯ ОБЛАСТЬ, ТУГУЛЫМСКИЙ Р-Н, ТУГУЛЫМ ПГТ, 50 ЛЕТ ОКТЯБРЯ ПЛ., Д. 1</t>
+  </si>
+  <si>
+    <t>8-(922)-045-42-70</t>
+  </si>
+  <si>
+    <t>olga.zhuravleva0902@gmail.com</t>
+  </si>
+  <si>
+    <t>СУХОЛОЖСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>624800, СВЕРДЛОВСКАЯ ОБЛАСТЬ, СУХОЛОЖСКИЙ Р-Н, СУХОЙ ЛОГ Г., ФРУНЗЕ ПЕР., Д. 1 К. А</t>
+  </si>
+  <si>
+    <t>8-(343)-734-36-60</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА СМОЛЕНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>214014, СМОЛЕНСКАЯ, СМОЛЕНСК Г., ТЕНИШЕВОЙ УЛ., Д. 15, ПОМЕЩ. 1-9</t>
+  </si>
+  <si>
+    <t>8-(481)-263-80-38</t>
+  </si>
+  <si>
+    <t>shapkin67@cpp67.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ПОДДЕРЖКИ ЭКСПОРТА СМОЛЕНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>214014, СМОЛЕНСКАЯ, СМОЛЕНСК Г., ЭНГЕЛЬСА УЛ., Д. 23</t>
+  </si>
+  <si>
+    <t>8-(910)-789-24-45</t>
+  </si>
+  <si>
+    <t>ma@export67.com</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "СМОЛЕНСКИЙ ОБЛАСТНОЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>Региональная гарантийная организация, Микрофинансовая организация предпринимательского финансирования, Микрофинансовая организация предпринимательского финансирования</t>
+  </si>
+  <si>
+    <t>214014, ОБЛ. СМОЛЕНСКАЯ, Г. Смоленск, УЛ. ЭНГЕЛЬСА, Д. 23</t>
+  </si>
+  <si>
+    <t>8-(481)-277-70-77</t>
+  </si>
+  <si>
+    <t>sofpmp@yandex.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "КОРПОРАЦИЯ ИНВЕСТИЦИОННОГО РАЗВИТИЯ СМОЛЕНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2023-03-29</t>
+  </si>
+  <si>
+    <t>214014, СМОЛЕНСКАЯ, СМОЛЕНСК Г., ЭНГЕЛЬСА УЛ., Д. 23, ОФИС 26</t>
+  </si>
+  <si>
+    <t>8-(481)-277-00-22</t>
+  </si>
+  <si>
+    <t>smolregion67@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "РЕГИОНАЛЬНЫЙ ЦЕНТР УПРАВЛЕНИЯ И КУЛЬТУРЫ"</t>
+  </si>
+  <si>
+    <t>Центр инноваций социальной сферы, Центр по развитию предпринимательства, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>392000, ОБЛАСТЬ ТАМБОВСКАЯ, ГОРОД ТАМБОВ, УЛИЦА ДЕРЖАВИНСКАЯ, ДОМ 16А, ОФИС 305</t>
+  </si>
+  <si>
+    <t>8-(909)-232-76-62</t>
+  </si>
+  <si>
+    <t>eastepanova.tmb@gmail.com</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД СОДЕЙСТВИЯ КРЕДИТОВАНИЮ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ТАМБОВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>392020, ТАМБОВСКАЯ ОБЛАСТЬ, ТАМБОВ Г., КАРЛА МАРКСА УЛ., Д. 175Б, ПОМЕЩ. 9Ж</t>
+  </si>
+  <si>
+    <t>8-(475)-263-77-26</t>
+  </si>
+  <si>
+    <t>fsc-tambov@mail.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА ТАМБОВСКОЙ ОБЛАСТИ (МИКРОКРЕДИТНАЯ КОМПАНИЯ)</t>
+  </si>
+  <si>
+    <t>fond-mikrotmb@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР КООРДИНАЦИИ ПОДДЕРЖКИ БИЗНЕСА ТАМБОВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр кластерного развития, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>392000, ТАМБОВСКАЯ ОБЛАСТЬ, ТАМБОВ Г., КАРЛА МАРКСА УЛ., Д. 130, ОФИС 416</t>
+  </si>
+  <si>
+    <t>8-(475)-255-97-40</t>
+  </si>
+  <si>
+    <t>info@mbis68.ru</t>
+  </si>
+  <si>
+    <t>ФОНД СОДЕЙСТВИЯ КРЕДИТОВАНИЮ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ТВЕРСКОЙ ОБЛАСТИ (МИКРОКРЕДИТНАЯ КОМПАНИЯ)</t>
+  </si>
+  <si>
+    <t>170034, ТВЕРСКАЯ ОБЛАСТЬ, ТВЕРЬ Г., ПОБЕДЫ ПР-КТ, Д. 14</t>
+  </si>
+  <si>
+    <t>8-(482)-248-48-58</t>
+  </si>
+  <si>
+    <t>fsk@fondtver.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ "ЦЕНТР СОПРОВОЖДЕНИЯ ИНВЕСТИЦИЙ"</t>
+  </si>
+  <si>
+    <t>170040, ТВЕРСКАЯ ОБЛАСТЬ, ГОРОД ТВЕРЬ Г.О., ТВЕРЬ Г, НИКОЛАЯ КОРЫТКОВА ПР-КТ, Д. 43</t>
+  </si>
+  <si>
+    <t>8-(482)-279-02-82</t>
+  </si>
+  <si>
+    <t>info@binktver.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ "АГЕНТСТВО СОЦИАЛЬНО-ЭКОНОМИЧЕСКОГО РАЗВИТИЯ"</t>
+  </si>
+  <si>
+    <t>2018-07-19</t>
+  </si>
+  <si>
+    <t>170100, ОБЛАСТЬ ТВЕРСКАЯ, ГОРОД ТВЕРЬ, УЛИЦА НОВОТОРЖСКАЯ, ДОМ 12А, ПОМЕЩЕНИЕ VIII</t>
+  </si>
+  <si>
+    <t>8-(906)-549-69-69</t>
+  </si>
+  <si>
+    <t>cgp.tver@yandex.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "КСК ИНВЕСТИЦИИ"</t>
+  </si>
+  <si>
+    <t>2022-02-01</t>
+  </si>
+  <si>
+    <t>170039, ТВЕРСКАЯ ОБЛАСТЬ, ТВЕРЬ Г., ПАШИ САВЕЛЬЕВОЙ УЛ., Д. 45, ПОМЕЩ. 31</t>
+  </si>
+  <si>
+    <t>8-(920)-689-09-29</t>
+  </si>
+  <si>
+    <t>d.spitchenko@kscgroup.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ГАРАНТИЙНЫЙ ФОНД ТОМСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>634021, ТОМСКАЯ ОБЛАСТЬ, ТОМСК Г., ЕНИСЕЙСКАЯ УЛ., Д. 37, ОФИС 308</t>
+  </si>
+  <si>
+    <t>8-(382)-271-31-20</t>
+  </si>
+  <si>
+    <t>gf@gf-tomsk.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА ГОРОДСКОГО ОКРУГА СТРЕЖЕВОЙ"</t>
+  </si>
+  <si>
+    <t>636780, ТОМСКАЯ ОБЛАСТЬ, СТРЕЖЕВОЙ Г., ЕРМАКОВА УЛ., Д.46А</t>
+  </si>
+  <si>
+    <t>8-(382)-595-24-33</t>
+  </si>
+  <si>
+    <t>fondpmp@admstrj.tomsk.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД РАЗВИТИЯ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ЗАТО СЕВЕРСК"</t>
+  </si>
+  <si>
+    <t>636000, ТОМСКАЯ ОБЛАСТЬ, СЕВЕРСК Г, КАЛИНИНА УЛ, Д. 7 СТР. 2/1, ПОМЕЩ. 5</t>
+  </si>
+  <si>
+    <t>8-(382)-378-59-78</t>
+  </si>
+  <si>
+    <t>fondmspseversk@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ЦЕНТР ИННОВАЦИОННОГО РАЗВИТИЯ ТОМСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>634050, ТОМСКАЯ ОБЛАСТЬ, ГОРОД ТОМСК Г.О., ТОМСК Г, ТРИФОНОВА УЛ, Д. 12, 16 ОФИС</t>
+  </si>
+  <si>
+    <t>8-(382)-251-13-16</t>
+  </si>
+  <si>
+    <t>info@innoclusters.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "УПРАВЛЯЮЩАЯ КОМПАНИЯ "ТОМСКИЙ ИНДУСТРИАЛЬНЫЙ ПАРК"</t>
+  </si>
+  <si>
+    <t>634055, ТОМСКАЯ ОБЛАСТЬ, ГОРОД ТОМСК Г.О., ТОМСК Г, АКАДЕМИЧЕСКИЙ ПР-КТ, Д. 8/8, 10 ПОМЕЩ.</t>
+  </si>
+  <si>
+    <t>8-(382)-248-86-50</t>
+  </si>
+  <si>
+    <t>tomskinpark@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>636760, ТОМСКАЯ ОБЛАСТЬ, АЛЕКСАНДРОВСКИЙ Р-Н, АЛЕКСАНДРОВСКОЕ С., ЛЕБЕДЕВА УЛ., Д.8</t>
+  </si>
+  <si>
+    <t>8-(913)-885-14-03</t>
+  </si>
+  <si>
+    <t>cpp_alecs@mail.ru</t>
+  </si>
+  <si>
+    <t>АССОЦИАЦИЯ НЕКОММЕРЧЕСКОЕ ПАРТНЕРСТВО "БАКЧАРСКИЙ ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>636200, ТОМСКАЯ ОБЛАСТЬ, БАКЧАРСКИЙ Р-Н, БАКЧАР С., ЛЕНИНА УЛ., Д.53</t>
+  </si>
+  <si>
+    <t>8-(382)-492-14-96</t>
+  </si>
+  <si>
+    <t>bakcpp@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ВЕРХНЕКЕТСКИЙ ЦЕНТР РАЗВИТИЯ БИЗНЕСА"</t>
+  </si>
+  <si>
+    <t>636500, ТОМСКАЯ ОБЛАСТЬ, ВЕРХНЕКЕТСКИЙ Р-Н, БЕЛЫЙ ЯР РП, БАНКОВСКИЙ ПЕР, Д. 8 СТР. 1</t>
+  </si>
+  <si>
+    <t>8-(382)-582-10-60</t>
+  </si>
+  <si>
+    <t>cpp04@mail.ru</t>
+  </si>
+  <si>
+    <t>АССОЦИАЦИЯ "НЕКОММЕРЧЕСКОЕ ПАРТНЕРСТВО "АГЕНТСТВО РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА-СЕВЕРСК"</t>
+  </si>
+  <si>
+    <t>636000, ТОМСКАЯ ОБЛАСТЬ, СЕВЕРСК Г., ПАРУСИНКА УЛ., Д. 16</t>
+  </si>
+  <si>
+    <t>8-(382)-378-58-05</t>
+  </si>
+  <si>
+    <t>arpseversk@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "РЕЗЕРВ"</t>
+  </si>
+  <si>
+    <t>636850, ТОМСКАЯ ОБЛАСТЬ, ЗЫРЯНСКИЙ Р-Н, ЗЫРЯНСКОЕ С., СИБИРСКАЯ УЛ., Д.1, 2</t>
+  </si>
+  <si>
+    <t>8-(382)-432-28-76</t>
+  </si>
+  <si>
+    <t>cpp243@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР РАЗВИТИЯ СЕЛЬСКОГО ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>636700, ТОМСКАЯ ОБЛАСТЬ, КАРГАСОКСКИЙ Р-Н, КАРГАСОК С., ПУШКИНА УЛ., Д.21</t>
+  </si>
+  <si>
+    <t>8-(382)-532-22-15</t>
+  </si>
+  <si>
+    <t>crsp_karg@mail.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКОЕ ЧАСТНОЕ СОЦИАЛЬНОЕ УЧРЕЖДЕНИЕ "РАЗВИТИЕ"</t>
+  </si>
+  <si>
+    <t>636450, ТОМСКАЯ ОБЛАСТЬ, КОЛПАШЕВСКИЙ Р-Н, ТОГУР С, СОВЕТСКАЯ УЛ, Д. 71</t>
+  </si>
+  <si>
+    <t>8-(923)-423-41-81</t>
+  </si>
+  <si>
+    <t>nypc@yandex.ru</t>
+  </si>
+  <si>
+    <t>636400, ТОМСКАЯ ОБЛАСТЬ, ЧАИНСКИЙ Р-Н, ПОДГОРНОЕ С, ЛЕНИНСКАЯ УЛ, Д. 11, КАБИНЕТ 123</t>
+  </si>
+  <si>
+    <t>8-(382)-572-11-63</t>
+  </si>
+  <si>
+    <t>istok-tsentr2022@mail.ru</t>
+  </si>
+  <si>
+    <t>АССОЦИАЦИЯ БИЗНЕС-КОНСУЛЬТАНТОВ "АСИНОВСКИЙ БИЗНЕС-ЦЕНТР"</t>
+  </si>
+  <si>
+    <t>636840, ТОМСКАЯ ОБЛАСТЬ, АСИНОВСКИЙ Р-Н, АСИНО Г., ПАРТИЗАНСКАЯ УЛ., Д.47А</t>
+  </si>
+  <si>
+    <t>8-(382)-412-02-79</t>
+  </si>
+  <si>
+    <t>biznesasino@rambler.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ИНТЕЛЛЕКТ"</t>
+  </si>
+  <si>
+    <t>636780, ТОМСКАЯ ОБЛАСТЬ, СТРЕЖЕВОЙ Г., ЕРМАКОВА УЛ., Д. 86, ПОМЕЩ. 17</t>
+  </si>
+  <si>
+    <t>8-(382)-593-70-86</t>
+  </si>
+  <si>
+    <t>intellekt.mzpp@list.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "МИКРОКРЕДИТНАЯ КОМПАНИЯ СОДЕЙСТВИЯ РАЗВИТИЮ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ТОМСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2020-04-06</t>
+  </si>
+  <si>
+    <t>634021, ТОМСКАЯ ОБЛАСТЬ, ГОРОД ТОМСК Г.О., ТОМСК Г, ЕНИСЕЙСКАЯ УЛ, Д. 37, 400 ОФ.</t>
+  </si>
+  <si>
+    <t>8-(382)-290-29-10</t>
+  </si>
+  <si>
+    <t>fond@invetom.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКОЕ ПАРТНЕРСТВО "ПЕРВОМАЙСКИЙ БИЗНЕС-ЦЕНТР"</t>
+  </si>
+  <si>
+    <t>2020-09-28</t>
+  </si>
+  <si>
+    <t>636930, ТОМСКАЯ ОБЛАСТЬ, ПЕРВОМАЙСКИЙ Р-Н, ПЕРВОМАЙСКОЕ С., КОММУНИСТИЧЕСКАЯ УЛ., Д.2</t>
+  </si>
+  <si>
+    <t>8-(382)-452-10-91</t>
+  </si>
+  <si>
+    <t>cpp245@rambler.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "КОЖЕВНИКОВСКИЙ БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>636160, ТОМСКАЯ ОБЛАСТЬ, КОЖЕВНИКОВСКИЙ Р-Н, КОЖЕВНИКОВО С., ГАГАРИНА УЛ., Д.17</t>
+  </si>
+  <si>
+    <t>8-(382)-442-27-44</t>
+  </si>
+  <si>
+    <t>mbukbi@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ИНЖИНИРИНГА И ИННОВАЦИЙ ТОМСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2022-12-26</t>
+  </si>
+  <si>
+    <t>634055, ТОМСКАЯ ОБЛАСТЬ, ТОМСК Г., РАЗВИТИЯ ПР-КТ, Д. 3</t>
+  </si>
+  <si>
+    <t>8-(382)-260-90-23</t>
+  </si>
+  <si>
+    <t>info@engineering.tomsk.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ТУЛЬСКИЙ ОБЛАСТНОЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>300004, ОБЛАСТЬ ТУЛЬСКАЯ, ГОРОД ТУЛА, УЛИЦА КИРОВА, ДОМ 135, КОРПУС 1, ОФИС 419</t>
+  </si>
+  <si>
+    <t>8-(487)-252-10-80</t>
+  </si>
+  <si>
+    <t>tofpmp@tularegion.ru</t>
+  </si>
+  <si>
+    <t>ТУЛЬСКИЙ ОБЛАСТНОЙ ГАРАНТИЙНЫЙ ФОНД</t>
+  </si>
+  <si>
+    <t>300004, ОБЛАСТЬ ТУЛЬСКАЯ, ГОРОД ТУЛА, УЛИЦА КИРОВА, ДОМ 135, ОФИС 11</t>
+  </si>
+  <si>
+    <t>8-(487)-252-20-71</t>
+  </si>
+  <si>
+    <t>togf@tularegion.ru</t>
+  </si>
+  <si>
+    <t>ТУЛЬСКИЙ РЕГИОНАЛЬНЫЙ ФОНД "ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>Иная организация, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Инжиниринговый центр, Инжиниринговый центр, Инжиниринговый центр, Инжиниринговый центр, Инжиниринговый центр, Инжиниринговый центр, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>300004, ОБЛАСТЬ ТУЛЬСКАЯ, ГОРОД ТУЛА, УЛИЦА КИРОВА, ДОМ 135, КОРПУС 1, ОФИС 408</t>
+  </si>
+  <si>
+    <t>8-(487)-225-98-31</t>
+  </si>
+  <si>
+    <t>ric@hub71.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД МЕСТНОГО РАЗВИТИЯ</t>
+  </si>
+  <si>
+    <t>301361, ОБЛАСТЬ ТУЛЬСКАЯ, ГОРОД АЛЕКСИН, УЛИЦА ПАХОМОВА, 19</t>
+  </si>
+  <si>
+    <t>8-(487)-534-09-41</t>
+  </si>
+  <si>
+    <t>mfmr71@mail.ru</t>
+  </si>
+  <si>
+    <t>КИМОВСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>301720, ОБЛАСТЬ ТУЛЬСКАЯ, ГОРОД КИМОВСК, УЛИЦА ЛЕНИНА, ДОМ 44, КОРПУС А</t>
+  </si>
+  <si>
+    <t>8-(487)-355-91-10</t>
+  </si>
+  <si>
+    <t>mfo.kfpmp@yandex.ru</t>
+  </si>
+  <si>
+    <t>НОВОМОСКОВСКИЙ МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>301666, ОБЛАСТЬ ТУЛЬСКАЯ, ГОРОД НОВОМОСКОВСК, ШОССЕ РЯЗАНСКОЕ, ДОМ 9А, ПОМЕЩЕНИЕ 35</t>
+  </si>
+  <si>
+    <t>8-(487)-465-36-56</t>
+  </si>
+  <si>
+    <t>fond-nmsk@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА УЗЛОВСКОГО РАЙОНА ТУЛЬСКОЙ ОБЛАСТИ</t>
+  </si>
+  <si>
+    <t>301600, ОБЛАСТЬ ТУЛЬСКАЯ, ГОРОД УЗЛОВАЯ, ПЛОЩАДЬ ЛЕНИНА, 1, ---, ----</t>
+  </si>
+  <si>
+    <t>8-(487)-627-71-26</t>
+  </si>
+  <si>
+    <t>fond_uzl@rambler.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ЭКОНОМИЧЕСКОГО РАЗВИТИЯ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ ЩЕКИНСКИЙ РАЙОН</t>
+  </si>
+  <si>
+    <t>301240, ОБЛАСТЬ ТУЛЬСКАЯ, ГОРОД ЩЕКИНО, УЛИЦА НОВАЯ, ДОМ 15, ОФИС 10</t>
+  </si>
+  <si>
+    <t>8-(487)-515-80-75</t>
+  </si>
+  <si>
+    <t>fond.ermo@yandex.ru</t>
+  </si>
+  <si>
+    <t>ДОНСКОЙ МУНИЦИПАЛЬНЫЙ ФОНД  ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>2018-08-21</t>
+  </si>
+  <si>
+    <t>301764, ОБЛАСТЬ ТУЛЬСКАЯ, ГОРОД ДОНСКОЙ, МИКРОРАЙОН ЦЕНТРАЛЬНЫЙ, УЛИЦА МОЛОДЦОВА, ДОМ 5</t>
+  </si>
+  <si>
+    <t>donfond@mail.ru</t>
+  </si>
+  <si>
+    <t>ВЕНЕВСКИЙ ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА И ПРОГРАММ МЕСТНОГО РАЗВИТИЯ</t>
+  </si>
+  <si>
+    <t>2018-09-27</t>
+  </si>
+  <si>
+    <t>301320, ОБЛАСТЬ ТУЛЬСКАЯ, ГОРОД ВЕНЕВ, УЛИЦА СТАНЦИОННАЯ, 21А, 1</t>
+  </si>
+  <si>
+    <t>8-(487)-452-34-14</t>
+  </si>
+  <si>
+    <t>biznescentr@list.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ УЧРЕЖДЕНИЕ ТУЛЬСКОЙ ОБЛАСТИ "ТУЛЬСКИЙ ОБЛАСТНОЙ БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>2019-09-03</t>
+  </si>
+  <si>
+    <t>300004, ОБЛАСТЬ ТУЛЬСКАЯ, ГОРОД ТУЛА, УЛИЦА КИРОВА, ДОМ 135, КОРПУС 1</t>
+  </si>
+  <si>
+    <t>8-(963)-228-11-15</t>
+  </si>
+  <si>
+    <t>shalamova@hub71.ru</t>
+  </si>
+  <si>
+    <t>РЕГИОНАЛЬНЫЙ ФОНД "АГЕНТСТВО РАЗВИТИЯ ТУРИЗМА ТУЛЬСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>300026, ОБЛАСТЬ ТУЛЬСКАЯ, ГОРОД ТУЛА, УЛИЦА СОВЕТСКАЯ, ДОМ 7, ОФИС 1</t>
+  </si>
+  <si>
+    <t>8-(980)-589-90-73</t>
+  </si>
+  <si>
+    <t>igurov@aerto.ru</t>
+  </si>
+  <si>
+    <t>ФОНД РАЗВИТИЯ ПРОМЫШЛЕННОСТИ ТУЛЬСКОЙ ОБЛАСТИ</t>
+  </si>
+  <si>
+    <t>2022-01-13</t>
+  </si>
+  <si>
+    <t>300041, ОБЛАСТЬ ТУЛЬСКАЯ, ГОРОД ТУЛА, ПРОСПЕКТ ЛЕНИНА, ДОМ 2</t>
+  </si>
+  <si>
+    <t>8-(910)-168-77-25</t>
+  </si>
+  <si>
+    <t>pronin@frp71.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "ИНВЕСТИЦИОННОЕ АГЕНТСТВО ТЮМЕНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>Центр компетенций в сфере сельскохозяйственной кооперации и поддержки фермеров, Центр поддержки экспорта, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Региональная гарантийная организация, Консультационный центр, Государственный фонд поддержки предпринимательства, Агентство по развитию предпринимательства</t>
+  </si>
+  <si>
+    <t>625000, ТЮМЕНСКАЯ ОБЛАСТЬ, ТЮМЕНЬ Г., ХОХРЯКОВА УЛ., Д.53</t>
+  </si>
+  <si>
+    <t>8-(345)-249-99-44</t>
+  </si>
+  <si>
+    <t>purtov@obl72.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД ФИНАНСИРОВАНИЯ ПРЕДПРИНИМАТЕЛЬСТВА ТЮМЕНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>625026, ОБЛ. ТЮМЕНСКАЯ, Г. Тюмень, УЛ. РЕСПУБЛИКИ, Д. 142</t>
+  </si>
+  <si>
+    <t>8-(345)-259-50-45</t>
+  </si>
+  <si>
+    <t>fmfto@obl72.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "АГЕНТСТВО ИНФРАСТРУКТУРНОГО РАЗВИТИЯ ТЮМЕНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>Управляющая компания индустриальных (промышленных) парков, Иная организация, Индустриальный (промышленный) парк, Индустриальный (промышленный) парк</t>
+  </si>
+  <si>
+    <t>625034, ОБЛАСТЬ ТЮМЕНСКАЯ, ГОРОД ТЮМЕНЬ, УЛИЦА КАМЧАТСКАЯ, 194</t>
+  </si>
+  <si>
+    <t>8-(345)-248-23-10</t>
+  </si>
+  <si>
+    <t>info@tmnpark.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ ТЮМЕНСКОЙ ОБЛАСТИ "ЗАПАДНО-СИБИРСКИЙ ИННОВАЦИОННЫЙ ЦЕНТР"</t>
+  </si>
+  <si>
+    <t>625026, ОБЛАСТЬ ТЮМЕНСКАЯ, ГОРОД ТЮМЕНЬ, УЛИЦА РЕСПУБЛИКИ, 142, -, -</t>
+  </si>
+  <si>
+    <t>8-(345)-253-40-00</t>
+  </si>
+  <si>
+    <t>tehnopark@72to.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ ТЮМЕНСКОЙ ОБЛАСТИ "МНОГОФУНКЦИОНАЛЬНЫЙ ЦЕНТР ПРЕДОСТАВЛЕНИЯ ГОСУДАРСТВЕННЫХ И МУНИЦИПАЛЬНЫХ УСЛУГ В ТЮМЕНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>Многофункциональный центр предоставления государственных и муниципальных услуг, предоставляющий услуги субъектам МСП, Многофункциональный центр предоставления государственных и муниципальных услуг, предоставляющий услуги субъектам МСП</t>
+  </si>
+  <si>
+    <t>625000, ТЮМЕНСКАЯ ОБЛАСТЬ, ТЮМЕНЬ Г., ПЕРВОМАЙСКАЯ УЛ., Д. 50/1</t>
+  </si>
+  <si>
+    <t>8-(345)-239-92-89</t>
+  </si>
+  <si>
+    <t>ShabanovaMM@mfcto.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО  "ТЮМЕНСКАЯ АГРОПРОМЫШЛЕННАЯ ЛИЗИНГОВАЯ КОМПАНИЯ"</t>
+  </si>
+  <si>
+    <t>2022-04-05</t>
+  </si>
+  <si>
+    <t>625000, ОБЛАСТЬ ТЮМЕНСКАЯ, ГОРОД ТЮМЕНЬ, УЛИЦА ХОХРЯКОВА, 47, -, 711</t>
+  </si>
+  <si>
+    <t>8-(345)-256-76-30</t>
+  </si>
+  <si>
+    <t>office@talcom.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ТЮМЕНСКОЕ АГЕНТСТВО РАЗВИТИЯ КРЕАТИВНЫХ ИНДУСТРИЙ"</t>
+  </si>
+  <si>
+    <t>2023-08-22</t>
+  </si>
+  <si>
+    <t>625039, ТЮМЕНСКАЯ ОБЛАСТЬ, ГОРОД ТЮМЕНЬ Г.О., ТЮМЕНЬ Г, 50 ЛЕТ ОКТЯБРЯ УЛ, Д. 46, 2 ПОМЕЩ.</t>
+  </si>
+  <si>
+    <t>8-(912)-924-50-32</t>
+  </si>
+  <si>
+    <t>creativeindustry@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "АГЕНТСТВО ИННОВАЦИЙ"</t>
+  </si>
+  <si>
+    <t>2024-06-05</t>
+  </si>
+  <si>
+    <t>Иная организация, Иная организация, Центр прототипирования и промышленного дизайна, Центр кластерного развития, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>625026, ТЮМЕНСКАЯ ОБЛАСТЬ, ТЮМЕНЬ Г, РЕСПУБЛИКИ, Д. 142</t>
+  </si>
+  <si>
+    <t>info@sibnoc.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "ГАРАНТИЙНЫЙ ФОНД УЛЬЯНОВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>432072, ОБЛАСТЬ УЛЬЯНОВСКАЯ, ГОРОД УЛЬЯНОВСК, ПРОЕЗД МАКСИМОВА, ДОМ 4, ЭТ/ПОМ 5/9</t>
+  </si>
+  <si>
+    <t>8-(842)-241-14-95</t>
+  </si>
+  <si>
+    <t>info@ulfond73.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "РЕГИОНАЛЬНЫЙ ЦЕНТР ПОДДЕРЖКИ И СОПРОВОЖДЕНИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Многофункциональный центр предоставления государственных и муниципальных услуг, предоставляющий услуги субъектам МСП</t>
+  </si>
+  <si>
+    <t>432072, ОБЛАСТЬ УЛЬЯНОВСКАЯ, ГОРОД УЛЬЯНОВСК, ПРОЕЗД МАКСИМОВА, ДОМ 4, ЭТАЖ 1, КАБИНЕТ 2</t>
+  </si>
+  <si>
+    <t>8-(842)-241-45-82</t>
+  </si>
+  <si>
+    <t>centr-73@ulcorp.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД "ФОНД ФИНАНСИРОВАНИЯ ПРОМЫШЛЕННОСТИ И ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>432072, ОБЛАСТЬ УЛЬЯНОВСКАЯ, ГОРОД УЛЬЯНОВСК, ПРОЕЗД МАКСИМОВА, ДОМ 4</t>
+  </si>
+  <si>
+    <t>8-(842)-241-17-92</t>
+  </si>
+  <si>
+    <t>anv@fond73.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ДИМИТРОВГРАДСКИЙ ИНДУСТРИАЛЬНЫЙ ПАРК "МАСТЕР"</t>
+  </si>
+  <si>
+    <t>433513, УЛЬЯНОВСКАЯ ОБЛАСТЬ, ДИМИТРОВГРАД Г., АВТОСТРОИТЕЛЕЙ ПР-КТ, Д. 78/10</t>
+  </si>
+  <si>
+    <t>8-(842)-354-20-02</t>
+  </si>
+  <si>
+    <t>mail@dipmaster.pro</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "КОРПОРАЦИЯ РАЗВИТИЯ УЛЬЯНОВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>Индустриальный (промышленный) парк, Индустриальный (промышленный) парк</t>
+  </si>
+  <si>
+    <t>432071, УЛЬЯНОВСКАЯ ОБЛАСТЬ, УЛЬЯНОВСК Г., РЫЛЕЕВА УЛ., Д.41</t>
+  </si>
+  <si>
+    <t>8-(842)-244-45-73</t>
+  </si>
+  <si>
+    <t>info@ulinvest.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ ЧЕЛЯБИНСКОЙ ОБЛАСТИ "ИННОВАЦИОННЫЙ БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>454087, ЧЕЛЯБИНСКАЯ, ЧЕЛЯБИНСК Г., ТРОИЦКАЯ УЛ., Д.1 К.В</t>
+  </si>
+  <si>
+    <t>8-(351)-262-51-10</t>
+  </si>
+  <si>
+    <t>cbi@fond74.ru</t>
+  </si>
+  <si>
+    <t>ФОНД РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА ЧЕЛЯБИНСКОЙ ОБЛАСТИ - ЦЕНТР "МОЙ БИЗНЕС"</t>
+  </si>
+  <si>
+    <t>Коворкинг, Центр по развитию предпринимательства, Региональная гарантийная организация, Многофункциональный центр предоставления государственных и муниципальных услуг, предоставляющий услуги субъектам МСП, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>454006, ЧЕЛЯБИНСКАЯ ОБЛАСТЬ, ЧЕЛЯБИНСК Г., РОССИЙСКАЯ УЛ., Д. 110 СТР. 1, НЕЖ ПОМЕЩ 6</t>
+  </si>
+  <si>
+    <t>8-(351)-214-60-01</t>
+  </si>
+  <si>
+    <t>info@fond74.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "АГЕНТСТВО МЕЖДУНАРОДНОГО СОТРУДНИЧЕСТВА ЧЕЛЯБИНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>454091, ЧЕЛЯБИНСКАЯ ОБЛАСТЬ, ЧЕЛЯБИНСК Г., ЛЕНИНА ПР-КТ, Д. 57</t>
+  </si>
+  <si>
+    <t>8-(351)-223-56-23</t>
+  </si>
+  <si>
+    <t>cpe@ica74.com</t>
+  </si>
+  <si>
+    <t>ФОНД ФИНАНСИРОВАНИЯ ПРОМЫШЛЕННОСТИ И ПРЕДПРИНИМАТЕЛЬСТВА ЧЕЛЯБИНСКОЙ ОБЛАСТИ - ЦЕНТР "МОЙ БИЗНЕС" (МИКРОКРЕДИТНАЯ КОМПАНИЯ)</t>
+  </si>
+  <si>
+    <t>454006, ОБЛАСТЬ ЧЕЛЯБИНСКАЯ, ГОРОД ЧЕЛЯБИНСК, УЛИЦА РОССИЙСКАЯ, ДОМ 110СТР1, НЕЖ. ПОМЕЩЕНИЕ 6</t>
+  </si>
+  <si>
+    <t>8-(351)-214-60-05</t>
+  </si>
+  <si>
+    <t>ea.vakhitova@fond74.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ "ЦЕНТР ИНВЕСТИЦИОННОГО РАЗВИТИЯ И ПРЕДПРИНИМАТЕЛЬСТВА - ПРОЕКТНЫЙ ОФИС" САТКИНСКОГО МУНИЦИПАЛЬНОГО РАЙОНА</t>
+  </si>
+  <si>
+    <t>456912, ЧЕЛЯБИНСКАЯ ОБЛАСТЬ, САТКИНСКИЙ Р-Н, САТКА Г., ПРОЛЕТАРСКАЯ УЛ., Д. 8, ОФИС 5</t>
+  </si>
+  <si>
+    <t>8-(351)-614-02-75</t>
+  </si>
+  <si>
+    <t>muravei_v@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР РАЗВИТИЯ И ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ЗЛАТОУСТОВСКОГО ГОРОДСКОГО ОКРУГА"</t>
+  </si>
+  <si>
+    <t>2018-12-21</t>
+  </si>
+  <si>
+    <t>456228, ЧЕЛЯБИНСКАЯ ОБЛАСТЬ, ЗЛАТОУСТ Г., ИМ Ю.А.ГАГАРИНА 3-Й МКР ПР-КТ, Д. 43</t>
+  </si>
+  <si>
+    <t>8-(351)-369-04-85</t>
+  </si>
+  <si>
+    <t>zlattb@mail.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД МЕСТНОГО РАЗВИТИЯ ЕМАНЖЕЛИНСКОГО МУНИЦИПАЛЬНОГО РАЙОНА</t>
+  </si>
+  <si>
+    <t>456584, ЧЕЛЯБИНСКАЯ ОБЛАСТЬ, ЕМАНЖЕЛИНСКИЙ Р-Н, ЕМАНЖЕЛИНСК Г., ЧАЙКОВСКОГО УЛ., Д. 5, ПОМЕЩ. 10</t>
+  </si>
+  <si>
+    <t>8-(351)-382-18-79</t>
+  </si>
+  <si>
+    <t>mfmr2017@mail.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "КОРПОРАЦИЯ РАЗВИТИЯ ЗАБАЙКАЛЬСКОГО КРАЯ"</t>
+  </si>
+  <si>
+    <t>672039, КРАЙ ЗАБАЙКАЛЬСКИЙ, ГОРОД ЧИТА, УЛИЦА ЧКАЛОВА, 25, 1</t>
+  </si>
+  <si>
+    <t>8(3022)311435</t>
+  </si>
+  <si>
+    <t>zabinvest@bk.ru</t>
+  </si>
+  <si>
+    <t>ФОНД РАЗВИТИЯ ПРОМЫШЛЕННОСТИ ЗАБАЙКАЛЬСКОГО КРАЯ (МИКРОКРЕДИТНАЯ КОМПАНИЯ)</t>
+  </si>
+  <si>
+    <t>672039, КРАЙ ЗАБАЙКАЛЬСКИЙ, ГОРОД ЧИТА, УЛИЦА ЧКАЛОВА, ДОМ 35, ПОМЕЩЕНИЕ 35</t>
+  </si>
+  <si>
+    <t>8 (3022) 311424</t>
+  </si>
+  <si>
+    <t>frp75@bk.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ МИКРОКРЕДИТНАЯ КОМПАНИЯ ЗАБАЙКАЛЬСКИЙ МИКРОФИНАНСОВЫЙ ЦЕНТР</t>
+  </si>
+  <si>
+    <t>672000, КРАЙ ЗАБАЙКАЛЬСКИЙ, ГОРОД ЧИТА, УЛИЦА БАБУШКИНА, ДОМ 52, ПОМЕЩЕНИЕ 4</t>
+  </si>
+  <si>
+    <t>8-800-100-10-22</t>
+  </si>
+  <si>
+    <t>aadondokov@zabbusiness.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ГАРАНТИЙНЫЙ ФОНД ЗАБАЙКАЛЬСКОГО КРАЯ"</t>
+  </si>
+  <si>
+    <t>astashovrv@mail.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА ЗАБАЙКАЛЬСКОГО КРАЯ</t>
+  </si>
+  <si>
+    <t>mailbox@zabbusiness.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "АГИНСКИЙ РЕГИОНАЛЬНЫЙ БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>687000, КРАЙ ЗАБАЙКАЛЬСКИЙ, ПОСЕЛОК ГОРОДСКОГО ТИПА АГИНСКОЕ, УЛИЦА ПАРТИЗАНСКАЯ, 1, Г</t>
+  </si>
+  <si>
+    <t>8-914-509-27-68</t>
+  </si>
+  <si>
+    <t>arbiabao@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА ГОРОДСКОГО ПОСЕЛЕНИЯ "ГОРОД КРАСНОКАМЕНСК"</t>
+  </si>
+  <si>
+    <t>674673, КРАЙ ЗАБАЙКАЛЬСКИЙ, ГОРОД КРАСНОКАМЕНСК, МИКРОРАЙОН 1-Й, ДОМ 103, ПОМЕЩЕНИЕ 5</t>
+  </si>
+  <si>
+    <t>8(30245)25348</t>
+  </si>
+  <si>
+    <t>fpmp.krasnokamensk@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА МУНИЦИПАЛЬНОГО РАЙОНА "ШИЛКИНСКИЙ РАЙОН"</t>
+  </si>
+  <si>
+    <t>673370, КРАЙ ЗАБАЙКАЛЬСКИЙ, ГОРОД ШИЛКА, УЛИЦА ЛЕНИНА, ДОМ 80</t>
+  </si>
+  <si>
+    <t>8 (30244) 20499</t>
+  </si>
+  <si>
+    <t>fpmp_shilka@mail.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА ГОРОДСКОГО ПОСЕЛЕНИЯ "ПЕРВОМАЙСКОЕ"</t>
+  </si>
+  <si>
+    <t>673390, КРАЙ ЗАБАЙКАЛЬСКИЙ, ПОСЕЛОК ГОРОДСКОГО ТИПА ПЕРВОМАЙСКИЙ, УЛИЦА ПРОЛЕТАРСКАЯ, ДОМ 3</t>
+  </si>
+  <si>
+    <t>8 (30262) 42015</t>
+  </si>
+  <si>
+    <t>fpmp.pervomaiski@yandex.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ЗАБАЙКАЛЬСКАЯ ЛИЗИНГОВАЯ КОМПАНИЯ"</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ЯРОСЛАВСКОЙ ОБЛАСТИ (МИКРОКРЕДИТНАЯ КОМПАНИЯ)</t>
+  </si>
+  <si>
+    <t>150040, ОБЛАСТЬ ЯРОСЛАВСКАЯ, ГОРОД ЯРОСЛАВЛЬ, УЛИЦА СВЕРДЛОВА, ДОМ 25Д</t>
+  </si>
+  <si>
+    <t>8-(485)-258-80-84</t>
+  </si>
+  <si>
+    <t>mail@fond76.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ЭКСПОРТА ЯРОСЛАВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>150040, ОБЛАСТЬ ЯРОСЛАВСКАЯ, ГОРОД ЯРОСЛАВЛЬ, УЛИЦА СВЕРДЛОВА, ДОМ 25 Д</t>
+  </si>
+  <si>
+    <t>8-(485)-259-58-35</t>
+  </si>
+  <si>
+    <t>info@ric76.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ ЯРОСЛАВСКОЙ ОБЛАСТИ "КОРПОРАЦИЯ РАЗВИТИЯ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА (БИЗНЕС-ИНКУБАТОР)"</t>
+  </si>
+  <si>
+    <t>Центр по развитию предпринимательства, Промышленный парк, Инжиниринговый центр, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>150054, ОБЛАСТЬ ЯРОСЛАВСКАЯ, ГОРОД ЯРОСЛАВЛЬ, УЛИЦА ЧЕХОВА, 2</t>
+  </si>
+  <si>
+    <t>8-(485)-233-33-36</t>
+  </si>
+  <si>
+    <t>Info@corpmsp76.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "РЕГИОНАЛЬНАЯ ЛИЗИНГОВАЯ КОМПАНИЯ ЯРОСЛАВСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2020-01-15</t>
+  </si>
+  <si>
+    <t>150040, ОБЛАСТЬ ЯРОСЛАВСКАЯ, ГОРОД ЯРОСЛАВЛЬ, УЛИЦА СВЕРДЛОВА, ДОМ 25Д, ПОМЕЩЕНИЕ 2 ТРЕТИЙ ЭТАЖ</t>
+  </si>
+  <si>
+    <t>8-(485)-259-44-78</t>
+  </si>
+  <si>
+    <t>info@rlc76.ru</t>
+  </si>
+  <si>
+    <t>ФОНД СОДЕЙСТВИЯ КРЕДИТОВАНИЮ МАЛОГО БИЗНЕСА МОСКВЫ</t>
+  </si>
+  <si>
+    <t>125009, ГОРОД МОСКВА, УЛИЦА ТВЕРСКАЯ, ДОМ 23, СТРОЕНИЕ 1, ЭТ / ПОМ / КОМ 5 / I I I /3</t>
+  </si>
+  <si>
+    <t>8-(495)-967-19-49</t>
+  </si>
+  <si>
+    <t>info@mosgarantfund.ru</t>
+  </si>
+  <si>
+    <t>МОСКОВСКИЙ ФОНД ПОДДЕРЖКИ ПРОМЫШЛЕННОСТИ И ПРЕДПРИНИМАТЕЛЬСТВА</t>
+  </si>
+  <si>
+    <t>123317, Г. МОСКВА, ПРЕСНЕНСКАЯ НАБ., Д. 8, СТР. 1, ЭТАЖ 4</t>
+  </si>
+  <si>
+    <t>8-(495)-777-26-96</t>
+  </si>
+  <si>
+    <t>info@mfppp.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ ГОРОДА МОСКВЫ "МАЛЫЙ БИЗНЕС МОСКВЫ"</t>
+  </si>
+  <si>
+    <t>123100, ГОРОД МОСКВА, ПРОЕЗД ШМИТОВСКИЙ, 2, СТР.1</t>
+  </si>
+  <si>
+    <t>8-(495)-225-14-14</t>
+  </si>
+  <si>
+    <t>info@mbm.ru</t>
+  </si>
+  <si>
+    <t>ФОНД СОДЕЙСТВИЯ РАЗВИТИЮ ВЕНЧУРНЫХ ИНВЕСТИЦИЙ В МАЛЫЕ ПРЕДПРИЯТИЯ В НАУЧНО-ТЕХНИЧЕСКОЙ СФЕРЕ ГОРОДА МОСКВЫ</t>
+  </si>
+  <si>
+    <t>117105, ГОРОД МОСКВА, ШОССЕ ВАРШАВСКОЕ, ДОМ 28А</t>
+  </si>
+  <si>
+    <t>8-(495)-780-92-77</t>
+  </si>
+  <si>
+    <t>innov@arip.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "ОСОБАЯ ЭКОНОМИЧЕСКАЯ ЗОНА "ТЕХНОПОЛИС МОСКВА"</t>
+  </si>
+  <si>
+    <t>107045, Г.МОСКВА, МУНИЦИПАЛЬНЫЙ ОКРУГ МЕЩАНСКИЙ ВН.ТЕР.Г., ПЕЧАТНИКОВ ПЕР, Д. 12</t>
+  </si>
+  <si>
+    <t>8-(495)-647-08-18</t>
+  </si>
+  <si>
+    <t>office@technomoscow.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "ТЕХНОПАРК СЛАВА"</t>
+  </si>
+  <si>
+    <t>Технопарк</t>
+  </si>
+  <si>
+    <t>117246, ГОРОД МОСКВА, ПРОЕЗД НАУЧНЫЙ, ДОМ 20, СТРОЕНИЕ 2, ЭТАЖ А 1 ПОМ. I КОМН. 8,9</t>
+  </si>
+  <si>
+    <t>8-(495)-332-83-00</t>
+  </si>
+  <si>
+    <t>office@technopark-slava.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "ТЕХНОПАРК НАГАТИНО"</t>
+  </si>
+  <si>
+    <t>117186, Г.МОСКВА, МУНИЦИПАЛЬНЫЙ ОКРУГ НАГОРНЫЙ ВН.ТЕР.Г., ВАРШАВСКОЕ Ш, Д. 28А</t>
+  </si>
+  <si>
+    <t>8-(495)-478-70-07</t>
+  </si>
+  <si>
+    <t>info@nagatino.tech</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «ТЕХНОПАРК МОСГОРМАШ»</t>
+  </si>
+  <si>
+    <t>115201, Г.МОСКВА, МУНИЦИПАЛЬНЫЙ ОКРУГ НАГАТИНО-САДОВНИКИ ВН.ТЕР.Г., КАШИРСКИЙ ПРОЕЗД, Д. 13</t>
+  </si>
+  <si>
+    <t>8-(495)-236-69-57</t>
+  </si>
+  <si>
+    <t>office@tpmgm.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "УПРАВЛЯЮЩАЯ КОМПАНИЯ ФИЗТЕХ-21"</t>
+  </si>
+  <si>
+    <t>127204, ГОРОД МОСКВА, ШОССЕ ДОЛГОПРУДНЕНСКОЕ, ДОМ 3, ПОМЕЩЕНИЕ 18</t>
+  </si>
+  <si>
+    <t>8-(495)-987-17-81</t>
+  </si>
+  <si>
+    <t>as@phystechpark.ru</t>
+  </si>
+  <si>
+    <t>ПУБЛИЧНОЕ АКЦИОНЕРНОЕ ОБЩЕСТВО "КАЛИБР"</t>
+  </si>
+  <si>
+    <t>129085, ГОРОД МОСКВА, УЛИЦА ГОДОВИКОВА, 9</t>
+  </si>
+  <si>
+    <t>8-(495)-775-13-33</t>
+  </si>
+  <si>
+    <t>technopark@kalibroao.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "МОСКОВСКИЙ ЭКСПОРТНЫЙ ЦЕНТР"</t>
+  </si>
+  <si>
+    <t>2020-03-31</t>
+  </si>
+  <si>
+    <t>109028, РОССИЯ, Г. МОСКВА, МУНИЦИПАЛЬНЫЙ ОКРУГ БАСМАННЫЙ ВН.ТЕР.Г., ХОХЛОВСКИЙ ПЕР., Д. 10, СТР. 1</t>
+  </si>
+  <si>
+    <t>8-(499)-288-85-01</t>
+  </si>
+  <si>
+    <t>info@moscow-export.com</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "РАЗВИТИЕ ЧЕЛОВЕЧЕСКОГО КАПИТАЛА"</t>
+  </si>
+  <si>
+    <t>125009, ГОРОД МОСКВА, УЛИЦА ТВЕРСКАЯ, ДОМ 24, СТРОЕНИЕ 2</t>
+  </si>
+  <si>
+    <t>8-(495)-646-58-58</t>
+  </si>
+  <si>
+    <t>info@develop.mos.ru</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ ГОРОДА МОСКВЫ "АГЕНТСТВО ИННОВАЦИЙ ГОРОДА МОСКВЫ"</t>
+  </si>
+  <si>
+    <t>119019, г. МОСКВА ГОРОД, УЛИЦА АРБАТ, ДОМ 1</t>
+  </si>
+  <si>
+    <t>8-(499)-225-92-52</t>
+  </si>
+  <si>
+    <t>ic@develop.mos.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПО ПОДДЕРЖКЕ СОЦИАЛЬНЫХ ПРОЕКТОВ</t>
+  </si>
+  <si>
+    <t>2022-12-08</t>
+  </si>
+  <si>
+    <t>Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация</t>
+  </si>
+  <si>
+    <t>121099, МОСКВА, НОВЫЙ АРБАТ УЛ., Д. 36</t>
+  </si>
+  <si>
+    <t>8-(495)-664-30-32</t>
+  </si>
+  <si>
+    <t>info@fundsp.ru</t>
+  </si>
+  <si>
+    <t>ФОНД «МОСКОВСКИЙ ИННОВАЦИОННЫЙ КЛАСТЕР»</t>
+  </si>
+  <si>
+    <t>2022-12-14</t>
+  </si>
+  <si>
+    <t>Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация</t>
+  </si>
+  <si>
+    <t>125009, Г.МОСКВА, МУНИЦИПАЛЬНЫЙ ОКРУГ АРБАТ ВН.ТЕР.Г., ВОЗДВИЖЕНКА УЛ, Д. 4/7 СТР. 2</t>
+  </si>
+  <si>
+    <t>8-(916)-366-26-63</t>
+  </si>
+  <si>
+    <t>support@i.moscow</t>
+  </si>
+  <si>
+    <t>ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ ГОРОДА МОСКВЫ "КОРПОРАЦИЯ РАЗВИТИЯ ЗЕЛЕНОГРАДА"</t>
+  </si>
+  <si>
+    <t>2023-04-28</t>
+  </si>
+  <si>
+    <t>124536, Г.МОСКВА, МУНИЦИПАЛЬНЫЙ ОКРУГ САВЕЛКИ ВН.ТЕР.Г., ЗЕЛЕНОГРАД Г, ЮНОСТИ УЛ, Д. 8</t>
+  </si>
+  <si>
+    <t>8-(499)-214-00-01</t>
+  </si>
+  <si>
+    <t>info@technounity.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ФОНД СОДЕЙСТВИЯ КРЕДИТОВАНИЮ МАЛОГО И СРЕДНЕГО БИЗНЕСА САНКТ-ПЕТЕРБУРГА"</t>
+  </si>
+  <si>
+    <t>190000, ГОРОД САНКТ-ПЕТЕРБУРГ, ПРОСПЕКТ ВОЗНЕСЕНСКИЙ, 16</t>
+  </si>
+  <si>
+    <t>8-(812)-640-46-14</t>
+  </si>
+  <si>
+    <t>credit-fond@bk.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "ТЕХНОПАРК САНКТ-ПЕТЕРБУРГА"</t>
+  </si>
+  <si>
+    <t>Управляющая компания технопарков (промышленных технопарков), Центр прототипирования и промышленного дизайна, Центр кластерного развития, Технопарк, Инжиниринговый центр, Инжиниринговый центр, Инжиниринговый центр, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>197022, Г.САНКТ-ПЕТЕРБУРГ, МЕДИКОВ ПР-КТ, Д. 3 ЛИТ. А, ПОМ. 1-Н</t>
+  </si>
+  <si>
+    <t>8-(812)-670-10-85</t>
+  </si>
+  <si>
+    <t>referent@ingria-park.ru</t>
+  </si>
+  <si>
+    <t>САНКТ-ПЕТЕРБУРГСКОЕ ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "ЦЕНТР РАЗВИТИЯ И ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>197022, Г.САНКТ-ПЕТЕРБУРГ, МЕДИКОВ ПР-КТ, Д. 3 ЛИТЕР А, ПОМЕЩ. 4-Н ОФИС 24</t>
+  </si>
+  <si>
+    <t>8-(812)-372-52-90</t>
+  </si>
+  <si>
+    <t>info@crpp.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ФОНД РАЗВИТИЯ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА В САНКТ-ПЕТЕРБУРГЕ"</t>
+  </si>
+  <si>
+    <t>Центр молодежного инновационного творчества, Центр поддержки народных художественных промыслов, Центр инноваций социальной сферы</t>
+  </si>
+  <si>
+    <t>191015, г. Санкт-Петербург, ВН.ТЕР.Г. МУНИЦИПАЛЬНЫЙ ОКРУГ СМОЛЬНИНСКОЕ, УЛ КИРОЧНАЯ, Д. 59, ЛИТЕРА А, ПОМЕЩ. 11-Н</t>
+  </si>
+  <si>
+    <t>8-(812)-331-58-13</t>
+  </si>
+  <si>
+    <t>info@fond-msp.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "САНКТ-ПЕТЕРБУРГСКИЙ ЦЕНТР КООРДИНАЦИИ ПОДДЕРЖКИ ЭКСПОРТНО ОРИЕНТИРОВАННЫХ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>2020-02-11</t>
+  </si>
+  <si>
+    <t>197022, ГОРОД САНКТ-ПЕТЕРБУРГ, НАБЕРЕЖНАЯ РЕКИ КАРПОВКИ, ДОМ 5, КОРПУС 17 ЛИТЕР А, ПОМЕЩЕНИЕ № 70-71</t>
+  </si>
+  <si>
+    <t>8-(812)-570-95-70</t>
+  </si>
+  <si>
+    <t>info@spbexport.ru</t>
+  </si>
+  <si>
+    <t>САНКТ-ПЕТЕРБУРГСКОЕ ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "ЦЕНТР КОНТРОЛЯ КАЧЕСТВА ТОВАРОВ (ПРОДУКЦИИ), РАБОТ И УСЛУГ"</t>
+  </si>
+  <si>
+    <t>191124,Санкт-Петербург Суворовский пр., 65</t>
+  </si>
+  <si>
+    <t>8-(812)-274-14-30</t>
+  </si>
+  <si>
+    <t>mail@quality.spb.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ФОНД МИКРОФИНАНСИРОВАНИЯ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА, МИКРОКРЕДИТНАЯ КОМПАНИЯ САНКТ-ПЕТЕРБУРГА"</t>
+  </si>
+  <si>
+    <t>2022-08-29</t>
+  </si>
+  <si>
+    <t>190031, г. Санкт-Петербург, переулок Гривцова, дом 5, литер Б</t>
+  </si>
+  <si>
+    <t>8-(812)-640-46-17</t>
+  </si>
+  <si>
+    <t>info@fond-mfo.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ - ФОНД "ИНВЕСТИЦИОННОЕ АГЕНТСТВО ЕВРЕЙСКОЙ АВТОНОМНОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2018-12-13</t>
+  </si>
+  <si>
+    <t>Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Иная организация, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр поддержки экспорта, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Региональная гарантийная организация</t>
+  </si>
+  <si>
+    <t>679016, АВТОНОМНАЯ ОБЛАСТЬ ЕВРЕЙСКАЯ, ГОРОД БИРОБИДЖАН, ПРОСПЕКТ 60-ЛЕТИЯ СССР, ДОМ 12, КОРПУС А</t>
+  </si>
+  <si>
+    <t>8-(800)-550-85-79</t>
+  </si>
+  <si>
+    <t>apieao@post.eao.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ  - ФОНД "МИКРОКРЕДИТНАЯ КОМПАНИЯ ЕВРЕЙСКОЙ АВТОНОМНОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2021-12-28</t>
+  </si>
+  <si>
+    <t>credit-comp@mkkeao.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ЕВРЕЙСКОЙ АВТОНОМНОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2022-05-30</t>
+  </si>
+  <si>
+    <t>Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата</t>
+  </si>
+  <si>
+    <t>679016, А.ОБЛ. ЕВРЕЙСКАЯ, Г. Биробиджан, УЛ. ШОЛОМ-АЛЕЙХЕМА, Д. 16, ОФИС 4,5,6,8</t>
+  </si>
+  <si>
+    <t>8-(426)-224-05-87</t>
+  </si>
+  <si>
+    <t>info@tppeao.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "ЦЕНТР РАЗВИТИЯ БИЗНЕСА НЕНЕЦКОГО АВТОНОМНОГО ОКРУГА"</t>
+  </si>
+  <si>
+    <t>Центр кластерного развития, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Лизинговая компания, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>166000, АВТОНОМНЫЙ ОКРУГ НЕНЕЦКИЙ, ГОРОД НАРЬЯН-МАР, УЛИЦА НЕНЕЦКАЯ, 3</t>
+  </si>
+  <si>
+    <t>8 (81853) 2-18-48</t>
+  </si>
+  <si>
+    <t>info@fond83.ru; nlknao@yandex.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА И ПРЕДОСТАВЛЕНИЯ ГАРАНТИЙ НЕНЕЦКОГО АВТОНОМНОГО ОКРУГА</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Региональная гарантийная организация, Микрофинансовая организация предпринимательского финансирования</t>
+  </si>
+  <si>
+    <t>166000, АВТОНОМНЫЙ ОКРУГ НЕНЕЦКИЙ, ГОРОД НАРЬЯН-МАР, УЛИЦА НЕНЕЦКАЯ, ДОМ 3</t>
+  </si>
+  <si>
+    <t>info@fond83.ru; msv@fond83.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ ИНВЕСТИЦИОННЫХ ПРОЕКТОВ КРЕАТИВНЫХ ИНДУСТРИЙ И МИКРОФИНАНСИРОВАНИЯ (МИКРОКРЕДИТНАЯ КОМПАНИЯ)</t>
+  </si>
+  <si>
+    <t>628007, А.ОКР. ХАНТЫ-МАНСИЙСКИЙ АВТОНОМНЫЙ ОКРУГ - ЮГРА, Г. Ханты-Мансийск, УЛ. ОСТРОВСКОГО, Д. 32</t>
+  </si>
+  <si>
+    <t>8-(346)-737-16-20</t>
+  </si>
+  <si>
+    <t>info@fundmicro86.ru</t>
+  </si>
+  <si>
+    <t>ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА ЮГРЫ "МОЙ БИЗНЕС"</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Центр по развитию предпринимательства, Инновационно-технологический центр</t>
+  </si>
+  <si>
+    <t>628011, Автономный округ Ханты-Мансийский Автономный округ - Югра, Город Ханты-Мансийск, Улица Пионерская, 14</t>
+  </si>
+  <si>
+    <t>8-(346)-738-84-00</t>
+  </si>
+  <si>
+    <t>info@mb-ugra.ru</t>
+  </si>
+  <si>
+    <t>ФОНД СОДЕЙСТВИЯ КРЕДИТОВАНИЮ МАЛОГО И СРЕДНЕГО БИЗНЕСА "ЮГОРСКАЯ РЕГИОНАЛЬНАЯ ГАРАНТИЙНАЯ ОРГАНИЗАЦИЯ"</t>
+  </si>
+  <si>
+    <t>8-(346)-738-88-95</t>
+  </si>
+  <si>
+    <t>fond@sb-ugra.ru</t>
+  </si>
+  <si>
+    <t>ФОНД РАЗВИТИЯ ХАНТЫ-МАНСИЙСКОГО АВТОНОМНОГО ОКРУГА – ЮГРЫ</t>
+  </si>
+  <si>
+    <t>Фонд развития промышленности, Центр компетенций в сфере сельскохозяйственной кооперации и поддержки фермеров, Государственный фонд поддержки предпринимательства</t>
+  </si>
+  <si>
+    <t>628002, ХАНТЫ-МАНСИЙСКИЙ АВТОНОМНЫЙ ОКРУГ - ЮГРА, ГОРОД ХАНТЫ-МАНСИЙСК Г.О., ХАНТЫ-МАНСИЙСК Г, СПОРТИВНАЯ УЛ, ЗД. 24 СТР. 9</t>
+  </si>
+  <si>
+    <t>8-(346)-738-86-16</t>
+  </si>
+  <si>
+    <t>office@fondugra.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "УПРАВЛЯЮЩАЯ КОМПАНИЯ "ИНДУСТРИАЛЬНЫЙ ПАРК - ЮГРА"</t>
+  </si>
+  <si>
+    <t>2022-09-07</t>
+  </si>
+  <si>
+    <t>Организация, осуществляющая управление технопарками (технологическими парками), технополисами, научными парками, промышленными парками, индустриальными парками, агропромышленными парками, Индустриальный (промышленный) парк</t>
+  </si>
+  <si>
+    <t>628426, ХАНТЫ-МАНСИЙСКИЙ АВТОНОМНЫЙ ОКРУГ - ЮГРА, СУРГУТ Г., БАЗОВАЯ УЛ., Д. 34, ОФИС 1</t>
+  </si>
+  <si>
+    <t>8-(346)-295-77-95</t>
+  </si>
+  <si>
+    <t>info@ugrapark.com</t>
+  </si>
+  <si>
+    <t>АВТОНОМНОЕ УЧРЕЖДЕНИЕ ХАНТЫ-МАНСИЙСКОГО АВТОНОМНОГО ОКРУГА - ЮГРЫ "ТЕХНОПАРК ВЫСОКИХ ТЕХНОЛОГИЙ"</t>
+  </si>
+  <si>
+    <t>Центр прототипирования и промышленного дизайна, Центр кластерного развития, Технопарк, Инновационно-технологический центр, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>628011, ХАНТЫ-МАНСИЙСКИЙ АВТОНОМНЫЙ ОКРУГ - ЮГРА, ХАНТЫ-МАНСИЙСК Г., ПРОМЫШЛЕННАЯ УЛ., Д. 19</t>
+  </si>
+  <si>
+    <t>8-(346)-738-82-17</t>
+  </si>
+  <si>
+    <t>tp@tp86.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ФОНД РАЗВИТИЯ ЭКОНОМИКИ И ПРЯМЫХ ИНВЕСТИЦИЙ ЧУКОТСКОГО АВТОНОМНОГО ОКРУГА"</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр поддержки народных художественных промыслов, Центр по развитию предпринимательства, Региональная гарантийная организация</t>
+  </si>
+  <si>
+    <t>689000, АВТОНОМНЫЙ ОКРУГ ЧУКОТСКИЙ, ГОРОД АНАДЫРЬ, УЛИЦА ТЕВЛЯНТО, ДОМ 1</t>
+  </si>
+  <si>
+    <t>8-(427)-226-31-08</t>
+  </si>
+  <si>
+    <t>mail@fond87.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "УПРАВЛЯЮЩАЯ КОМПАНИЯ "ПРОМЫШЛЕННЫЙ ПАРК "АРКТИКПРОМПАРК"</t>
+  </si>
+  <si>
+    <t>689000, АВТОНОМНЫЙ ОКРУГ ЧУКОТСКИЙ, ГОРОД АНАДЫРЬ, УЛИЦА РУЛЬТЫТЕГИНА, ДОМ 41</t>
+  </si>
+  <si>
+    <t>8-(924)-665-80-63</t>
+  </si>
+  <si>
+    <t>mail@prompark87.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ  "МИКРОКРЕДИТНАЯ КОМПАНИЯ ЧУКОТСКОГО АВТОНОМНОГО ОКРУГА"</t>
+  </si>
+  <si>
+    <t>689000, АВТОНОМНЫЙ ОКРУГ ЧУКОТСКИЙ, ГОРОД АНАДЫРЬ, УЛИЦА ОТКЕ, ДОМ 2</t>
+  </si>
+  <si>
+    <t>8-(427)-226-93-32</t>
+  </si>
+  <si>
+    <t>mkk@mkk87.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ГАРАНТИЙНЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА ЯМАЛО-НЕНЕЦКОГО АВТОНОМНОГО ОКРУГА"</t>
+  </si>
+  <si>
+    <t>629007, г. Салехард, ул. Свердлова, д. 43 А, оф. 302</t>
+  </si>
+  <si>
+    <t>8-(349)-229-91-10</t>
+  </si>
+  <si>
+    <t>info@mb89.ru</t>
+  </si>
+  <si>
+    <t>ФОНД "АГЕНТСТВО ИНВЕСТИЦИОННОГО РАЗВИТИЯ И ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА ЯМАЛО-НЕНЕЦКОГО АВТОНОМНОГО ОКРУГА "МОЙ БИЗНЕС" (МИКРОКРЕДИТНАЯ КОМПАНИЯ)"</t>
+  </si>
+  <si>
+    <t>Иная организация, Иная организация, Центр поддержки экспорта, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Микрофинансовая организация предпринимательского финансирования</t>
+  </si>
+  <si>
+    <t>629007, г. Салехард, ул. Свердлова, д. 43 А, оф. 301</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ МУНИЦИПАЛЬНОГО ОКРУГА НАДЫМСКИЙ РАЙОН ЯМАЛО-НЕНЕЦКОГО АВТОНОМНОГО ОКРУГА "БИЗНЕС-ИНКУБАТОР"</t>
+  </si>
+  <si>
+    <t>2018-02-07</t>
+  </si>
+  <si>
+    <t>629736, г. Надым, ул.Топчева, строение 1/2</t>
+  </si>
+  <si>
+    <t>8-(349)-953-19-34</t>
+  </si>
+  <si>
+    <t>biznes-inkubator89@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ "ЦЕНТР РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА "БИЗНЕСИНЕРГИЯ" МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ ГОРОД НОЯБРЬСК</t>
+  </si>
+  <si>
+    <t>629807, г. Ноябрьск, ул. Советская, д. 73</t>
+  </si>
+  <si>
+    <t>8-(349)-639-84-81</t>
+  </si>
+  <si>
+    <t>info@bin89.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ФОНД РАЗВИТИЯ ТАЗОВСКОГО РАЙОНА ЯМАЛО-НЕНЕЦКОГО АВТОНОМНОГО ОКРУГА"</t>
+  </si>
+  <si>
+    <t>629350, п. Тазовский, ул. Калинина, д. 28</t>
+  </si>
+  <si>
+    <t>8-(349)-402-03-65</t>
+  </si>
+  <si>
+    <t>razvitie-taz@yandex.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ФОНД ПОДДЕРЖКИ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА И РАЗВИТИЯ ГОРОДА МУРАВЛЕНКО"</t>
+  </si>
+  <si>
+    <t>629603, г. Муравленко, ул. Нефтяников дом 75</t>
+  </si>
+  <si>
+    <t>8-(349)-385-54-91</t>
+  </si>
+  <si>
+    <t>fond.muravlenko@mail.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ФОНД "ОКРУЖНОЙ ИННОВАЦИОННО - ТЕХНОЛОГИЧЕСКИЙ ЦЕНТР "СТАРТ (ПРОМЫШЛЕННЫЙ ПАРК)"</t>
+  </si>
+  <si>
+    <t>2018-10-03</t>
+  </si>
+  <si>
+    <t>Промышленный парк, Бизнес-инкубатор</t>
+  </si>
+  <si>
+    <t>629832, г. Губкинский, мкрн.12, д.1</t>
+  </si>
+  <si>
+    <t>8-(349)-363-27-57</t>
+  </si>
+  <si>
+    <t>gubfond@mail.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "НОВОУРЕНГОЙСКИЙ ФОНД РАЗВИТИЯ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>2021-12-21</t>
+  </si>
+  <si>
+    <t>629305, г. Новый Уренгой, улица Юбилейная, дом 5</t>
+  </si>
+  <si>
+    <t>8-(902)-826-82-66</t>
+  </si>
+  <si>
+    <t>info@nonfrp.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ФОНД СОДЕЙСТВИЯ РАЗВИТИЮ ПУРОВСКОГО РАЙОНА"</t>
+  </si>
+  <si>
+    <t>2023-02-16</t>
+  </si>
+  <si>
+    <t>629851, г. Тарко-Сале, ул. Е.Колесниковой, д. 7</t>
+  </si>
+  <si>
+    <t>8-(349)-972-59-36</t>
+  </si>
+  <si>
+    <t>purfond@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА ЗАПОРОЖСКОЙ ОБЛАСТИ "МОЙ БИЗНЕС"</t>
+  </si>
+  <si>
+    <t>Центр инноваций социальной сферы, Центр по развитию предпринимательства, Региональная гарантийная организация</t>
+  </si>
+  <si>
+    <t>272312, ЗАПОРОЖСКАЯ ОБЛАСТЬ, МЕЛИТОПОЛЬ Г.О., МЕЛИТОПОЛЬ Г., БОГДАНА ХМЕЛЬНИЦКОГО ПР-КТ, Д. 26</t>
+  </si>
+  <si>
+    <t>8-(990)-026-34-86</t>
+  </si>
+  <si>
+    <t>mb@mb85.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "МИКРОКРЕДИТНАЯ КОМПАНИЯ "МИКРОФИНАНСИРОВАНИЕ ПРЕДПРИНИМАТЕЛЬСТВА ЗАПОРОЖСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2024-04-17</t>
+  </si>
+  <si>
+    <t>8-(990)-299-88-69</t>
+  </si>
+  <si>
+    <t>mkkpzo@mail.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "КРЫМСКИЙ ГОСУДАРСТВЕННЫЙ ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
     <t>Центр поддержки народных художественных промыслов, Центр кластерного развития, Центр инноваций социальной сферы, Центр по развитию предпринимательства</t>
   </si>
   <si>
-    <t>386101, ИНГУШЕТИЯ, НАЗРАНЬ Г., ЦЕНТРАЛЬНЫЙ ОКРУГ ТЕР, И.БАЗОРКИНА ПР-КТ, Д. 10А</t>
-[...8904 lines deleted...]
-    <t>2022-05-30</t>
+    <t>295011, РЕСПУБЛИКА КРЫМ, ГОРОД СИМФЕРОПОЛЬ, УЛИЦА СЕВАСТОПОЛЬСКАЯ, ДОМ 20А</t>
+  </si>
+  <si>
+    <t>8-(800)-500-38-59</t>
+  </si>
+  <si>
+    <t>fond@frbk.ru</t>
+  </si>
+  <si>
+    <t>МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД МИКРОФИНАНСИРОВАНИЯ ПРЕДПРИНИМАТЕЛЬСТВА РЕСПУБЛИКИ КРЫМ"</t>
+  </si>
+  <si>
+    <t>295015, РЕСПУБЛИКА КРЫМ, ГОРОД СИМФЕРОПОЛЬ, ПРОСПЕКТ КИРОВА, ДОМ 1, ОФИС 251</t>
+  </si>
+  <si>
+    <t>8-(978)-999-07-77</t>
+  </si>
+  <si>
+    <t>fond.mikrofinansrk@mail.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "КРЫМСКИЙ ГАРАНТИЙНЫЙ ФОНД"</t>
+  </si>
+  <si>
+    <t>295011, РЕСП. КРЫМ, Г. Симферополь, УЛ. ТУРЕЦКАЯ, Д. 13А</t>
+  </si>
+  <si>
+    <t>8-(978)-915-62-91</t>
+  </si>
+  <si>
+    <t>garant-fond@mail.ru</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «РЕГИОНАЛЬНАЯ ЛИЗИНГОВАЯ КОМПАНИЯ РЕСПУБЛИКИ КРЫМ»</t>
+  </si>
+  <si>
+    <t>2022-12-29</t>
+  </si>
+  <si>
+    <t>295011, РЕСПУБЛИКА КРЫМ, ГОРОД СИМФЕРОПОЛЬ, УЛИЦА ТУРЕЦКАЯ, ДОМ 13А, ЭТАЖ 2</t>
+  </si>
+  <si>
+    <t>8-(978)-908-16-91</t>
+  </si>
+  <si>
+    <t>info@rlkrk.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "СЕВАСТОПОЛЬСКИЙ ФОНД ПОДДЕРЖКИ СУБЪЕКТОВ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр кластерного развития, Государственный фонд поддержки предпринимательства, Государственный фонд поддержки предпринимательства, Государственный фонд поддержки предпринимательства</t>
+  </si>
+  <si>
+    <t>299038, ГОРОД СЕВАСТОПОЛЬ, ПРОСПЕКТ ОКТЯБРЬСКОЙ РЕВОЛЮЦИИ, ДОМ 42-Б, КОРПУС 6, ПОМЕЩЕНИЕ 4</t>
+  </si>
+  <si>
+    <t>8-(869)-222-92-92</t>
+  </si>
+  <si>
+    <t>office@mb92.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ГАРАНТИЙНЫЙ ФОНД ПОДДЕРЖКИ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА В Г. СЕВАСТОПОЛЕ"</t>
+  </si>
+  <si>
+    <t>299038, ГОРОД СЕВАСТОПОЛЬ, ПРОСПЕКТ ОКТЯБРЬСКОЙ РЕВОЛЮЦИИ, ДОМ 42-Б, КОРПУС 6, ПОМЕЩЕНИЕ 6</t>
+  </si>
+  <si>
+    <t>8-(978)-938-14-39</t>
+  </si>
+  <si>
+    <t>nco_sevgf@mail.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "МИКРОКРЕДИТНАЯ КОМПАНИЯ ФОНД МИКРОФИНАНСИРОВАНИЯ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА В Г. СЕВАСТОПОЛЕ"</t>
+  </si>
+  <si>
+    <t>299038, Г. СЕВАСТОПОЛЬ, ПР-КТ ОКТЯБРЬСКОЙ РЕВОЛЮЦИИ, Д. 42-Б, К. 6, ПОМЕЩ. 7</t>
+  </si>
+  <si>
+    <t>8-(978)-901-34-37</t>
+  </si>
+  <si>
+    <t>nko_fmf_sevastopol@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ФОНД ПОДДЕРЖКИ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр кластерного развития, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Региональная гарантийная организация, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>283004, ДОНЕЦКАЯ НАРОДНАЯ РЕСПУБЛИКА, ДОНЕЦК Г.О., ДОНЕЦК Г., АРТЕМА УЛ., Д. 167, 1 ПОМЕЩ.</t>
+  </si>
+  <si>
+    <t>8-(949)-626-85-31</t>
+  </si>
+  <si>
+    <t>inform@mb180.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "МИКРОКРЕДИТНАЯ КОМПАНИЯ ДОНЕЦКОЙ НАРОДНОЙ РЕСПУБЛИКИ"</t>
+  </si>
+  <si>
+    <t>283004, ДОНЕЦКАЯ НАРОДНАЯ РЕСПУБЛИКА, ДОНЕЦК Г.О., ДОНЕЦК Г., АРТЕМА УЛ., Д. 167</t>
+  </si>
+  <si>
+    <t>8-(949)-569-71-99</t>
+  </si>
+  <si>
+    <t>inform@mkk180.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ГАРАНТИЙНЫЙ ФОНД ЛУГАНСКОЙ НАРОДНОЙ РЕСПУБЛИКИ"</t>
+  </si>
+  <si>
+    <t>2024-06-18</t>
+  </si>
+  <si>
+    <t>291016, ЛУГАНСКАЯ НАРОДНАЯ РЕСПУБЛИКА, ГОРОД ЛУГАНСК Г.О., ЛУГАНСК Г., ЛЕНИНА УЛ., Д. 36А</t>
+  </si>
+  <si>
+    <t>8-(959)-166-85-35</t>
+  </si>
+  <si>
+    <t>gflnr@mail.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД МИКРОФИНАНСИРОВАНИЯ ЛУГАНСКОЙ НАРОДНОЙ РЕСПУБЛИКИ"</t>
+  </si>
+  <si>
+    <t>291047, ЛУГАНСКАЯ НАРОДНАЯ РЕСПУБЛИКА, ГОРОД ЛУГАНСК Г.О., ЛУГАНСК Г., 26 БАКИНСКИХ КОМИССАРОВ УЛ., Д. 170</t>
+  </si>
+  <si>
+    <t>8-(959)-133-18-52</t>
+  </si>
+  <si>
+    <t>fmflnr@mail.ru</t>
+  </si>
+  <si>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ФОНД ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА ЛУГАНСКОЙ НАРОДНОЙ РЕСПУБЛИКИ"</t>
+  </si>
+  <si>
+    <t>291047, ЛУГАНСКАЯ НАРОДНАЯ РЕСПУБЛИКА, ГОРОД ЛУГАНСК Г.О., ЛУГАНСК Г., 1-Й ОБОРОННЫЙ ПР-Д., Д. 4</t>
+  </si>
+  <si>
+    <t>8-(959)-269-26-91</t>
+  </si>
+  <si>
+    <t>fpplnr@mail.ru</t>
+  </si>
+  <si>
+    <t>УНИТАРНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ФОНД ПОДДЕРЖКИ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ХЕРСОНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>Иная организация, Иная организация, Центр поддержки экспорта, Центр инноваций социальной сферы, Центр по развитию предпринимательства</t>
+  </si>
+  <si>
+    <t>275700, ХЕРСОНСКАЯ ОБЛАСТЬ, СКАДОВСКИЙ М.О., СКАДОВСК Г., ГАГАРИНА УЛ., Д. 68, 3 ОФИС</t>
+  </si>
+  <si>
+    <t>8-(990)-030-47-33</t>
+  </si>
+  <si>
+    <t>khmbis@yandex.ru</t>
+  </si>
+  <si>
+    <t>УНИТАРНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ГАРАНТИЙНЫЙ ФОНД ПОДДЕРЖКИ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ХЕРСОНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>275700, ХЕРСОНСКАЯ ОБЛАСТЬ, СКАДОВСКИЙ М.О., СКАДОВСК Г., ГАГАРИНА УЛ., Д. 68, 2 ОФИС</t>
+  </si>
+  <si>
+    <t>8-(990)-017-52-67</t>
+  </si>
+  <si>
+    <t>garfondho@yandex.ru</t>
+  </si>
+  <si>
+    <t>УНИТАРНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ - МИКРОКРЕДИТНАЯ КОМПАНИЯ "ФОНД МИКРОФИНАНСИРОВАНИЯ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА ХЕРСОНСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>275700, ХЕРСОНСКАЯ ОБЛАСТЬ, СКАДОВСКИЙ М.О., СКАДОВСК Г., ГАГАРИНА УЛ., Д. 68, 1 ОФИС</t>
+  </si>
+  <si>
+    <t>8-(990)-236-38-38</t>
+  </si>
+  <si>
+    <t>fondmikroho@yandex.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА РЕСПУБЛИКИ АДЫГЕЯ"</t>
+  </si>
+  <si>
+    <t>2017-10-02</t>
+  </si>
+  <si>
+    <t>0105004595</t>
+  </si>
+  <si>
+    <t>385011, РЕСПУБЛИКА АДЫГЕЯ, ГОРОД МАЙКОП, УЛИЦА ДИМИТРОВА, ДОМ 4, КОРПУС 3</t>
+  </si>
+  <si>
+    <t>(877) 256-91-83</t>
+  </si>
+  <si>
+    <t>tpp-adygheya@yandex.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА РЕСПУБЛИКИ БАШКОРТОСТАН"</t>
+  </si>
+  <si>
+    <t>2017-09-28</t>
+  </si>
+  <si>
+    <t>0278010643</t>
+  </si>
+  <si>
+    <t>450008, РЕСПУБЛИКА БАШКОРТОСТАН, ГОРОД УФА, УЛИЦА КАРЛА МАРКСА, 3</t>
+  </si>
+  <si>
+    <t>(347) 276-20-52</t>
+  </si>
+  <si>
+    <t>office@tpprb.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА РЕСПУБЛИКИ БУРЯТИЯ"</t>
+  </si>
+  <si>
+    <t>2017-10-04</t>
+  </si>
+  <si>
+    <t>0323012370</t>
+  </si>
+  <si>
+    <t>670000, РЕСПУБЛИКА БУРЯТИЯ, ГОРОД УЛАН-УДЭ, УЛИЦА ЛЕНИНА, ДОМ 25, ОФИС 5</t>
+  </si>
+  <si>
+    <t>(3012)21-55-88,(3012)21-16-92</t>
+  </si>
+  <si>
+    <t>info@tpprb.com</t>
+  </si>
+  <si>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА КАБАРДИНО-БАЛКАРСКОЙ РЕСПУБЛИКИ"</t>
+  </si>
+  <si>
+    <t>2017-10-03</t>
+  </si>
+  <si>
+    <t>0711011306</t>
+  </si>
+  <si>
+    <t>360004, РЕСПУБЛИКА КАБАРДИНО-БАЛКАРСКАЯ, ГОРОД НАЛЬЧИК, УЛИЦА ЧЕРНЫШЕВСКОГО, 167</t>
+  </si>
+  <si>
+    <t>8 866 2 77 30 38</t>
+  </si>
+  <si>
+    <t>tpp.kbr@mail.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА РЕСПУБЛИКИ КАЛМЫКИЯ"</t>
+  </si>
+  <si>
+    <t>2020-07-13</t>
+  </si>
+  <si>
+    <t>0814012492</t>
+  </si>
+  <si>
+    <t>Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата</t>
+  </si>
+  <si>
+    <t>358000, РЕСПУБЛИКА КАЛМЫКИЯ, ГОРОД ЭЛИСТА, УЛИЦА ИМ ГУБАРЕВИЧА, 2</t>
+  </si>
+  <si>
+    <t>(847) 224-11-89, (847) 224-12-98</t>
+  </si>
+  <si>
+    <t>tpp-elista@mail.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА РЕСПУБЛИКИ КАРЕЛИЯ"</t>
+  </si>
+  <si>
+    <t>2023-10-18</t>
+  </si>
+  <si>
+    <t>185035, РЕСПУБЛИКА КАРЕЛИЯ, ПЕТРОЗАВОДСКИЙ Г.О., ПЕТРОЗАВОДСК Г, ПЕРВОМАЙСКИЙ Р-Н, ШОТМАНА УЛ, Д. 13, 2 ЭТАЖ, ПОМЕЩ. 9</t>
+  </si>
+  <si>
+    <t>8-(814)-178-30-40</t>
+  </si>
+  <si>
+    <t>chamber@karelia.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА РЕСПУБЛИКИ КОМИ"</t>
+  </si>
+  <si>
+    <t>2023-08-10</t>
+  </si>
+  <si>
+    <t>167000, РЕСПУБЛИКА КОМИ, СЫКТЫВКАР Г., ИНТЕРНАЦИОНАЛЬНАЯ УЛ., Д. 98/1</t>
+  </si>
+  <si>
+    <t>8-(821)-220-61-00</t>
+  </si>
+  <si>
+    <t>palata@tppkomi.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА РЕСПУБЛИКИ МОРДОВИЯ"</t>
+  </si>
+  <si>
+    <t>2017-11-09</t>
+  </si>
+  <si>
+    <t>430005, РЕСПУБЛИКА МОРДОВИЯ, ГОРОД САРАНСК, УЛИЦА МОСКОВСКАЯ, 14</t>
+  </si>
+  <si>
+    <t>(8342) 47-21-75, (8342) 32-73-80</t>
+  </si>
+  <si>
+    <t>tpprm@moris.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ГОРОДА НАБЕРЕЖНЫЕ ЧЕЛНЫ РЕСПУБЛИКИ ТАТАРСТАН"</t>
+  </si>
+  <si>
+    <t>2023-08-03</t>
+  </si>
+  <si>
+    <t>423826, РЕСПУБЛИКА ТАТАРСТАН (ТАТАРСТАН), НАБЕРЕЖНЫЕ ЧЕЛНЫ Г., ШАМИЛЯ УСМАНОВА УЛ., Д.122</t>
+  </si>
+  <si>
+    <t>8-(855)-257-38-12</t>
+  </si>
+  <si>
+    <t>tpp.info@mail.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ "УДМУРТСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
+  </si>
+  <si>
+    <t>426009, РЕСПУБЛИКА УДМУРТСКАЯ, ГОРОД ИЖЕВСК, УЛИЦА ЛЕНИНА, 101</t>
+  </si>
+  <si>
+    <t>president@udmtpp.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА РЕСПУБЛИКИ ХАКАСИЯ"</t>
+  </si>
+  <si>
+    <t>Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата</t>
+  </si>
+  <si>
+    <t>655017, РЕСПУБЛИКА ХАКАСИЯ, ГОРОД АБАКАН, УЛИЦА СОВЕТСКАЯ, 45, А, -</t>
+  </si>
+  <si>
+    <t>8-(390)-222-65-86</t>
+  </si>
+  <si>
+    <t>tpp19@torgpalata.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА АЛТАЙСКОГО КРАЯ»</t>
+  </si>
+  <si>
+    <t>2017-11-03</t>
+  </si>
+  <si>
+    <t>Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата</t>
+  </si>
+  <si>
+    <t>656056, КРАЙ АЛТАЙСКИЙ, ГОРОД БАРНАУЛ, ПЛОЩАДЬ ИМ В.Н.БАВАРИНА, ДОМ 2</t>
+  </si>
+  <si>
+    <t>8-(385)-265-37-65</t>
+  </si>
+  <si>
+    <t>mail@alttpp.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ "ВЫСЕЛКОВСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
+  </si>
+  <si>
+    <t>2017-12-07</t>
+  </si>
+  <si>
+    <t>Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата</t>
+  </si>
+  <si>
+    <t>353100, КРАЙ КРАСНОДАРСКИЙ, СТАНИЦА ВЫСЕЛКИ, УЛИЦА ЛЕНИНА, ДОМ 66 А</t>
+  </si>
+  <si>
+    <t>(86157) 7-35-81</t>
+  </si>
+  <si>
+    <t>tepluhin.nick@yandex.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ "ЕЙСКАЯ МЕЖРАЙОННАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
+  </si>
+  <si>
+    <t>2017-10-25</t>
+  </si>
+  <si>
+    <t>353680, КРАЙ КРАСНОДАРСКИЙ, ГОРОД ЕЙСК, УЛИЦА ЛЕНИНА, 37</t>
+  </si>
+  <si>
+    <t>(86132) 2-66-00</t>
+  </si>
+  <si>
+    <t>etpp@mail.ru emtpp@mail.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ "БЕЛОРЕЧЕНСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
+  </si>
+  <si>
+    <t>2017-10-16</t>
+  </si>
+  <si>
+    <t>352630, КРАЙ КРАСНОДАРСКИЙ, ГОРОД БЕЛОРЕЧЕНСК, УЛИЦА ЛЕНИНА, 25/1</t>
+  </si>
+  <si>
+    <t>(86155) 2-65-30, 2-65-39</t>
+  </si>
+  <si>
+    <t>tppbel@yandex.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ "НОВОРОССИЙСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
+  </si>
+  <si>
+    <t>353900, КРАЙ КРАСНОДАРСКИЙ, ГОРОД НОВОРОССИЙСК, УЛИЦА ГУБЕРНСКОГО, 6</t>
+  </si>
+  <si>
+    <t>(8617) 61-00-29</t>
+  </si>
+  <si>
+    <t>ntpp@ntpp.biz</t>
+  </si>
+  <si>
+    <t>СОЮЗ "КРЫМСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
+  </si>
+  <si>
+    <t>2017-10-09</t>
+  </si>
+  <si>
+    <t>353380, КРАЙ КРАСНОДАРСКИЙ, ГОРОД КРЫМСК, УЛИЦА КАРЛА ЛИБКНЕХТА, ДОМ 36-Б</t>
+  </si>
+  <si>
+    <t>(86131) 2-02-93</t>
+  </si>
+  <si>
+    <t>krymskayatpp@mail.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ "АНАПСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
+  </si>
+  <si>
+    <t>353440, КРАЙ КРАСНОДАРСКИЙ, ГОРОД АНАПА, ПРОСПЕКТ РЕВОЛЮЦИИ, 15</t>
+  </si>
+  <si>
+    <t>(86133) 4-00-81, (86133) 5-40-91</t>
+  </si>
+  <si>
+    <t>atpp@mail.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА КРАСНОДАРСКОГО КРАЯ"</t>
+  </si>
+  <si>
+    <t>350062, КРАЙ КРАСНОДАРСКИЙ, ГОРОД КРАСНОДАР, УЛИЦА КОММУНАРОВ, 8</t>
+  </si>
+  <si>
+    <t>(861) 268-22-13</t>
+  </si>
+  <si>
+    <t>tppkk@tppkuban.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ "ТЕМРЮКСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
+  </si>
+  <si>
+    <t>2017-11-08</t>
+  </si>
+  <si>
+    <t>Торгово-промышленная палата, Торгово-промышленная палата</t>
+  </si>
+  <si>
+    <t>353500, КРАЙ КРАСНОДАРСКИЙ, ГОРОД ТЕМРЮК, УЛИЦА ЛЕНИНА, ДОМ 46, КОРПУС 2, НЕЖИЛОЕ ПОМЕЩЕНИЕ 3</t>
+  </si>
+  <si>
+    <t>(86148) 5-27-58</t>
+  </si>
+  <si>
+    <t>ttpp@list.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ "АРМАВИРСКАЯ МЕЖРАЙОННАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
+  </si>
+  <si>
+    <t>2017-10-10</t>
+  </si>
+  <si>
+    <t>352900, КРАЙ КРАСНОДАРСКИЙ, ГОРОД АРМАВИР, УЛИЦА ЧИЧЕРИНА, 61</t>
+  </si>
+  <si>
+    <t>(86137) 3-22-06</t>
+  </si>
+  <si>
+    <t>tpparm@mail.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ "ТУАПСИНСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
+  </si>
+  <si>
+    <t>352800, КРАЙ КРАСНОДАРСКИЙ, ГОРОД ТУАПСЕ, УЛИЦА КОМСОМОЛЬСКАЯ, ДОМ 3, КОМНАТА 65</t>
+  </si>
+  <si>
+    <t>(86167) 2-45-54</t>
+  </si>
+  <si>
+    <t>palata@tuapse.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ГОРОДА СОЧИ"</t>
+  </si>
+  <si>
+    <t>2018-06-28</t>
+  </si>
+  <si>
+    <t>354000, КРАЙ КРАСНОДАРСКИЙ, ГОРОД СОЧИ, УЛИЦА КУБАНСКАЯ (ЦЕНТРАЛЬНЫЙ Р-Н), 15</t>
+  </si>
+  <si>
+    <t>(862) 296-75-48, 296-75-36</t>
+  </si>
+  <si>
+    <t>tppsochi@tppsochi.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ "ЦЕНТРАЛЬНО-СИБИРСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>Торгово-промышленная палата</t>
   </si>
   <si>
-    <t>679016, А.ОБЛ. ЕВРЕЙСКАЯ, Г. Биробиджан, УЛ. ШОЛОМ-АЛЕЙХЕМА, Д. 16, ОФИС 4,5,6,8</t>
-[...835 lines deleted...]
-  <si>
     <t>660049, КРАЙ КРАСНОЯРСКИЙ, ГОРОД КРАСНОЯРСК, УЛИЦА КИРОВА, 26</t>
   </si>
   <si>
     <t>(391) 268-15-85, (391) 268-16-70</t>
   </si>
   <si>
     <t>cstpp@mail.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА СТАВРОПОЛЬСКОГО КРАЯ»</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА СТАВРОПОЛЬСКОГО КРАЯ"</t>
   </si>
   <si>
     <t>355042, КРАЙ СТАВРОПОЛЬСКИЙ, ГОРОД СТАВРОПОЛЬ, УЛИЦА ДОВАТОРЦЕВ, 55, А</t>
   </si>
   <si>
     <t>8-(865)-250-99-99</t>
   </si>
   <si>
     <t>tppsk26@gmail.com</t>
   </si>
   <si>
-    <t>СОЮЗ «ДАЛЬНЕВОСТОЧНАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "ДАЛЬНЕВОСТОЧНАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>2017-11-15</t>
   </si>
   <si>
     <t>680000, КРАЙ ХАБАРОВСКИЙ, ГОРОД ХАБАРОВСК, УЛИЦА ШЕРОНОВА, 113-А</t>
   </si>
   <si>
     <t>(4214) 30-47-70</t>
   </si>
   <si>
     <t>admin@dvtpp.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «АСТРАХАНСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "АСТРАХАНСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>2020-01-31</t>
   </si>
   <si>
+    <t>Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата</t>
+  </si>
+  <si>
     <t>414040, ОБЛАСТЬ АСТРАХАНСКАЯ, ГОРОД АСТРАХАНЬ, УЛИЦА АДМИРАЛТЕЙСКАЯ, 50, --</t>
   </si>
   <si>
     <t>(8512) 25-58-44, 28-14-42</t>
   </si>
   <si>
     <t>atpporg@mail.ru, atpp2008@mail.ru, atpp2011@mail.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «БЕЛГОРОДСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "БЕЛГОРОДСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>2017-10-11</t>
   </si>
   <si>
     <t>308000, ОБЛАСТЬ БЕЛГОРОДСКАЯ, ГОРОД БЕЛГОРОД, ПРОСПЕКТ БЕЛГОРОДСКИЙ, 110</t>
   </si>
   <si>
     <t>(4722) 26-89-50, (4722) 31-14-51</t>
   </si>
   <si>
     <t>belrcci@belgtts.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА БРЯНСКОЙ ОБЛАСТИ»</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА БРЯНСКОЙ ОБЛАСТИ"</t>
   </si>
   <si>
     <t>2017-09-19</t>
   </si>
   <si>
     <t>241035, ОБЛАСТЬ БРЯНСКАЯ, ГОРОД БРЯНСК, УЛИЦА КОМСОМОЛЬСКАЯ, 11</t>
   </si>
   <si>
     <t>8 (4832) 56-68-06</t>
   </si>
   <si>
     <t>mailbox@btpp.org</t>
   </si>
   <si>
-    <t>СОЮЗ «ВОЛГОГРАДСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "ВОЛГОГРАДСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>2017-09-14</t>
   </si>
   <si>
     <t>400074, ОБЛАСТЬ ВОЛГОГРАДСКАЯ, ГОРОД ВОЛГОГРАД, УЛИЦА РАБОЧЕ-КРЕСТЬЯНСКАЯ, ДОМ 22</t>
   </si>
   <si>
     <t>(8442) 41-50-10, (8442) 56-36-11, (8442) 26-78-87</t>
   </si>
   <si>
     <t>cci@volgogradcci.ru; vcci@mail.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ВОЛЖСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "ВОЛЖСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>2022-06-07</t>
   </si>
   <si>
     <t>404120, ОБЛАСТЬ ВОЛГОГРАДСКАЯ, ГОРОД ВОЛЖСКИЙ, УЛИЦА СТАЛИНГРАДСКАЯ, 4</t>
   </si>
   <si>
     <t>8-(844)-327-04-41</t>
   </si>
   <si>
     <t>tpp@volzhsky.ru</t>
   </si>
   <si>
     <t>СОЮЗ ВОЛОГОДСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА</t>
   </si>
   <si>
     <t>2017-10-06</t>
   </si>
   <si>
     <t>160000, ОБЛАСТЬ ВОЛОГОДСКАЯ, ГОРОД ВОЛОГДА, УЛИЦА ЛЕРМОНТОВА, 15</t>
   </si>
   <si>
     <t>(8172) 72-14-80, 72-46-87</t>
   </si>
   <si>
     <t>grant@vologda.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ВОРОНЕЖСКОЙ ОБЛАСТИ»</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ВОРОНЕЖСКОЙ ОБЛАСТИ"</t>
   </si>
   <si>
     <t>394006, ОБЛАСТЬ ВОРОНЕЖСКАЯ, ГОРОД ВОРОНЕЖ, УЛИЦА 9 ЯНВАРЯ, ДОМ 36</t>
   </si>
   <si>
     <t>(473) 277-24-87</t>
   </si>
   <si>
     <t>tpp@tpp.kvmail.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ИВАНОВСКОЙ ОБЛАСТИ»</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ИВАНОВСКОЙ ОБЛАСТИ"</t>
   </si>
   <si>
     <t>2021-03-30</t>
   </si>
   <si>
     <t>153022, ОБЛАСТЬ ИВАНОВСКАЯ, ГОРОД ИВАНОВО, УЛИЦА ЛЕЖНЕВСКАЯ, 114</t>
   </si>
   <si>
     <t>(4932) 936224, 936225</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА Г. БРАТСКА»</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА Г. БРАТСКА"</t>
   </si>
   <si>
     <t>2018-07-30</t>
   </si>
   <si>
     <t>665708, ОБЛАСТЬ ИРКУТСКАЯ, ГОРОД БРАТСК, УЛИЦА МИРА (ЦЕНТРАЛЬНЫЙ Ж/Р), ДОМ 6Г</t>
   </si>
   <si>
     <t>8-(395)-341-45-75</t>
   </si>
   <si>
     <t>info@ccibratsk.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ВОСТОЧНОЙ СИБИРИ (ИРКУТСКАЯ ОБЛАСТЬ) «</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ВОСТОЧНОЙ СИБИРИ (ИРКУТСКАЯ ОБЛАСТЬ) "</t>
   </si>
   <si>
     <t>2020-11-30</t>
   </si>
   <si>
     <t>664003, ОБЛАСТЬ ИРКУТСКАЯ, ГОРОД ИРКУТСК, УЛИЦА СУХЭ-БАТОРА, 16, ---, ---</t>
   </si>
   <si>
     <t>+7(3952)33-50-60, +7(3952)33-51-00</t>
   </si>
   <si>
     <t>info@tppvs.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «КАЛИНИНГРАДСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "КАЛИНИНГРАДСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
+  </si>
+  <si>
+    <t>Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата</t>
   </si>
   <si>
     <t>236010, ОБЛАСТЬ КАЛИНИНГРАДСКАЯ, ГОРОД КАЛИНИНГРАД, УЛИЦА ВАТУТИНА, 20</t>
   </si>
   <si>
     <t>тел.: +7 (4012) 590-650</t>
   </si>
   <si>
     <t>info@kaliningrad-cci.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА КАЛУЖСКОЙ ОБЛАСТИ»</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА КАЛУЖСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата</t>
   </si>
   <si>
     <t>248000, ОБЛАСТЬ КАЛУЖСКАЯ, ГОРОД КАЛУГА, ПЛОЩАДЬ СТАРЫЙ ТОРГ, 9/10</t>
   </si>
   <si>
     <t>+7(4842) 79-63-71</t>
   </si>
   <si>
     <t>kvi@tppkaluga.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ОБНИНСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "ОБНИНСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>2024-01-23</t>
   </si>
   <si>
     <t xml:space="preserve">249038, КАЛУЖСКАЯ ОБЛАСТЬ, ОБНИНСК Г., ГУРЬЯНОВА УЛ., Д. 19 </t>
   </si>
   <si>
     <t>8-(484)-395-74-94</t>
   </si>
   <si>
     <t>obninsktpp@yandex.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «КУЗБАССКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "КУЗБАССКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>650002, ОБЛАСТЬ КЕМЕРОВСКАЯ ОБЛАСТЬ - КУЗБАСС, ГОРОД КЕМЕРОВО, БУЛЬВАР СОСНОВЫЙ, 1</t>
   </si>
   <si>
     <t>(3842) 77-88-00</t>
   </si>
   <si>
     <t>ktpp@kuztpp.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ВЯТСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "ВЯТСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>2017-10-27</t>
   </si>
   <si>
     <t>610004, ОБЛ. КИРОВСКАЯ, Г. Киров, УЛ. ПРОФСОЮЗНАЯ, Д. 4/9</t>
   </si>
   <si>
     <t>(8332) 65-15-65</t>
   </si>
   <si>
     <t>vcci@ vcci.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА КОСТРОМСКОЙ ОБЛАСТИ»</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА КОСТРОМСКОЙ ОБЛАСТИ"</t>
   </si>
   <si>
     <t>156000, ОБЛАСТЬ КОСТРОМСКАЯ, ГОРОД КОСТРОМА, УЛИЦА КОМСОМОЛЬСКАЯ, 24</t>
   </si>
   <si>
     <t>(4942) 62-99-62</t>
   </si>
   <si>
     <t>tppko@tppko.ru</t>
   </si>
   <si>
     <t>СОЮЗ «КУРСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
   </si>
   <si>
+    <t>Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата</t>
+  </si>
+  <si>
     <t>305000, ОБЛАСТЬ КУРСКАЯ, ГОРОД КУРСК, УЛИЦА ДИМИТРОВА, ДОМ 59</t>
   </si>
   <si>
     <t>(4712) 70-02-38</t>
   </si>
   <si>
     <t>info@kcci.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ЛЕНИНГРАДСКАЯ ОБЛАСТНАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "ЛЕНИНГРАДСКАЯ ОБЛАСТНАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>2017-12-05</t>
   </si>
   <si>
     <t>188300, ОБЛАСТЬ ЛЕНИНГРАДСКАЯ, ГОРОД ГАТЧИНА, УЛИЦА КАРЛА МАРКСА, ДОМ 40А/19</t>
   </si>
   <si>
     <t>(812) 334-49-69</t>
   </si>
   <si>
     <t>info@lenobltpp.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ЛИПЕЦКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "ЛИПЕЦКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>398001, ЛИПЕЦКАЯ, ЛИПЕЦК Г., ПЕРВОМАЙСКАЯ УЛ., Д. 78, ОФИС 301</t>
   </si>
   <si>
     <t>8-(474)-237-07-01</t>
   </si>
   <si>
     <t>info@liptpp.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ЕГОРЬЕВСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "ЕГОРЬЕВСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>2017-11-14</t>
   </si>
   <si>
+    <t>Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата</t>
+  </si>
+  <si>
     <t>140304, ОБЛАСТЬ МОСКОВСКАЯ, ГОРОД ЕГОРЬЕВСК, МИКРОРАЙОН 2-Й, 25</t>
   </si>
   <si>
     <t>(49640)33879</t>
   </si>
   <si>
     <t>palata@egortpp.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ОДИНЦОВСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "ОДИНЦОВСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
+  </si>
+  <si>
+    <t>Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата</t>
   </si>
   <si>
     <t>143003, ОБЛАСТЬ МОСКОВСКАЯ, УЛИЦА МАРШАЛА ЖУКОВА, 39</t>
   </si>
   <si>
     <t>(495) 599-1565, (495) 599-7224</t>
   </si>
   <si>
     <t>v. tarusin@otpp.ru</t>
   </si>
   <si>
     <t>СОЮЗ СЕРПУХОВСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА</t>
   </si>
   <si>
     <t>142200, ОБЛАСТЬ МОСКОВСКАЯ, ГОРОД СЕРПУХОВ, УЛИЦА ВОДОНАПОРНАЯ, ДОМ 7</t>
   </si>
   <si>
     <t>(916) 303-99-79, (4967) 76-24-40</t>
   </si>
   <si>
     <t>serpcci@yandex.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА МОСКОВСКОЙ ОБЛАСТИ»</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА МОСКОВСКОЙ ОБЛАСТИ"</t>
   </si>
   <si>
     <t>143401, ОБЛАСТЬ МОСКОВСКАЯ, ГОРОД КРАСНОГОРСК, БУЛЬВАР СТРОИТЕЛЕЙ, ДОМ 4, КОРПУС 1, КАБИНЕТ 1105</t>
   </si>
   <si>
     <t>(495) 9815307</t>
   </si>
   <si>
     <t>info@tppmo.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ДМИТРОВСКАЯ МУНИЦИПАЛЬНАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "ДМИТРОВСКАЯ МУНИЦИПАЛЬНАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>141800, ОБЛАСТЬ МОСКОВСКАЯ, УЛИЦА ПРОФЕССИОНАЛЬНАЯ, 1-А</t>
   </si>
   <si>
     <t>(495) 993-78-53, (496) 224-35-44</t>
   </si>
   <si>
     <t>mail@dmtpp.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА МУРМАНСКОЙ ОБЛАСТИ»/СЕВЕРНАЯ/</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА МУРМАНСКОЙ ОБЛАСТИ"/СЕВЕРНАЯ/</t>
   </si>
   <si>
     <t>183038, МУРМАНСКАЯ ОБЛАСТЬ, МУРМАНСК Г., РУСАНОВА ПЕР., Д.10</t>
   </si>
   <si>
     <t>8-(815)-255-47-20</t>
   </si>
   <si>
     <t>ncci@ncci.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА НИЖЕГОРОДСКОЙ ОБЛАСТИ»</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА НИЖЕГОРОДСКОЙ ОБЛАСТИ"</t>
   </si>
   <si>
     <t>2017-10-26</t>
   </si>
   <si>
     <t>603005, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД НИЖНИЙ НОВГОРОД, УЛИЦА НЕСТЕРОВА, ДОМ 31</t>
   </si>
   <si>
     <t>тел.: (831) 419-42-10, факс: (831) 419-40-09</t>
   </si>
   <si>
     <t>tpp@tpp.nnov.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «НОВГОРОДСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "НОВГОРОДСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>2017-11-27</t>
   </si>
   <si>
     <t>173000, ОБЛАСТЬ НОВГОРОДСКАЯ, ГОРОД ВЕЛИКИЙ НОВГОРОД, УЛИЦА ФЁДОРОВСКИЙ РУЧЕЙ, ДОМ 2/13, ОФИС 403</t>
   </si>
   <si>
     <t>(8162)736-900</t>
   </si>
   <si>
     <t>bva@novtpp.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «НОВОСИБИРСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "НОВОСИБИРСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>2017-10-12</t>
   </si>
   <si>
     <t>630073, ОБЛАСТЬ НОВОСИБИРСКАЯ, ГОРОД НОВОСИБИРСК, ПРОСПЕКТ КАРЛА МАРКСА, 1</t>
   </si>
   <si>
     <t>(383) 346-41-50</t>
   </si>
   <si>
     <t>nsk@ntpp.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ОМСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "ОМСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
+  </si>
+  <si>
+    <t>2017-10-13</t>
   </si>
   <si>
     <t>644007, ОБЛАСТЬ ОМСКАЯ, ГОРОД ОМСК, УЛИЦА ГЕРЦЕНА, 51/53</t>
   </si>
   <si>
     <t>8-(381)-225-43-50</t>
   </si>
   <si>
     <t>foptpp@mail.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ОРЕНБУРГСКОЙ ОБЛАСТИ»</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ОРЕНБУРГСКОЙ ОБЛАСТИ"</t>
   </si>
   <si>
     <t>460000, ОБЛАСТЬ ОРЕНБУРГСКАЯ, ГОРОД ОРЕНБУРГ, ПЕРЕУЛОК СВОБОДИНА, ДОМ 4</t>
   </si>
   <si>
     <t>(3532) 91-33-70, (3532) 77-02-35</t>
   </si>
   <si>
     <t>cci@orenburg-cci.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ОРЛОВСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "ОРЛОВСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>302020, ОБЛАСТЬ ОРЛОВСКАЯ, ГОРОД ОРЁЛ, ШОССЕ НАУГОРСКОЕ, 3</t>
   </si>
   <si>
     <t>+7 (4862) 736607, 736602</t>
   </si>
   <si>
     <t>mail@tpporel.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ПЕНЗЕНСКАЯ ОБЛАСТНАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "ПЕНЗЕНСКАЯ ОБЛАСТНАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>2017-11-20</t>
   </si>
   <si>
     <t>440061, ОБЛ. ПЕНЗЕНСКАЯ, Г. Пенза, УЛ. КУЗНЕЦКАЯ, Д. 32, ПОМЕЩ. 4</t>
   </si>
   <si>
     <t>(8412) 52-42-29, (8412) 56-65-41</t>
   </si>
   <si>
     <t>penzcci@tpppnz.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ПЕРМСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "ПЕРМСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>2017-10-31</t>
   </si>
   <si>
     <t>614015, КРАЙ ПЕРМСКИЙ, ГОРОД ПЕРМЬ, УЛИЦА СОВЕТСКАЯ, 24, Б</t>
   </si>
   <si>
     <t>(342)235-78-48</t>
   </si>
   <si>
     <t>permtpp@permtpp.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ПСКОВСКОЙ ОБЛАСТИ»</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ПСКОВСКОЙ ОБЛАСТИ"</t>
   </si>
   <si>
     <t>2017-09-20</t>
   </si>
   <si>
     <t>180000, ОБЛАСТЬ ПСКОВСКАЯ, ГОРОД ПСКОВ, УЛИЦА СОВЕТСКАЯ, 15-А</t>
   </si>
   <si>
     <t>8(8112)66-38-83, 8(8112)79-34-50</t>
   </si>
   <si>
     <t>vladimir@chamberpskov.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТАГАНРОГСКАЯ МЕЖРАЙОННАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "ТАГАНРОГСКАЯ МЕЖРАЙОННАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>347900, ОБЛАСТЬ РОСТОВСКАЯ, ГОРОД ТАГАНРОГ, УЛИЦА ЧЕХОВА, 118, А</t>
   </si>
   <si>
     <t>(8634) 314-423</t>
   </si>
   <si>
     <t>office@ticci.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА РОСТОВСКОЙ ОБЛАСТИ»</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА РОСТОВСКОЙ ОБЛАСТИ"</t>
   </si>
   <si>
     <t>344022, РОСТОВСКАЯ ОБЛАСТЬ, РОСТОВ-НА-ДОНУ Г, КИРОВСКИЙ ПР-КТ, ЗД. 40А</t>
   </si>
   <si>
     <t>8-(863)-268-76-00</t>
   </si>
   <si>
     <t>tpp@tppro.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА Г.НОВОЧЕРКАССКА»</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА Г.НОВОЧЕРКАССКА"</t>
   </si>
   <si>
     <t>2017-09-13</t>
   </si>
   <si>
     <t>346430, ОБЛАСТЬ РОСТОВСКАЯ, ГОРОД НОВОЧЕРКАССК, УЛИЦА ДВОРЦОВАЯ, 5</t>
   </si>
   <si>
     <t>(8635)22-75-87</t>
   </si>
   <si>
     <t>tpp@novoch.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА РЯЗАНСКОЙ ОБЛАСТИ»</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА РЯЗАНСКОЙ ОБЛАСТИ"</t>
   </si>
   <si>
     <t>2017-10-30</t>
   </si>
   <si>
     <t>390023, РЯЗАНСКАЯ ОБЛАСТЬ, РЯЗАНЬ Г., ГОРЬКОГО УЛ., Д. 14</t>
   </si>
   <si>
     <t>8-(491)-228-99-03</t>
   </si>
   <si>
     <t>info.rtpp@mail.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА САМАРСКОЙ ОБЛАСТИ»</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА САМАРСКОЙ ОБЛАСТИ"</t>
   </si>
   <si>
     <t>443099, ОБЛАСТЬ САМАРСКАЯ, ГОРОД САМАРА, УЛИЦА АЛЕКСЕЯ ТОЛСТОГО, 6</t>
   </si>
   <si>
     <t>(846) 332-43-03, (846) 270-80-40</t>
   </si>
   <si>
     <t>tpp@tppsamara.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА Г. ТОЛЬЯТТИ»</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА Г. ТОЛЬЯТТИ"</t>
+  </si>
+  <si>
+    <t>Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата</t>
   </si>
   <si>
     <t>445009, ОБЛАСТЬ САМАРСКАЯ, ГОРОД ТОЛЬЯТТИ, УЛИЦА ПОБЕДЫ, 19 А</t>
   </si>
   <si>
     <t>8(8482) 90-39-33 доб. 101</t>
   </si>
   <si>
     <t>office@tpptlt.ru; shamray@tpptlt.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА САРАТОВСКОЙ ОБЛАСТИ»</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА САРАТОВСКОЙ ОБЛАСТИ"</t>
   </si>
   <si>
     <t>2017-10-17</t>
   </si>
   <si>
     <t>410031, ОБЛАСТЬ САРАТОВСКАЯ, ГОРОД САРАТОВ, УЛИЦА ПЕРВОМАЙСКАЯ, ДОМ 74, ЛИТЕР А ПОМЕЩЕНИЕ 2</t>
   </si>
   <si>
     <t>(8452) 390-350,</t>
   </si>
   <si>
     <t>secretariat@sartpp.ru</t>
   </si>
   <si>
     <t>УРАЛЬСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА (СОЮЗ)</t>
   </si>
   <si>
     <t>620027, ОБЛАСТЬ СВЕРДЛОВСКАЯ, ГОРОД ЕКАТЕРИНБУРГ, УЛИЦА ВОСТОЧНАЯ, 6</t>
   </si>
   <si>
     <t>(343) 214-87-64</t>
   </si>
   <si>
     <t>uralcci@uralcci.com</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ГОРОД НИЖНИЙ ТАГИЛ»</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ГОРОД НИЖНИЙ ТАГИЛ"</t>
   </si>
   <si>
     <t>622036, ОБЛАСТЬ СВЕРДЛОВСКАЯ, ГОРОД НИЖНИЙ ТАГИЛ, ПРОСПЕКТ МИРА, 56</t>
   </si>
   <si>
     <t>(3435) 41-55-08</t>
   </si>
   <si>
     <t>tppnt@mail.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «СМОЛЕНСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "СМОЛЕНСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>214000, ОБЛАСТЬ СМОЛЕНСКАЯ, ГОРОД СМОЛЕНСК, УЛИЦА БАКУНИНА, 10А</t>
   </si>
   <si>
     <t>(481) 238-74-50, (481) 238-29-57</t>
   </si>
   <si>
     <t>info@smolenskcci.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТАМБОВСКАЯ ОБЛАСТНАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "ТАМБОВСКАЯ ОБЛАСТНАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>2023-08-02</t>
   </si>
   <si>
     <t>392000, ТАМБОВСКАЯ ОБЛАСТЬ, ТАМБОВ Г., К.МАРКСА УЛ., Д.150/14</t>
   </si>
   <si>
     <t>8-(475)-272-21-48</t>
   </si>
   <si>
     <t>tpp@totpp.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ТОМСКОЙ ОБЛАСТИ»</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ТОМСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата</t>
   </si>
   <si>
     <t>634041, ОБЛАСТЬ ТОМСКАЯ, ГОРОД ТОМСК, УЛИЦА КРАСНОАРМЕЙСКАЯ, ДОМ 71А</t>
   </si>
   <si>
     <t>8-(382)-227-82-88</t>
   </si>
   <si>
     <t>mail@tomsktpp.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТУЛЬСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "ТУЛЬСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>2017-09-22</t>
   </si>
   <si>
     <t>300041, ОБЛАСТЬ ТУЛЬСКАЯ, ГОРОД ТУЛА, ПРОСПЕКТ КРАСНОАРМЕЙСКИЙ, 25</t>
   </si>
   <si>
     <t>(4872) 25-01-08, (4872) 25-16-32</t>
   </si>
   <si>
     <t>tulacci@tula.net</t>
   </si>
   <si>
-    <t>СОЮЗ «СУРГУТСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "СУРГУТСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>2017-09-29</t>
   </si>
   <si>
     <t>628400, АВТОНОМНЫЙ ОКРУГ ХАНТЫ-МАНСИЙСКИЙ АВТОНОМНЫЙ ОКРУГ - ЮГРА, ГОРОД СУРГУТ, УЛИЦА 30 ЛЕТ ПОБЕДЫ, 34А</t>
   </si>
   <si>
     <t>(3467) 50-09-50</t>
   </si>
   <si>
     <t>tpp@tppsurgut.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ТЮМЕНСКОЙ ОБЛАСТИ»</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ТЮМЕНСКОЙ ОБЛАСТИ"</t>
   </si>
   <si>
     <t>625003, ОБЛАСТЬ ТЮМЕНСКАЯ, ГОРОД ТЮМЕНЬ, УЛИЦА ХОХРЯКОВА, ДОМ 9/1</t>
   </si>
   <si>
     <t>(3452) 399-609, 689-379</t>
   </si>
   <si>
     <t>tpp-to@tpp-to.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «УЛЬЯНОВСКАЯ ОБЛАСТНАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "УЛЬЯНОВСКАЯ ОБЛАСТНАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>2017-11-22</t>
   </si>
   <si>
     <t>432063, ОБЛАСТЬ УЛЬЯНОВСКАЯ, ГОРОД УЛЬЯНОВСК, УЛИЦА ЭНГЕЛЬСА, 19</t>
   </si>
   <si>
     <t>(8422)41-03-61, (8422)41-09-76</t>
   </si>
   <si>
     <t>info@ultpp.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «МАГНИТОГОРСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "МАГНИТОГОРСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>455000, ОБЛАСТЬ ЧЕЛЯБИНСКАЯ, ГОРОД МАГНИТОГОРСК, УЛИЦА ЧАПАЕВА, 12</t>
   </si>
   <si>
     <t>(3519) 22-63-44, (3519)24-82-16</t>
   </si>
   <si>
     <t>mtpp@mtpp74.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ЮЖНО-УРАЛЬСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "ЮЖНО-УРАЛЬСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
+  </si>
+  <si>
+    <t>Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата, Торгово-промышленная палата</t>
   </si>
   <si>
     <t>454080, ОБЛАСТЬ ЧЕЛЯБИНСКАЯ, ГОРОД ЧЕЛЯБИНСК, УЛИЦА СОНИ КРИВОЙ, 56</t>
   </si>
   <si>
     <t>+7(351) 266-18-16</t>
   </si>
   <si>
     <t>mail@tpp74.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ЯРОСЛАВСКОЙ ОБЛАСТИ»</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ЯРОСЛАВСКОЙ ОБЛАСТИ"</t>
   </si>
   <si>
     <t>150000, ОБЛАСТЬ ЯРОСЛАВСКАЯ, ГОРОД ЯРОСЛАВЛЬ, УЛИЦА СВОБОДЫ, 62</t>
   </si>
   <si>
     <t>(4852) 328885</t>
   </si>
   <si>
     <t>prestpp@yartpp.ru</t>
   </si>
   <si>
     <t>ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА РОССИЙСКОЙ ФЕДЕРАЦИИ</t>
   </si>
   <si>
     <t>2017-10-14</t>
   </si>
   <si>
     <t>109012, ГОРОД МОСКВА, УЛИЦА ИЛЬИНКА, 6/1, 1</t>
   </si>
   <si>
     <t>Телефон: 8-495-620-00-09
 Факс:
 8-495-620-03-60</t>
   </si>
   <si>
     <t>tpprf@tpprf.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «МОСКОВСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "МОСКОВСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>115088, ГОРОД МОСКВА, УЛИЦА ШАРИКОПОДШИПНИКОВСКАЯ, 38, 1</t>
   </si>
   <si>
     <t>(495)276-12-19 доб. 306</t>
   </si>
   <si>
     <t>office1@mostpp.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «САНКТ-ПЕТЕРБУРГСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "САНКТ-ПЕТЕРБУРГСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>191123, ГОРОД САНКТ-ПЕТЕРБУРГ, УЛИЦА ЧАЙКОВСКОГО, 46-48</t>
   </si>
   <si>
     <t>(812) 273-48-96; (812) 579-28-33</t>
   </si>
   <si>
     <t>spbcci@spbcci.ru</t>
   </si>
   <si>
-    <t>СОЮЗ «ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ХАНТЫ-МАНСИЙСКОГО АВТОНОМНОГО ОКРУГА - ЮГРЫ»</t>
+    <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ХАНТЫ-МАНСИЙСКОГО АВТОНОМНОГО ОКРУГА - ЮГРЫ"</t>
   </si>
   <si>
     <t>2017-12-12</t>
   </si>
   <si>
     <t>628011, АВТОНОМНЫЙ ОКРУГ ХАНТЫ-МАНСИЙСКИЙ АВТОНОМНЫЙ ОКРУГ - ЮГРА, ГОРОД ХАНТЫ-МАНСИЙСК, УЛИЦА СТУДЕНЧЕСКАЯ, ДОМ 19.</t>
   </si>
   <si>
     <t>8-(346)-731-18-88</t>
   </si>
   <si>
     <t>tpphmao@tpphmao.ru</t>
   </si>
   <si>
     <t>ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ЯМАЛО-НЕНЕЦКОГО АВТОНОМНОГО ОКРУГА (СОЮЗ)</t>
   </si>
   <si>
     <t>2018-04-02</t>
   </si>
   <si>
     <t>629008, АВТОНОМНЫЙ ОКРУГ ЯМАЛО-НЕНЕЦКИЙ, ГОРОД САЛЕХАРД, УЛИЦА КОМСОМОЛЬСКАЯ, 16, Б</t>
   </si>
   <si>
     <t>(34922) 9-90-01</t>
   </si>
   <si>
     <t>tpp@tpp89.org</t>
   </si>
   <si>
-    <t>СОЮЗ «СЕВАСТОПОЛЬСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА»</t>
+    <t>СОЮЗ "СЕВАСТОПОЛЬСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
   </si>
   <si>
     <t>2017-11-01</t>
   </si>
   <si>
     <t>299011, ГОРОД СЕВАСТОПОЛЬ, УЛИЦА БОЛЬШАЯ МОРСКАЯ, ДОМ 34</t>
   </si>
   <si>
     <t>(8692) 54-35-36</t>
   </si>
   <si>
     <t>members@sevtpp.ru</t>
   </si>
   <si>
-    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ЦЕНТР АГРОТЕХНОЛОГИЙ»</t>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ЦЕНТР АГРОТЕХНОЛОГИЙ"</t>
   </si>
   <si>
     <t>2025-04-08</t>
   </si>
   <si>
     <t>0250014172</t>
   </si>
   <si>
     <t>452144, РЕСПУБЛИКА БАШКОРТОСТАН, ЧИШМИНСКИЙ Р-Н, УРАЗБАХТЫ С., ШКОЛЬНАЯ УЛ., Д.23</t>
   </si>
   <si>
     <t>8-(347)-284-09-65</t>
   </si>
   <si>
     <t>agropark.cat-info@mail.ru</t>
   </si>
   <si>
-    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «УПРАВЛЯЮЩАЯ КОМПАНИЯ «АГРО-ТЕГ»</t>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "УПРАВЛЯЮЩАЯ КОМПАНИЯ "АГРО-ТЕГ"</t>
   </si>
   <si>
     <t>2025-03-11</t>
   </si>
   <si>
     <t>0816041509</t>
   </si>
   <si>
     <t>358014, РЕСПУБЛИКА КАЛМЫКИЯ, ГОРОД ЭЛИСТА Г.О., ЭЛИСТА Г, 9 МКР, Д. 142, 3 ОФИС</t>
   </si>
   <si>
     <t>8-(937)-191-99-69</t>
   </si>
   <si>
     <t>agro-teg08@yandex.ru</t>
   </si>
   <si>
-    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ГАРАНТИЙНЫЙ ФОНД РЕСПУБЛИКИ КАЛМЫКИЯ»</t>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ГАРАНТИЙНЫЙ ФОНД РЕСПУБЛИКИ КАЛМЫКИЯ"</t>
   </si>
   <si>
     <t>2025-09-19</t>
   </si>
   <si>
     <t>0800016088</t>
   </si>
   <si>
     <t>358000, РЕСПУБЛИКА КАЛМЫКИЯ, ГОРОД ЭЛИСТА Г.О., ЭЛИСТА Г, М.ЛЕРМОНТОВА УЛ, Д. 7А</t>
   </si>
   <si>
     <t>8-(927)-283-51-40</t>
   </si>
   <si>
     <t>Garfond08@yandex.ru</t>
   </si>
   <si>
-    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ  «БАРЕНЦ ИНВЕСТ»</t>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ  "БАРЕНЦ ИНВЕСТ"</t>
   </si>
   <si>
     <t>2025-08-04</t>
   </si>
   <si>
     <t>185000, РЕСПУБЛИКА КАРЕЛИЯ, ПЕТРОЗАВОДСК Г., АЛЕКСАНДРА НЕВСКОГО (ЗАРЕКА Р-Н) ПР-КТ, Д. 35, ОФИС 5</t>
   </si>
   <si>
     <t>8-(814)-257-43-00</t>
   </si>
   <si>
     <t>KP10park@yandex.ru</t>
   </si>
   <si>
-    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ТЕХНОПАРК «ОНЕЖСКИЙ»</t>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ТЕХНОПАРК "ОНЕЖСКИЙ"</t>
   </si>
   <si>
     <t>186220, РЕСПУБЛИКА КАРЕЛИЯ, КОНДОПОЖСКИЙ М.Р-Н, КОНДОПОЖСКОЕ Г.П., КОНДОПОГА Г, ПЕТРОЗАВОДСКОЕ Ш, ЗД. 5, 2 ОФИС</t>
   </si>
   <si>
     <t>8-(814)-257-45-07</t>
   </si>
   <si>
     <t>office10park@yandex.ru</t>
   </si>
   <si>
-    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «АГЕНТСТВО ПО РАЗВИТИЮ ТУРИЗМА РЕСПУБЛИКИ МАРИЙ ЭЛ»</t>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "АГЕНТСТВО ПО РАЗВИТИЮ ТУРИЗМА РЕСПУБЛИКИ МАРИЙ ЭЛ"</t>
   </si>
   <si>
     <t>2025-07-09</t>
   </si>
   <si>
     <t>424033, РЕСПУБЛИКА МАРИЙ ЭЛ, ГОРОД ЙОШКАР-ОЛА Г.О., ЙОШКАР-ОЛА Г, БРЮГГЕ НАБ, Д. 3, 308 КАБ.</t>
   </si>
   <si>
     <t>8-(836)-223-27-94</t>
   </si>
   <si>
     <t>mari-tourism@mail.ru</t>
   </si>
   <si>
-    <t>ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ НИЖЕГОРОДСКОЙ ОБЛАСТИ «ИННОВАЦИОННО-КОНСУЛЬТАЦИОННЫЙ ЦЕНТР АГРОПРОМЫШЛЕННОГО КОМПЛЕКСА «</t>
+    <t>ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ УЧРЕЖДЕНИЕ НИЖЕГОРОДСКОЙ ОБЛАСТИ "ИННОВАЦИОННО-КОНСУЛЬТАЦИОННЫЙ ЦЕНТР АГРОПРОМЫШЛЕННОГО КОМПЛЕКСА "</t>
   </si>
   <si>
     <t>2018-11-14</t>
   </si>
   <si>
     <t>603163, ОБЛАСТЬ НИЖЕГОРОДСКАЯ, ГОРОД НИЖНИЙ НОВГОРОД, УЛИЦА ГЕРМАНА ЛОПАТИНА, 12, 1</t>
   </si>
   <si>
     <t>8-(831)-432-34-62</t>
   </si>
   <si>
     <t>info-ncs@mail.ru</t>
   </si>
   <si>
-    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР «МОЙ БИЗНЕС» ЧЕЧЕНСКОЙ РЕСПУБЛИКИ»</t>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР "МОЙ БИЗНЕС" ЧЕЧЕНСКОЙ РЕСПУБЛИКИ"</t>
   </si>
   <si>
     <t>2025-03-31</t>
   </si>
   <si>
     <t>Учебно-деловой центр, Центр поддержки народных художественных промыслов, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Инжиниринговый центр, Бизнес-инкубатор</t>
   </si>
   <si>
     <t>364024, ЧЕЧЕНСКАЯ РЕСПУБЛИКА, ГОРОД ГРОЗНЫЙ Г.О., ГРОЗНЫЙ Г, ШЕЙХ-МАНСУРОВСКИЙ Р-Н, ИМЕНИ Х.У. ОРЗАМИЕВА УЛ, Д. 10</t>
   </si>
   <si>
     <t>8-(800)-511-04-05</t>
   </si>
   <si>
     <t>guprbc2000@mail.ru</t>
   </si>
   <si>
-    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «АЛТАЙБИОТЕХ»</t>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "АЛТАЙБИОТЕХ"</t>
   </si>
   <si>
     <t>2025-08-20</t>
   </si>
   <si>
     <t>659318, АЛТАЙСКИЙ КРАЙ, БИЙСК Г., НАГОРНЫЙ П., ЯМИНСКАЯ УЛ., Д. 4, КАБИНЕТ 18</t>
   </si>
   <si>
     <t>8-(913)-242-22-08</t>
   </si>
   <si>
     <t>karl_alex@bk.ru</t>
   </si>
   <si>
-    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «УПРАВЛЯЮЩАЯ КОМПАНИЯ ПРОМЫШЛЕННОГО ТЕХНОПАРКА «КОМПОНЕНТ»</t>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "УПРАВЛЯЮЩАЯ КОМПАНИЯ ПРОМЫШЛЕННОГО ТЕХНОПАРКА "КОМПОНЕНТ"</t>
   </si>
   <si>
     <t>656037, АЛТАЙСКИЙ КРАЙ, ГОРОД БАРНАУЛ Г.О., БАРНАУЛ Г, СЕВЕРО-ЗАПАДНАЯ УЛ, Д. 2А, 206 КАБ.</t>
   </si>
   <si>
     <t>8-(929)-347-76-88</t>
   </si>
   <si>
     <t>component.tp@yandex.ru</t>
   </si>
   <si>
-    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ГАРАНТИЙНЫЙ ФОНД ПОДДЕРЖКИ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА В СТАВРОПОЛЬСКОМ КРАЕ»</t>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ГАРАНТИЙНЫЙ ФОНД ПОДДЕРЖКИ СУБЪЕКТОВ МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА В СТАВРОПОЛЬСКОМ КРАЕ"</t>
   </si>
   <si>
     <t xml:space="preserve">355035, СТАВРОПОЛЬСКИЙ КРАЙ, ГОРОД СТАВРОПОЛЬ, УЛИЦА МАРШАЛА ЖУКОВА, ДОМ 20А </t>
   </si>
   <si>
-    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «УПРАВЛЯЮЩАЯ КОМПАНИЯ «ЭКОИМПУЛЬС»</t>
+    <t>8-(962)-440-18-33</t>
+  </si>
+  <si>
+    <t>garantfond26@yandex.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "УПРАВЛЯЮЩАЯ КОМПАНИЯ "ЭКОИМПУЛЬС"</t>
   </si>
   <si>
     <t>2025-02-13</t>
   </si>
   <si>
     <t>650021, КЕМЕРОВСКАЯ ОБЛАСТЬ - КУЗБАСС, КЕМЕРОВО Г., ЗАПАДНЫЙ ПР-Д, Д. 4, ОФИС 3</t>
   </si>
   <si>
     <t>8-(384)-278-04-01</t>
   </si>
   <si>
     <t>ecoimpulskem@yandex.ru</t>
   </si>
   <si>
-    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА ГОРОДА КИСЕЛЕВСКА»</t>
+    <t>НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "МУНИЦИПАЛЬНЫЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА ГОРОДА КИСЕЛЕВСКА"</t>
   </si>
   <si>
     <t>652725, КЕМЕРОВСКАЯ ОБЛАСТЬ - КУЗБАСС, КИСЕЛЕВСК Г., МИРА УЛ., Д. 34 К. А</t>
   </si>
   <si>
     <t>8-(384)-645-32-93</t>
   </si>
   <si>
     <t>sbfund@bk.ru</t>
   </si>
   <si>
-    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ЦЕНТР РАЗВИТИЯ БИЗНЕСА И ПРЕДПРИНИМАТЕЛЬСТВА» ШАТКОВСКОГО МУНИЦИПАЛЬНОГО ОКРУГА НИЖЕГОРОДСКОЙ ОБЛАСТИ</t>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР РАЗВИТИЯ БИЗНЕСА И ПРЕДПРИНИМАТЕЛЬСТВА" ШАТКОВСКОГО МУНИЦИПАЛЬНОГО ОКРУГА НИЖЕГОРОДСКОЙ ОБЛАСТИ</t>
   </si>
   <si>
     <t>2025-03-17</t>
   </si>
   <si>
     <t>607700, НИЖЕГОРОДСКАЯ ОБЛАСТЬ, ШАТКОВСКИЙ М.О., ШАТКИ РП, ФЕДЕРАТИВНАЯ УЛ, Д. 3</t>
   </si>
   <si>
     <t>8-(904)-051-20-78</t>
   </si>
   <si>
     <t>centr.bisnesa.shatki@yandex.ru</t>
   </si>
   <si>
-    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «КОРПОРАЦИЯ СПЕЦИАЛЬНОГО МАШИНОСТРОЕНИЯ»</t>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "КОРПОРАЦИЯ СПЕЦИАЛЬНОГО МАШИНОСТРОЕНИЯ"</t>
   </si>
   <si>
     <t>607061, НИЖЕГОРОДСКАЯ ОБЛАСТЬ, ВЫКСА Г., ЗАВОДСКАЯ УЛ., Д.1</t>
   </si>
   <si>
     <t>8-(910)-795-17-71</t>
   </si>
   <si>
     <t>info@drobmash.ru</t>
   </si>
   <si>
-    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ «ПЕРВОМАЙСКИЙ ЦЕНТР РАЗВИТИЯ И ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА»</t>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ПЕРВОМАЙСКИЙ ЦЕНТР РАЗВИТИЯ И ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСТВА"</t>
   </si>
   <si>
     <t>2025-05-16</t>
   </si>
   <si>
     <t>607760, НИЖЕГОРОДСКАЯ ОБЛАСТЬ, ПЕРВОМАЙСК Г., УЛЬЯНОВА ПЛ., Д. 7А</t>
   </si>
   <si>
     <t>8-(910)-891-40-89</t>
   </si>
   <si>
     <t>pcrpp@yandex.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ - МИКРОКРЕДИТНАЯ КОМПАНИЯ ПО ПОДДЕРЖКЕ ПРЕДПРИНИМАТЕЛЬСТВА</t>
   </si>
   <si>
     <t>2025-04-30</t>
   </si>
   <si>
     <t>347042, РОСТОВСКАЯ ОБЛАСТЬ, БЕЛОКАЛИТВИНСКИЙ М.Р-Н, БЕЛОКАЛИТВИНСКОЕ Г.П., БЕЛАЯ КАЛИТВА Г, КОММУНИСТИЧЕСКАЯ УЛ, Д. 24</t>
   </si>
   <si>
     <t>8-(863)-832-55-85</t>
   </si>
   <si>
     <t>NPBK2009@yandex.ru</t>
   </si>
   <si>
-    <t>ФОНД «ТАБОРИНСКИЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА»</t>
+    <t>ФОНД "ТАБОРИНСКИЙ ФОНД ПОДДЕРЖКИ МАЛОГО ПРЕДПРИНИМАТЕЛЬСТВА"</t>
   </si>
   <si>
     <t>2025-02-27</t>
   </si>
   <si>
     <t>623990, СВЕРДЛОВСКАЯ ОБЛАСТЬ, ТАБОРИНСКИЙ Р-Н, ТАБОРЫ С., СОВЕТСКАЯ УЛ., Д.4</t>
   </si>
   <si>
     <t>8-(343)-472-15-09</t>
   </si>
   <si>
     <t>tbfpmp@mail.ru</t>
   </si>
   <si>
-    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ПРИОРИТЕТ»</t>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ПРИОРИТЕТ"</t>
   </si>
   <si>
     <t>636600, ТОМСКАЯ ОБЛАСТЬ, ПАРАБЕЛЬСКИЙ М.Р-Н, ПАРАБЕЛЬСКОЕ С.П., ПАРАБЕЛЬ С, СОВЕТСКАЯ УЛ, Д. 18</t>
   </si>
   <si>
     <t>8-(382)-522-11-69</t>
   </si>
   <si>
     <t>prioritet-parabel@yandex.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ЦЕНТР ПОДДЕРЖКИ ПРЕДПРИНИМАТЕЛЬСКОЙ И ИНВЕСТИЦИОННОЙ ДЕЯТЕЛЬНОСТИ РЕСПУБЛИКИ АЛТАЙ "МОЙБИЗНЕС"</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>0400023725</t>
+  </si>
+  <si>
+    <t>Центр поддержки экспорта, Центр поддержки народных художественных промыслов, Центр инноваций социальной сферы, Центр по развитию предпринимательства, Консультационный центр, Инжиниринговый центр</t>
+  </si>
+  <si>
+    <t>649000, РЕСПУБЛИКА АЛТАЙ, ГОРОД ГОРНО-АЛТАЙСК Г.О., ГОРНО-АЛТАЙСК Г, КОМСОМОЛЬСКАЯ УЛ, Д. 9</t>
+  </si>
+  <si>
+    <t>8-(388)-224-72-41</t>
+  </si>
+  <si>
+    <t>mybiz04@bk.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "ВОЗНЕСЕНСКИЙ ЦЕНТР РАЗВИТИЯ БИЗНЕСА"</t>
+  </si>
+  <si>
+    <t>2023-10-16</t>
+  </si>
+  <si>
+    <t>607340, НИЖЕГОРОДСКАЯ ОБЛАСТЬ, ВОЗНЕСЕНСКИЙ Р-Н, ВОЗНЕСЕНСКОЕ РП, СОВЕТСКАЯ УЛ, Д. 35</t>
+  </si>
+  <si>
+    <t>8-(910)-898-09-94</t>
+  </si>
+  <si>
+    <t>vozn.biznes.centr@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "АГЕНТСТВО ИНВЕСТИЦИОННОГО РАЗВИТИЯ ТОМСКОЙ ОБЛАСТИ"</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>634034, ТОМСКАЯ ОБЛАСТЬ, ГОРОД ТОМСК Г.О., ТОМСК Г, СТУДЕНЧЕСКАЯ УЛ, Д. 2А</t>
+  </si>
+  <si>
+    <t>8-(382)-290-80-32</t>
+  </si>
+  <si>
+    <t>info@tomskinvestor.ru</t>
+  </si>
+  <si>
+    <t>СОЮЗ "ВЕРХНЕКАМСКАЯ ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА"</t>
+  </si>
+  <si>
+    <t>618400, ПЕРМСКИЙ КРАЙ, БЕРЕЗНИКИ Г, ЮБИЛЕЙНАЯ УЛ, Д. 17</t>
+  </si>
+  <si>
+    <t>8-(342)-426-70-62</t>
+  </si>
+  <si>
+    <t>vktpp@vktpp.ru</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -12013,54 +11698,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I865"/>
+  <dimension ref="A1:I834"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:I865"/>
+      <selection activeCell="A1" sqref="A1:I834"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="11" customWidth="true" style="0"/>
     <col min="4" max="4" width="9" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="25" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -12194,24947 +11879,24048 @@
       </c>
       <c r="H5" s="2" t="s">
         <v>14</v>
       </c>
       <c r="I5" s="2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="2">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D6" s="2">
         <v>1010938</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F6" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="G6" s="2" t="s">
+      <c r="H6" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="H6" s="2" t="s">
+      <c r="I6" s="2" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="2">
         <v>6</v>
       </c>
       <c r="B7" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" s="2" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="D7" s="2">
         <v>1010972</v>
       </c>
       <c r="E7" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="F7" s="2" t="s">
+      <c r="G7" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="G7" s="2" t="s">
+      <c r="H7" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="H7" s="2" t="s">
+      <c r="I7" s="2" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="2">
         <v>7</v>
       </c>
       <c r="B8" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" s="2" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D8" s="2">
         <v>1010984</v>
       </c>
       <c r="E8" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="F8" s="2" t="s">
+      <c r="G8" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="G8" s="2" t="s">
+      <c r="H8" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="H8" s="2" t="s">
+      <c r="I8" s="2" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="2">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="2">
         <v>1020002</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G9" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="H9" s="2" t="s">
+      <c r="I9" s="2" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="2">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="2">
         <v>1020003</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G10" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="H10" s="2" t="s">
+      <c r="I10" s="2" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="2">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="2">
         <v>1020005</v>
       </c>
       <c r="E11" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="F11" s="2" t="s">
+      <c r="G11" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="G11" s="2" t="s">
+      <c r="H11" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="H11" s="2" t="s">
+      <c r="I11" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="2">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="2">
         <v>1020006</v>
       </c>
       <c r="E12" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="F12" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G12" s="2" t="s">
+      <c r="H12" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="H12" s="2" t="s">
+      <c r="I12" s="2" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="2">
         <v>12</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="2">
         <v>1020007</v>
       </c>
       <c r="E13" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="F13" s="2" t="s">
+      <c r="G13" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="G13" s="2" t="s">
+      <c r="H13" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="H13" s="2" t="s">
+      <c r="I13" s="2" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="2">
         <v>13</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="2">
         <v>1020008</v>
       </c>
       <c r="E14" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="F14" s="2" t="s">
+      <c r="G14" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="G14" s="2" t="s">
+      <c r="H14" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="H14" s="2" t="s">
+      <c r="I14" s="2" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="2">
         <v>14</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="2">
         <v>1020010</v>
       </c>
       <c r="E15" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="F15" s="2" t="s">
+      <c r="G15" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="G15" s="2" t="s">
+      <c r="H15" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="H15" s="2" t="s">
+      <c r="I15" s="2" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="2">
         <v>15</v>
       </c>
       <c r="B16" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="C16" s="2" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="D16" s="2">
         <v>1020675</v>
       </c>
       <c r="E16" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="F16" s="2" t="s">
+      <c r="G16" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="G16" s="2" t="s">
+      <c r="H16" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="H16" s="2" t="s">
+      <c r="I16" s="2" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="2">
         <v>16</v>
       </c>
       <c r="B17" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="C17" s="2" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="D17" s="2">
         <v>1020677</v>
       </c>
       <c r="E17" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="F17" s="2" t="s">
+      <c r="G17" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="G17" s="2" t="s">
+      <c r="H17" s="2" t="s">
         <v>106</v>
       </c>
-      <c r="H17" s="2" t="s">
+      <c r="I17" s="2" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="2">
         <v>17</v>
       </c>
       <c r="B18" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="C18" s="2" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D18" s="2">
         <v>1020836</v>
       </c>
       <c r="E18" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="F18" s="2" t="s">
+      <c r="G18" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="G18" s="2" t="s">
+      <c r="H18" s="2" t="s">
         <v>113</v>
       </c>
-      <c r="H18" s="2" t="s">
+      <c r="I18" s="2" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="2">
         <v>18</v>
       </c>
       <c r="B19" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="C19" s="2" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="D19" s="2">
         <v>1020868</v>
       </c>
       <c r="E19" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="F19" s="2" t="s">
+      <c r="G19" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="G19" s="2" t="s">
+      <c r="H19" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="H19" s="2" t="s">
+      <c r="I19" s="2" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="2">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="C20" s="2" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="D20" s="2">
         <v>1020878</v>
       </c>
       <c r="E20" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="F20" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="G20" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="F20" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G20" s="2" t="s">
+      <c r="H20" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="H20" s="2" t="s">
+      <c r="I20" s="2" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="2">
         <v>20</v>
       </c>
       <c r="B21" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C21" s="2" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="D21" s="2">
         <v>1020881</v>
       </c>
       <c r="E21" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="F21" s="2" t="s">
+      <c r="G21" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="G21" s="2" t="s">
+      <c r="H21" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="H21" s="2" t="s">
+      <c r="I21" s="2" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="2">
         <v>21</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D22" s="2">
         <v>1030018</v>
       </c>
       <c r="E22" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="F22" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G22" s="2" t="s">
+      <c r="H22" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="H22" s="2" t="s">
+      <c r="I22" s="2" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="2">
         <v>22</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D23" s="2">
         <v>1030034</v>
       </c>
       <c r="E23" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F23" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="F23" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G23" s="2" t="s">
+      <c r="H23" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="H23" s="2" t="s">
+      <c r="I23" s="2" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="2">
         <v>23</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D24" s="2">
         <v>1030035</v>
       </c>
       <c r="E24" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="F24" s="2" t="s">
+      <c r="G24" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="G24" s="2" t="s">
+      <c r="H24" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="H24" s="2" t="s">
+      <c r="I24" s="2" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="2">
         <v>24</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D25" s="2">
         <v>1030036</v>
       </c>
       <c r="E25" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="F25" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="G25" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="F25" s="2" t="s">
+      <c r="H25" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="G25" s="2" t="s">
+      <c r="I25" s="2" t="s">
         <v>155</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="2">
         <v>25</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="2">
         <v>1030037</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G26" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="H26" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="I26" s="2" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="2">
         <v>26</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="D27" s="2">
         <v>1030684</v>
       </c>
       <c r="E27" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="F27" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="G27" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="F27" s="2" t="s">
+      <c r="H27" s="2" t="s">
         <v>166</v>
       </c>
-      <c r="G27" s="2" t="s">
+      <c r="I27" s="2" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="2">
         <v>27</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D28" s="2">
         <v>1030941</v>
       </c>
       <c r="E28" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F28" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="H28" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="F28" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G28" s="2" t="s">
+      <c r="I28" s="2" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="2">
         <v>28</v>
       </c>
       <c r="B29" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="C29" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="D29" s="2">
+        <v>1040855</v>
+      </c>
+      <c r="E29" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="C29" s="2" t="s">
+      <c r="F29" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="D29" s="2">
-[...2 lines deleted...]
-      <c r="E29" s="2" t="s">
+      <c r="G29" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="F29" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G29" s="2" t="s">
+      <c r="H29" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="H29" s="2" t="s">
+      <c r="I29" s="2" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="2">
         <v>29</v>
       </c>
       <c r="B30" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="C30" s="2" t="s">
         <v>182</v>
       </c>
-      <c r="C30" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D30" s="2">
-        <v>1040123</v>
+        <v>1040897</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>183</v>
       </c>
       <c r="F30" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="G30" s="2" t="s">
         <v>184</v>
       </c>
-      <c r="G30" s="2" t="s">
+      <c r="H30" s="2" t="s">
         <v>185</v>
       </c>
-      <c r="H30" s="2" t="s">
+      <c r="I30" s="2" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="2">
         <v>30</v>
       </c>
       <c r="B31" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D31" s="2">
+        <v>1050038</v>
+      </c>
+      <c r="E31" s="2" t="s">
         <v>188</v>
       </c>
-      <c r="C31" s="2" t="s">
+      <c r="F31" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G31" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="D31" s="2">
-[...2 lines deleted...]
-      <c r="E31" s="2" t="s">
+      <c r="H31" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="F31" s="2" t="s">
+      <c r="I31" s="2" t="s">
         <v>191</v>
-      </c>
-[...7 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="2">
         <v>31</v>
       </c>
       <c r="B32" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="C32" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D32" s="2">
+        <v>1050044</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="G32" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="H32" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="C32" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E32" s="2" t="s">
+      <c r="I32" s="2" t="s">
         <v>196</v>
-      </c>
-[...10 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="2">
         <v>32</v>
       </c>
       <c r="B33" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="D33" s="2">
+        <v>1050781</v>
+      </c>
+      <c r="E33" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="F33" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="G33" s="2" t="s">
         <v>201</v>
       </c>
-      <c r="C33" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E33" s="2" t="s">
+      <c r="H33" s="2" t="s">
         <v>202</v>
       </c>
-      <c r="F33" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G33" s="2" t="s">
+      <c r="I33" s="2" t="s">
         <v>203</v>
-      </c>
-[...4 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="2">
         <v>33</v>
       </c>
       <c r="B34" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="C34" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="D34" s="2">
+        <v>1050806</v>
+      </c>
+      <c r="E34" s="2" t="s">
         <v>206</v>
       </c>
-      <c r="C34" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E34" s="2" t="s">
+      <c r="F34" s="2" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>208</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>209</v>
       </c>
       <c r="I34" s="2" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="2">
         <v>34</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>211</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>189</v>
+        <v>10</v>
       </c>
       <c r="D35" s="2">
-        <v>1040860</v>
+        <v>1060045</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>212</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>38</v>
+        <v>213</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="H35" s="2" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="I35" s="2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="2">
         <v>35</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D36" s="2">
-        <v>1040897</v>
+        <v>1060889</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>32</v>
+        <v>220</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="H36" s="2" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="I36" s="2" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="2">
         <v>36</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>10</v>
+        <v>225</v>
       </c>
       <c r="D37" s="2">
-        <v>1050038</v>
+        <v>1060902</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>68</v>
+        <v>227</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="H37" s="2" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="I37" s="2" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="2">
         <v>37</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="2">
-        <v>1050044</v>
+        <v>1070046</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="H38" s="2" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="I38" s="2" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="2">
         <v>38</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>233</v>
+        <v>10</v>
       </c>
       <c r="D39" s="2">
-        <v>1050781</v>
+        <v>1070047</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>235</v>
+        <v>32</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="H39" s="2" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="I39" s="2" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="2">
         <v>39</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>240</v>
+        <v>10</v>
       </c>
       <c r="D40" s="2">
-        <v>1050806</v>
+        <v>1070048</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>242</v>
+        <v>12</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>243</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>244</v>
       </c>
       <c r="I40" s="2" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="2">
         <v>40</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>246</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D41" s="2">
-        <v>1060045</v>
+        <v>1070050</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>247</v>
       </c>
       <c r="F41" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="G41" s="2" t="s">
         <v>248</v>
       </c>
-      <c r="G41" s="2" t="s">
+      <c r="H41" s="2" t="s">
         <v>249</v>
       </c>
-      <c r="H41" s="2" t="s">
+      <c r="I41" s="2" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="2">
         <v>41</v>
       </c>
       <c r="B42" s="2" t="s">
+        <v>251</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D42" s="2">
+        <v>1070052</v>
+      </c>
+      <c r="E42" s="2" t="s">
         <v>252</v>
       </c>
-      <c r="C42" s="2" t="s">
+      <c r="F42" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="G42" s="2" t="s">
         <v>253</v>
       </c>
-      <c r="D42" s="2">
-[...2 lines deleted...]
-      <c r="E42" s="2" t="s">
+      <c r="H42" s="2" t="s">
         <v>254</v>
       </c>
-      <c r="F42" s="2" t="s">
+      <c r="I42" s="2" t="s">
         <v>255</v>
-      </c>
-[...7 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="2">
         <v>42</v>
       </c>
       <c r="B43" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="C43" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D43" s="2">
+        <v>1070053</v>
+      </c>
+      <c r="E43" s="2" t="s">
+        <v>257</v>
+      </c>
+      <c r="F43" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="G43" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="H43" s="2" t="s">
         <v>259</v>
       </c>
-      <c r="C43" s="2" t="s">
+      <c r="I43" s="2" t="s">
         <v>260</v>
-      </c>
-[...16 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="2">
         <v>43</v>
       </c>
       <c r="B44" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="C44" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="D44" s="2">
+        <v>1070667</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="F44" s="2" t="s">
+        <v>264</v>
+      </c>
+      <c r="G44" s="2" t="s">
         <v>265</v>
       </c>
-      <c r="C44" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E44" s="2" t="s">
+      <c r="H44" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="F44" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G44" s="2" t="s">
+      <c r="I44" s="2" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="2">
         <v>44</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D45" s="2">
-        <v>1070047</v>
+        <v>1080058</v>
       </c>
       <c r="E45" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="F45" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="G45" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="H45" s="2" t="s">
         <v>271</v>
       </c>
-      <c r="F45" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G45" s="2" t="s">
+      <c r="I45" s="2" t="s">
         <v>272</v>
-      </c>
-[...4 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="2">
         <v>45</v>
       </c>
       <c r="B46" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="C46" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="D46" s="2">
+        <v>1080779</v>
+      </c>
+      <c r="E46" s="2" t="s">
         <v>275</v>
       </c>
-      <c r="C46" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E46" s="2" t="s">
+      <c r="F46" s="2" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>277</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>278</v>
       </c>
       <c r="I46" s="2" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="2">
         <v>46</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>280</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D47" s="2">
-        <v>1070050</v>
+        <v>1090061</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>281</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>282</v>
       </c>
-      <c r="H47" s="2">
-        <v>89287170906</v>
+      <c r="H47" s="2" t="s">
+        <v>283</v>
       </c>
       <c r="I47" s="2" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="2">
         <v>47</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>10</v>
+        <v>286</v>
       </c>
       <c r="D48" s="2">
-        <v>1070052</v>
+        <v>1090912</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>88663741707</v>
+        <v>282</v>
+      </c>
+      <c r="H48" s="2" t="s">
+        <v>288</v>
       </c>
       <c r="I48" s="2" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="2">
         <v>48</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>10</v>
+        <v>286</v>
       </c>
       <c r="D49" s="2">
-        <v>1070053</v>
+        <v>1090913</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>19</v>
+        <v>292</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="H49" s="2" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="I49" s="2" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="2">
         <v>49</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>294</v>
+        <v>10</v>
       </c>
       <c r="D50" s="2">
-        <v>1070667</v>
-[...2 lines deleted...]
-        <v>295</v>
+        <v>1100063</v>
+      </c>
+      <c r="E50" s="2">
+        <v>1001019831</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>296</v>
+        <v>213</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>297</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>298</v>
       </c>
       <c r="I50" s="2" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="2">
         <v>50</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>300</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D51" s="2">
-        <v>1080058</v>
-[...1 lines deleted...]
-      <c r="E51" s="2" t="s">
+        <v>1100064</v>
+      </c>
+      <c r="E51" s="2">
+        <v>1001041869</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>301</v>
       </c>
-      <c r="F51" s="2" t="s">
+      <c r="G51" s="2" t="s">
         <v>302</v>
       </c>
-      <c r="G51" s="2" t="s">
+      <c r="H51" s="2" t="s">
         <v>303</v>
       </c>
-      <c r="H51" s="2" t="s">
+      <c r="I51" s="2" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="2">
         <v>51</v>
       </c>
       <c r="B52" s="2" t="s">
+        <v>305</v>
+      </c>
+      <c r="C52" s="2" t="s">
         <v>306</v>
       </c>
-      <c r="C52" s="2" t="s">
+      <c r="D52" s="2">
+        <v>1100817</v>
+      </c>
+      <c r="E52" s="2">
+        <v>1001350200</v>
+      </c>
+      <c r="F52" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="G52" s="2" t="s">
         <v>307</v>
       </c>
-      <c r="D52" s="2">
-[...2 lines deleted...]
-      <c r="E52" s="2" t="s">
+      <c r="H52" s="2" t="s">
         <v>308</v>
       </c>
-      <c r="F52" s="2" t="s">
+      <c r="I52" s="2" t="s">
         <v>309</v>
-      </c>
-[...7 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="2">
         <v>52</v>
       </c>
       <c r="B53" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>311</v>
+      </c>
+      <c r="D53" s="2">
+        <v>1100862</v>
+      </c>
+      <c r="E53" s="2">
+        <v>1001314146</v>
+      </c>
+      <c r="F53" s="2" t="s">
+        <v>312</v>
+      </c>
+      <c r="G53" s="2" t="s">
         <v>313</v>
       </c>
-      <c r="C53" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E53" s="2" t="s">
+      <c r="H53" s="2" t="s">
         <v>314</v>
       </c>
-      <c r="F53" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G53" s="2" t="s">
+      <c r="I53" s="2" t="s">
         <v>315</v>
-      </c>
-[...4 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="2">
         <v>53</v>
       </c>
       <c r="B54" s="2" t="s">
+        <v>316</v>
+      </c>
+      <c r="C54" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="D54" s="2">
+        <v>1100943</v>
+      </c>
+      <c r="E54" s="2">
+        <v>1001357213</v>
+      </c>
+      <c r="F54" s="2" t="s">
         <v>318</v>
       </c>
-      <c r="C54" s="2" t="s">
+      <c r="G54" s="2" t="s">
         <v>319</v>
       </c>
-      <c r="D54" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="H54" s="2" t="s">
-        <v>322</v>
+        <v>303</v>
       </c>
       <c r="I54" s="2" t="s">
-        <v>323</v>
+        <v>304</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="2">
         <v>54</v>
       </c>
       <c r="B55" s="2" t="s">
+        <v>320</v>
+      </c>
+      <c r="C55" s="2" t="s">
+        <v>321</v>
+      </c>
+      <c r="D55" s="2">
+        <v>1100946</v>
+      </c>
+      <c r="E55" s="2">
+        <v>1001338274</v>
+      </c>
+      <c r="F55" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="G55" s="2" t="s">
+        <v>322</v>
+      </c>
+      <c r="H55" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="I55" s="2" t="s">
         <v>324</v>
-      </c>
-[...19 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="2">
         <v>55</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D56" s="2">
-        <v>1100063</v>
+        <v>1110067</v>
       </c>
       <c r="E56" s="2">
-        <v>1001019831</v>
+        <v>1101205905</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>248</v>
+        <v>12</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="H56" s="2" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="I56" s="2" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="2">
         <v>56</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D57" s="2">
-        <v>1100064</v>
+        <v>1110068</v>
       </c>
       <c r="E57" s="2">
-        <v>1001041869</v>
+        <v>1116010306</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>335</v>
+        <v>19</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="H57" s="2" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="I57" s="2" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="2">
         <v>57</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>340</v>
+        <v>10</v>
       </c>
       <c r="D58" s="2">
-        <v>1100817</v>
+        <v>1110069</v>
       </c>
       <c r="E58" s="2">
-        <v>1001350200</v>
+        <v>1101205870</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>112</v>
+        <v>32</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>341</v>
+        <v>334</v>
       </c>
       <c r="H58" s="2" t="s">
-        <v>342</v>
+        <v>335</v>
       </c>
       <c r="I58" s="2" t="s">
-        <v>343</v>
+        <v>336</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="2">
         <v>58</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>344</v>
+        <v>337</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>345</v>
+        <v>10</v>
       </c>
       <c r="D59" s="2">
-        <v>1100862</v>
+        <v>1110070</v>
       </c>
       <c r="E59" s="2">
-        <v>1001314146</v>
+        <v>1121011344</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>346</v>
+        <v>19</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>347</v>
+        <v>338</v>
       </c>
       <c r="H59" s="2" t="s">
-        <v>348</v>
+        <v>339</v>
       </c>
       <c r="I59" s="2" t="s">
-        <v>349</v>
+        <v>340</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="2">
         <v>59</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>350</v>
+        <v>341</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="D60" s="2">
-        <v>1100943</v>
+        <v>1110748</v>
       </c>
       <c r="E60" s="2">
-        <v>1001357213</v>
+        <v>1101164800</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>353</v>
+        <v>334</v>
       </c>
       <c r="H60" s="2" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
       <c r="I60" s="2" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" s="2">
         <v>60</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>354</v>
+        <v>346</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>355</v>
+        <v>347</v>
       </c>
       <c r="D61" s="2">
-        <v>1100946</v>
+        <v>1110819</v>
       </c>
       <c r="E61" s="2">
-        <v>1001338274</v>
+        <v>1101056121</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>242</v>
+        <v>97</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>356</v>
+        <v>348</v>
       </c>
       <c r="H61" s="2" t="s">
-        <v>357</v>
+        <v>349</v>
       </c>
       <c r="I61" s="2" t="s">
-        <v>358</v>
+        <v>350</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" s="2">
         <v>61</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>359</v>
+        <v>351</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>10</v>
+        <v>352</v>
       </c>
       <c r="D62" s="2">
-        <v>1110067</v>
+        <v>1111044</v>
       </c>
       <c r="E62" s="2">
-        <v>1101205905</v>
+        <v>1109016459</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>38</v>
+        <v>353</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>360</v>
+        <v>354</v>
       </c>
       <c r="H62" s="2" t="s">
-        <v>361</v>
+        <v>355</v>
       </c>
       <c r="I62" s="2" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" s="2">
         <v>62</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D63" s="2">
-        <v>1110068</v>
+        <v>1120072</v>
       </c>
       <c r="E63" s="2">
-        <v>1116010306</v>
+        <v>1215114916</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="H63" s="2" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
       <c r="I63" s="2" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" s="2">
         <v>63</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>367</v>
+        <v>361</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D64" s="2">
-        <v>1110069</v>
+        <v>1120073</v>
       </c>
       <c r="E64" s="2">
-        <v>1101205870</v>
+        <v>1215193259</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>32</v>
+        <v>111</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
       <c r="H64" s="2" t="s">
-        <v>369</v>
+        <v>363</v>
       </c>
       <c r="I64" s="2" t="s">
-        <v>370</v>
+        <v>364</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" s="2">
         <v>64</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>371</v>
+        <v>365</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D65" s="2">
-        <v>1110070</v>
+        <v>1120074</v>
       </c>
       <c r="E65" s="2">
-        <v>1121011344</v>
+        <v>1215184871</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>372</v>
+        <v>366</v>
       </c>
       <c r="H65" s="2" t="s">
-        <v>373</v>
+        <v>363</v>
       </c>
       <c r="I65" s="2" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" s="2">
         <v>65</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="D66" s="2">
-        <v>1110748</v>
+        <v>1120075</v>
       </c>
       <c r="E66" s="2">
-        <v>1101164800</v>
+        <v>1215046127</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="H66" s="2" t="s">
-        <v>378</v>
+        <v>363</v>
       </c>
       <c r="I66" s="2" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="2">
         <v>66</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="D67" s="2">
-        <v>1110819</v>
+        <v>1120758</v>
       </c>
       <c r="E67" s="2">
-        <v>1101056121</v>
+        <v>1215230038</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
       <c r="H67" s="2" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
       <c r="I67" s="2" t="s">
-        <v>384</v>
+        <v>377</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="2">
         <v>67</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>385</v>
+        <v>378</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>386</v>
+        <v>379</v>
       </c>
       <c r="D68" s="2">
-        <v>1111044</v>
+        <v>1120993</v>
       </c>
       <c r="E68" s="2">
-        <v>1109016459</v>
+        <v>1215233208</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="H68" s="2" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
       <c r="I68" s="2" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="2">
         <v>68</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>391</v>
+        <v>384</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>10</v>
+        <v>379</v>
       </c>
       <c r="D69" s="2">
-        <v>1120072</v>
+        <v>1120995</v>
       </c>
       <c r="E69" s="2">
-        <v>1215114916</v>
+        <v>1200013200</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>19</v>
+        <v>207</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>392</v>
+        <v>381</v>
       </c>
       <c r="H69" s="2" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="I69" s="2" t="s">
-        <v>394</v>
+        <v>386</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" s="2">
         <v>69</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>395</v>
+        <v>387</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D70" s="2">
-        <v>1120073</v>
+        <v>1130075</v>
       </c>
       <c r="E70" s="2">
-        <v>1215193259</v>
+        <v>1326211834</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>112</v>
+        <v>388</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
       <c r="H70" s="2" t="s">
-        <v>397</v>
+        <v>390</v>
       </c>
       <c r="I70" s="2" t="s">
-        <v>398</v>
+        <v>391</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" s="2">
         <v>70</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>399</v>
+        <v>392</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D71" s="2">
-        <v>1120074</v>
+        <v>1130076</v>
       </c>
       <c r="E71" s="2">
-        <v>1215184871</v>
+        <v>1326226990</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>19</v>
+        <v>393</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
       <c r="H71" s="2" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="I71" s="2" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" s="2">
         <v>71</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>403</v>
+        <v>10</v>
       </c>
       <c r="D72" s="2">
-        <v>1120075</v>
+        <v>1130077</v>
       </c>
       <c r="E72" s="2">
-        <v>1215046127</v>
+        <v>1326210502</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>404</v>
+        <v>32</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>405</v>
+        <v>398</v>
       </c>
       <c r="H72" s="2" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="I72" s="2" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" s="2">
         <v>72</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>408</v>
+        <v>10</v>
       </c>
       <c r="D73" s="2">
-        <v>1120758</v>
+        <v>1130078</v>
       </c>
       <c r="E73" s="2">
-        <v>1215230038</v>
+        <v>1326211337</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>409</v>
+        <v>12</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="H73" s="2" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="I73" s="2" t="s">
-        <v>412</v>
+        <v>404</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" s="2">
         <v>73</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>413</v>
+        <v>405</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>414</v>
+        <v>10</v>
       </c>
       <c r="D74" s="2">
-        <v>1120993</v>
+        <v>1130079</v>
       </c>
       <c r="E74" s="2">
-        <v>1215233208</v>
+        <v>1326960625</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>415</v>
+        <v>12</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>416</v>
+        <v>406</v>
       </c>
       <c r="H74" s="2" t="s">
-        <v>417</v>
+        <v>403</v>
       </c>
       <c r="I74" s="2" t="s">
-        <v>418</v>
+        <v>404</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="2">
         <v>74</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>419</v>
+        <v>407</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>414</v>
+        <v>10</v>
       </c>
       <c r="D75" s="2">
-        <v>1120995</v>
+        <v>1140081</v>
       </c>
       <c r="E75" s="2">
-        <v>1200013200</v>
+        <v>1435175512</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>242</v>
+        <v>213</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>420</v>
+        <v>408</v>
       </c>
       <c r="H75" s="2" t="s">
-        <v>421</v>
+        <v>409</v>
       </c>
       <c r="I75" s="2" t="s">
-        <v>422</v>
+        <v>410</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="2">
         <v>75</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>423</v>
+        <v>411</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D76" s="2">
-        <v>1130075</v>
+        <v>1140082</v>
       </c>
       <c r="E76" s="2">
-        <v>1326211834</v>
+        <v>1435262451</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>91</v>
+        <v>412</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>424</v>
+        <v>413</v>
       </c>
       <c r="H76" s="2" t="s">
-        <v>425</v>
+        <v>414</v>
       </c>
       <c r="I76" s="2" t="s">
-        <v>426</v>
+        <v>415</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" s="2">
         <v>76</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>427</v>
+        <v>416</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D77" s="2">
-        <v>1130076</v>
+        <v>1140083</v>
       </c>
       <c r="E77" s="2">
-        <v>1326226990</v>
+        <v>1435254524</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>428</v>
+        <v>417</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>429</v>
+        <v>418</v>
       </c>
       <c r="H77" s="2" t="s">
-        <v>430</v>
+        <v>419</v>
       </c>
       <c r="I77" s="2" t="s">
-        <v>431</v>
+        <v>420</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" s="2">
         <v>77</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>432</v>
+        <v>421</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D78" s="2">
-        <v>1130077</v>
+        <v>1140086</v>
       </c>
       <c r="E78" s="2">
-        <v>1326210502</v>
+        <v>1419008088</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>433</v>
+        <v>423</v>
       </c>
       <c r="H78" s="2" t="s">
-        <v>434</v>
+        <v>424</v>
       </c>
       <c r="I78" s="2" t="s">
-        <v>435</v>
+        <v>425</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="2">
         <v>78</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>436</v>
+        <v>426</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D79" s="2">
-        <v>1130078</v>
+        <v>1140087</v>
       </c>
       <c r="E79" s="2">
-        <v>1326211337</v>
+        <v>1410003889</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>38</v>
+        <v>427</v>
       </c>
       <c r="G79" s="2" t="s">
-        <v>437</v>
+        <v>428</v>
       </c>
       <c r="H79" s="2" t="s">
-        <v>438</v>
+        <v>429</v>
       </c>
       <c r="I79" s="2" t="s">
-        <v>439</v>
+        <v>429</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" s="2">
         <v>79</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>440</v>
+        <v>430</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D80" s="2">
-        <v>1130079</v>
+        <v>1140089</v>
       </c>
       <c r="E80" s="2">
-        <v>1326960625</v>
+        <v>1426334195</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="G80" s="2" t="s">
-        <v>441</v>
+        <v>431</v>
       </c>
       <c r="H80" s="2" t="s">
-        <v>438</v>
+        <v>432</v>
       </c>
       <c r="I80" s="2" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="2">
         <v>80</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D81" s="2">
-        <v>1140081</v>
+        <v>1140090</v>
       </c>
       <c r="E81" s="2">
-        <v>1435175512</v>
+        <v>1402020231</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>248</v>
+        <v>19</v>
       </c>
       <c r="G81" s="2" t="s">
-        <v>443</v>
+        <v>435</v>
       </c>
       <c r="H81" s="2" t="s">
-        <v>444</v>
+        <v>436</v>
       </c>
       <c r="I81" s="2" t="s">
-        <v>445</v>
+        <v>437</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="2">
         <v>81</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D82" s="2">
-        <v>1140082</v>
+        <v>1140091</v>
       </c>
       <c r="E82" s="2">
-        <v>1435262451</v>
+        <v>1417009978</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>68</v>
+        <v>19</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="H82" s="2" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="I82" s="2" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="2">
         <v>82</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>450</v>
+        <v>442</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D83" s="2">
-        <v>1140083</v>
+        <v>1140093</v>
       </c>
       <c r="E83" s="2">
-        <v>1435254524</v>
+        <v>1405001406</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>451</v>
+        <v>19</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>452</v>
+        <v>443</v>
       </c>
       <c r="H83" s="2" t="s">
-        <v>453</v>
+        <v>444</v>
       </c>
       <c r="I83" s="2" t="s">
-        <v>454</v>
+        <v>445</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="2">
         <v>83</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>455</v>
+        <v>446</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>456</v>
+        <v>422</v>
       </c>
       <c r="D84" s="2">
-        <v>1140086</v>
+        <v>1140094</v>
       </c>
       <c r="E84" s="2">
-        <v>1419008088</v>
+        <v>1427011045</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>457</v>
+        <v>447</v>
       </c>
       <c r="H84" s="2" t="s">
-        <v>458</v>
+        <v>429</v>
       </c>
       <c r="I84" s="2" t="s">
-        <v>459</v>
+        <v>429</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="2">
         <v>84</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>460</v>
+        <v>448</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>456</v>
+        <v>422</v>
       </c>
       <c r="D85" s="2">
-        <v>1140087</v>
+        <v>1140096</v>
       </c>
       <c r="E85" s="2">
-        <v>1410003889</v>
+        <v>1428003914</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>461</v>
+        <v>19</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>462</v>
+        <v>449</v>
       </c>
       <c r="H85" s="2" t="s">
-        <v>463</v>
+        <v>450</v>
       </c>
       <c r="I85" s="2" t="s">
-        <v>463</v>
+        <v>451</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="2">
         <v>85</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>464</v>
+        <v>452</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>456</v>
+        <v>422</v>
       </c>
       <c r="D86" s="2">
-        <v>1140089</v>
+        <v>1140099</v>
       </c>
       <c r="E86" s="2">
-        <v>1426334195</v>
+        <v>1413008885</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>465</v>
+        <v>453</v>
       </c>
       <c r="H86" s="2" t="s">
-        <v>466</v>
+        <v>454</v>
       </c>
       <c r="I86" s="2" t="s">
-        <v>467</v>
+        <v>429</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="2">
         <v>86</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>468</v>
+        <v>455</v>
       </c>
       <c r="C87" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="D87" s="2">
+        <v>1140100</v>
+      </c>
+      <c r="E87" s="2">
+        <v>1433800111</v>
+      </c>
+      <c r="F87" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G87" s="2" t="s">
         <v>456</v>
       </c>
-      <c r="D87" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="H87" s="2" t="s">
-        <v>470</v>
+        <v>457</v>
       </c>
       <c r="I87" s="2" t="s">
-        <v>471</v>
+        <v>429</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="2">
         <v>87</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>472</v>
+        <v>458</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>456</v>
+        <v>422</v>
       </c>
       <c r="D88" s="2">
-        <v>1140091</v>
+        <v>1140101</v>
       </c>
       <c r="E88" s="2">
-        <v>1417009978</v>
+        <v>1419004284</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>473</v>
+        <v>459</v>
       </c>
       <c r="H88" s="2" t="s">
-        <v>474</v>
+        <v>460</v>
       </c>
       <c r="I88" s="2" t="s">
-        <v>475</v>
+        <v>425</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="2">
         <v>88</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>476</v>
+        <v>461</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>456</v>
+        <v>422</v>
       </c>
       <c r="D89" s="2">
-        <v>1140093</v>
+        <v>1140102</v>
       </c>
       <c r="E89" s="2">
-        <v>1405001406</v>
+        <v>1407004240</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>477</v>
+        <v>462</v>
       </c>
       <c r="H89" s="2" t="s">
-        <v>478</v>
+        <v>463</v>
       </c>
       <c r="I89" s="2" t="s">
-        <v>479</v>
+        <v>429</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="2">
         <v>89</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>480</v>
+        <v>464</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>456</v>
+        <v>422</v>
       </c>
       <c r="D90" s="2">
-        <v>1140094</v>
+        <v>1140103</v>
       </c>
       <c r="E90" s="2">
-        <v>1427011045</v>
+        <v>1411000810</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G90" s="2" t="s">
-        <v>481</v>
+        <v>465</v>
       </c>
       <c r="H90" s="2" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="I90" s="2" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="2">
         <v>90</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>482</v>
+        <v>468</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>456</v>
+        <v>422</v>
       </c>
       <c r="D91" s="2">
-        <v>1140095</v>
+        <v>1140105</v>
       </c>
       <c r="E91" s="2">
-        <v>1431012450</v>
+        <v>1414009063</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>483</v>
+        <v>469</v>
       </c>
       <c r="H91" s="2" t="s">
-        <v>484</v>
+        <v>470</v>
       </c>
       <c r="I91" s="2" t="s">
-        <v>485</v>
+        <v>471</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="2">
         <v>91</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>486</v>
+        <v>472</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>456</v>
+        <v>95</v>
       </c>
       <c r="D92" s="2">
-        <v>1140096</v>
+        <v>1140674</v>
       </c>
       <c r="E92" s="2">
-        <v>1428003914</v>
+        <v>1415013915</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G92" s="2" t="s">
-        <v>487</v>
+        <v>473</v>
       </c>
       <c r="H92" s="2" t="s">
-        <v>488</v>
+        <v>474</v>
       </c>
       <c r="I92" s="2" t="s">
-        <v>489</v>
+        <v>475</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="2">
         <v>92</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>490</v>
+        <v>476</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>456</v>
+        <v>477</v>
       </c>
       <c r="D93" s="2">
-        <v>1140099</v>
+        <v>1140743</v>
       </c>
       <c r="E93" s="2">
-        <v>1413008885</v>
+        <v>1435296482</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>491</v>
+        <v>478</v>
       </c>
       <c r="H93" s="2" t="s">
-        <v>492</v>
+        <v>479</v>
       </c>
       <c r="I93" s="2" t="s">
-        <v>463</v>
+        <v>480</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="2">
         <v>93</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>493</v>
+        <v>481</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>456</v>
+        <v>477</v>
       </c>
       <c r="D94" s="2">
-        <v>1140100</v>
+        <v>1140746</v>
       </c>
       <c r="E94" s="2">
-        <v>1433800111</v>
+        <v>1435333590</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>38</v>
+        <v>97</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>494</v>
+        <v>482</v>
       </c>
       <c r="H94" s="2" t="s">
-        <v>495</v>
+        <v>483</v>
       </c>
       <c r="I94" s="2" t="s">
-        <v>463</v>
+        <v>484</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" s="2">
         <v>94</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>496</v>
+        <v>485</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D95" s="2">
-        <v>1140101</v>
+        <v>1150086</v>
       </c>
       <c r="E95" s="2">
-        <v>1419004284</v>
+        <v>1513010302</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>38</v>
+        <v>486</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>497</v>
+        <v>487</v>
       </c>
       <c r="H95" s="2" t="s">
-        <v>498</v>
+        <v>488</v>
       </c>
       <c r="I95" s="2" t="s">
-        <v>459</v>
+        <v>489</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" s="2">
         <v>95</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>499</v>
+        <v>490</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D96" s="2">
-        <v>1140102</v>
+        <v>1150087</v>
       </c>
       <c r="E96" s="2">
-        <v>1407004240</v>
+        <v>1515918749</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>500</v>
+        <v>491</v>
       </c>
       <c r="H96" s="2" t="s">
-        <v>501</v>
+        <v>492</v>
       </c>
       <c r="I96" s="2" t="s">
-        <v>463</v>
+        <v>493</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" s="2">
         <v>96</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>456</v>
+        <v>495</v>
       </c>
       <c r="D97" s="2">
-        <v>1140103</v>
+        <v>1150689</v>
       </c>
       <c r="E97" s="2">
-        <v>1411000810</v>
+        <v>1513065943</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>503</v>
+        <v>491</v>
       </c>
       <c r="H97" s="2" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="I97" s="2" t="s">
-        <v>505</v>
+        <v>497</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="2">
         <v>97</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>506</v>
+        <v>498</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D98" s="2">
-        <v>1140105</v>
+        <v>1160089</v>
       </c>
       <c r="E98" s="2">
-        <v>1414009063</v>
+        <v>1655259599</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>38</v>
+        <v>499</v>
       </c>
       <c r="G98" s="2" t="s">
-        <v>507</v>
+        <v>500</v>
       </c>
       <c r="H98" s="2" t="s">
-        <v>508</v>
+        <v>501</v>
       </c>
       <c r="I98" s="2" t="s">
-        <v>509</v>
+        <v>502</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="2">
         <v>98</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>510</v>
+        <v>503</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>96</v>
+        <v>10</v>
       </c>
       <c r="D99" s="2">
-        <v>1140674</v>
+        <v>1160090</v>
       </c>
       <c r="E99" s="2">
-        <v>1415013915</v>
+        <v>1655226000</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="G99" s="2" t="s">
-        <v>511</v>
+        <v>504</v>
       </c>
       <c r="H99" s="2" t="s">
-        <v>512</v>
+        <v>505</v>
       </c>
       <c r="I99" s="2" t="s">
-        <v>513</v>
+        <v>506</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="2">
         <v>99</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>514</v>
+        <v>507</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>515</v>
+        <v>10</v>
       </c>
       <c r="D100" s="2">
-        <v>1140743</v>
+        <v>1160091</v>
       </c>
       <c r="E100" s="2">
-        <v>1435296482</v>
+        <v>1661042795</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>38</v>
+        <v>84</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>516</v>
+        <v>508</v>
       </c>
       <c r="H100" s="2" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
       <c r="I100" s="2" t="s">
-        <v>518</v>
+        <v>510</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="2">
         <v>100</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>519</v>
+        <v>511</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>515</v>
+        <v>10</v>
       </c>
       <c r="D101" s="2">
-        <v>1140746</v>
+        <v>1160092</v>
       </c>
       <c r="E101" s="2">
-        <v>1435333590</v>
+        <v>1655306513</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>98</v>
+        <v>84</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="H101" s="2" t="s">
-        <v>521</v>
+        <v>513</v>
       </c>
       <c r="I101" s="2" t="s">
-        <v>522</v>
+        <v>514</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="2">
         <v>101</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>523</v>
+        <v>515</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D102" s="2">
-        <v>1150086</v>
+        <v>1160093</v>
       </c>
       <c r="E102" s="2">
-        <v>1513010302</v>
+        <v>1655305083</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>524</v>
+        <v>516</v>
       </c>
       <c r="G102" s="2" t="s">
-        <v>525</v>
+        <v>517</v>
       </c>
       <c r="H102" s="2" t="s">
-        <v>526</v>
+        <v>518</v>
       </c>
       <c r="I102" s="2" t="s">
-        <v>527</v>
+        <v>519</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="2">
         <v>102</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D103" s="2">
-        <v>1150087</v>
+        <v>1160094</v>
       </c>
       <c r="E103" s="2">
-        <v>1515918749</v>
+        <v>1655281812</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>38</v>
+        <v>516</v>
       </c>
       <c r="G103" s="2" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
       <c r="H103" s="2" t="s">
-        <v>530</v>
+        <v>513</v>
       </c>
       <c r="I103" s="2" t="s">
-        <v>531</v>
+        <v>522</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="2">
         <v>103</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>532</v>
+        <v>523</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>533</v>
+        <v>10</v>
       </c>
       <c r="D104" s="2">
-        <v>1150689</v>
+        <v>1160095</v>
       </c>
       <c r="E104" s="2">
-        <v>1513065943</v>
+        <v>1659140925</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>32</v>
+        <v>516</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>529</v>
+        <v>524</v>
       </c>
       <c r="H104" s="2" t="s">
-        <v>534</v>
+        <v>525</v>
       </c>
       <c r="I104" s="2" t="s">
-        <v>535</v>
+        <v>526</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" s="2">
         <v>104</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>536</v>
+        <v>527</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D105" s="2">
-        <v>1160089</v>
+        <v>1160096</v>
       </c>
       <c r="E105" s="2">
-        <v>1655259599</v>
+        <v>1661038252</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>537</v>
+        <v>516</v>
       </c>
       <c r="G105" s="2" t="s">
-        <v>538</v>
+        <v>528</v>
       </c>
       <c r="H105" s="2" t="s">
-        <v>539</v>
+        <v>529</v>
       </c>
       <c r="I105" s="2" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" s="2">
         <v>105</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>541</v>
+        <v>531</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D106" s="2">
-        <v>1160090</v>
+        <v>1160098</v>
       </c>
       <c r="E106" s="2">
-        <v>1655226000</v>
+        <v>1655268586</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>32</v>
+        <v>532</v>
       </c>
       <c r="G106" s="2" t="s">
-        <v>542</v>
+        <v>533</v>
       </c>
       <c r="H106" s="2" t="s">
-        <v>543</v>
+        <v>534</v>
       </c>
       <c r="I106" s="2" t="s">
-        <v>544</v>
+        <v>535</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" s="2">
         <v>106</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>545</v>
+        <v>536</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D107" s="2">
-        <v>1160091</v>
+        <v>1160099</v>
       </c>
       <c r="E107" s="2">
-        <v>1661042795</v>
+        <v>1650120258</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>85</v>
+        <v>537</v>
       </c>
       <c r="G107" s="2" t="s">
-        <v>546</v>
+        <v>538</v>
       </c>
       <c r="H107" s="2" t="s">
-        <v>547</v>
+        <v>539</v>
       </c>
       <c r="I107" s="2" t="s">
-        <v>548</v>
+        <v>540</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" s="2">
         <v>107</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>549</v>
+        <v>541</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D108" s="2">
-        <v>1160092</v>
+        <v>1160100</v>
       </c>
       <c r="E108" s="2">
-        <v>1655306513</v>
+        <v>1658098188</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>85</v>
+        <v>537</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>550</v>
+        <v>542</v>
       </c>
       <c r="H108" s="2" t="s">
-        <v>551</v>
+        <v>543</v>
       </c>
       <c r="I108" s="2" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" s="2">
         <v>108</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D109" s="2">
-        <v>1160093</v>
+        <v>1160101</v>
       </c>
       <c r="E109" s="2">
-        <v>1655305083</v>
+        <v>1658026747</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>554</v>
+        <v>546</v>
       </c>
       <c r="G109" s="2" t="s">
-        <v>555</v>
+        <v>547</v>
       </c>
       <c r="H109" s="2" t="s">
-        <v>556</v>
+        <v>543</v>
       </c>
       <c r="I109" s="2" t="s">
-        <v>557</v>
+        <v>544</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" s="2">
         <v>109</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>558</v>
+        <v>548</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D110" s="2">
-        <v>1160094</v>
+        <v>1160102</v>
       </c>
       <c r="E110" s="2">
-        <v>1655281812</v>
+        <v>1619005951</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>554</v>
+        <v>537</v>
       </c>
       <c r="G110" s="2" t="s">
-        <v>559</v>
+        <v>549</v>
       </c>
       <c r="H110" s="2" t="s">
+        <v>550</v>
+      </c>
+      <c r="I110" s="2" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>560</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" s="2">
         <v>110</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>561</v>
+        <v>552</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D111" s="2">
-        <v>1160095</v>
+        <v>1160103</v>
       </c>
       <c r="E111" s="2">
-        <v>1659140925</v>
+        <v>1624447264</v>
       </c>
       <c r="F111" s="2" t="s">
+        <v>537</v>
+      </c>
+      <c r="G111" s="2" t="s">
+        <v>553</v>
+      </c>
+      <c r="H111" s="2" t="s">
+        <v>550</v>
+      </c>
+      <c r="I111" s="2" t="s">
         <v>554</v>
-      </c>
-[...7 lines deleted...]
-        <v>564</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" s="2">
         <v>111</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>565</v>
+        <v>555</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D112" s="2">
-        <v>1160096</v>
+        <v>1160104</v>
       </c>
       <c r="E112" s="2">
-        <v>1661038252</v>
+        <v>1659032038</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>554</v>
+        <v>537</v>
       </c>
       <c r="G112" s="2" t="s">
-        <v>566</v>
+        <v>556</v>
       </c>
       <c r="H112" s="2" t="s">
-        <v>567</v>
+        <v>557</v>
       </c>
       <c r="I112" s="2" t="s">
-        <v>568</v>
+        <v>558</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" s="2">
         <v>112</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>569</v>
+        <v>559</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D113" s="2">
-        <v>1160098</v>
+        <v>1160109</v>
       </c>
       <c r="E113" s="2">
-        <v>1655268586</v>
+        <v>1655390177</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>570</v>
+        <v>97</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>571</v>
+        <v>500</v>
       </c>
       <c r="H113" s="2" t="s">
-        <v>572</v>
+        <v>560</v>
       </c>
       <c r="I113" s="2" t="s">
-        <v>573</v>
+        <v>561</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" s="2">
         <v>113</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>574</v>
+        <v>562</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D114" s="2">
-        <v>1160099</v>
+        <v>1160417</v>
       </c>
       <c r="E114" s="2">
-        <v>1650120258</v>
+        <v>1650240756</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>575</v>
+        <v>537</v>
       </c>
       <c r="G114" s="2" t="s">
-        <v>576</v>
+        <v>563</v>
       </c>
       <c r="H114" s="2" t="s">
-        <v>577</v>
+        <v>564</v>
       </c>
       <c r="I114" s="2" t="s">
-        <v>578</v>
+        <v>565</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" s="2">
         <v>114</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>579</v>
+        <v>566</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D115" s="2">
-        <v>1160100</v>
+        <v>1160418</v>
       </c>
       <c r="E115" s="2">
-        <v>1658098188</v>
+        <v>1626015301</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>575</v>
+        <v>537</v>
       </c>
       <c r="G115" s="2" t="s">
-        <v>580</v>
+        <v>567</v>
       </c>
       <c r="H115" s="2" t="s">
-        <v>581</v>
+        <v>568</v>
       </c>
       <c r="I115" s="2" t="s">
-        <v>582</v>
+        <v>569</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="2">
         <v>115</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>583</v>
+        <v>570</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D116" s="2">
-        <v>1160101</v>
+        <v>1160420</v>
       </c>
       <c r="E116" s="2">
-        <v>1658026747</v>
+        <v>1623013480</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>584</v>
+        <v>537</v>
       </c>
       <c r="G116" s="2" t="s">
-        <v>585</v>
+        <v>571</v>
       </c>
       <c r="H116" s="2" t="s">
-        <v>581</v>
+        <v>572</v>
       </c>
       <c r="I116" s="2" t="s">
-        <v>582</v>
+        <v>573</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="2">
         <v>116</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>586</v>
+        <v>574</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D117" s="2">
-        <v>1160102</v>
+        <v>1160421</v>
       </c>
       <c r="E117" s="2">
-        <v>1619005951</v>
+        <v>1617005917</v>
       </c>
       <c r="F117" s="2" t="s">
+        <v>537</v>
+      </c>
+      <c r="G117" s="2" t="s">
         <v>575</v>
       </c>
-      <c r="G117" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H117" s="2" t="s">
-        <v>588</v>
+        <v>576</v>
       </c>
       <c r="I117" s="2" t="s">
-        <v>589</v>
+        <v>577</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" s="2">
         <v>117</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>590</v>
+        <v>578</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>10</v>
+        <v>579</v>
       </c>
       <c r="D118" s="2">
-        <v>1160103</v>
+        <v>1160811</v>
       </c>
       <c r="E118" s="2">
-        <v>1624447264</v>
+        <v>1655099271</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>575</v>
+        <v>97</v>
       </c>
       <c r="G118" s="2" t="s">
-        <v>591</v>
+        <v>580</v>
       </c>
       <c r="H118" s="2" t="s">
-        <v>588</v>
+        <v>581</v>
       </c>
       <c r="I118" s="2" t="s">
-        <v>592</v>
+        <v>582</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" s="2">
         <v>118</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>593</v>
+        <v>583</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>10</v>
+        <v>584</v>
       </c>
       <c r="D119" s="2">
-        <v>1160104</v>
+        <v>1160927</v>
       </c>
       <c r="E119" s="2">
-        <v>1659032038</v>
+        <v>1686011781</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>575</v>
+        <v>585</v>
       </c>
       <c r="G119" s="2" t="s">
-        <v>594</v>
+        <v>586</v>
       </c>
       <c r="H119" s="2" t="s">
-        <v>595</v>
+        <v>587</v>
       </c>
       <c r="I119" s="2" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" s="2">
         <v>119</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>597</v>
+        <v>589</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D120" s="2">
-        <v>1160109</v>
+        <v>1170109</v>
       </c>
       <c r="E120" s="2">
-        <v>1655390177</v>
+        <v>1701035719</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>98</v>
+        <v>590</v>
       </c>
       <c r="G120" s="2" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="H120" s="2" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="I120" s="2" t="s">
-        <v>599</v>
+        <v>593</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" s="2">
         <v>120</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>600</v>
+        <v>594</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D121" s="2">
-        <v>1160417</v>
+        <v>1170110</v>
       </c>
       <c r="E121" s="2">
-        <v>1650240756</v>
+        <v>1701049207</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>575</v>
+        <v>595</v>
       </c>
       <c r="G121" s="2" t="s">
-        <v>601</v>
+        <v>596</v>
       </c>
       <c r="H121" s="2" t="s">
-        <v>602</v>
+        <v>597</v>
       </c>
       <c r="I121" s="2" t="s">
-        <v>603</v>
+        <v>598</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" s="2">
         <v>121</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>10</v>
+        <v>600</v>
       </c>
       <c r="D122" s="2">
-        <v>1160418</v>
+        <v>1170111</v>
       </c>
       <c r="E122" s="2">
-        <v>1626015301</v>
+        <v>1701043910</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>575</v>
+        <v>19</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
       <c r="H122" s="2" t="s">
-        <v>606</v>
+        <v>602</v>
       </c>
       <c r="I122" s="2" t="s">
-        <v>607</v>
+        <v>603</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" s="2">
         <v>122</v>
       </c>
       <c r="B123" s="2" t="s">
+        <v>604</v>
+      </c>
+      <c r="C123" s="2" t="s">
+        <v>605</v>
+      </c>
+      <c r="D123" s="2">
+        <v>1170923</v>
+      </c>
+      <c r="E123" s="2">
+        <v>1701061420</v>
+      </c>
+      <c r="F123" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="G123" s="2" t="s">
+        <v>606</v>
+      </c>
+      <c r="H123" s="2" t="s">
+        <v>607</v>
+      </c>
+      <c r="I123" s="2" t="s">
         <v>608</v>
-      </c>
-[...19 lines deleted...]
-        <v>611</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" s="2">
         <v>123</v>
       </c>
       <c r="B124" s="2" t="s">
+        <v>609</v>
+      </c>
+      <c r="C124" s="2" t="s">
+        <v>610</v>
+      </c>
+      <c r="D124" s="2">
+        <v>11800823</v>
+      </c>
+      <c r="E124" s="2">
+        <v>1835032290</v>
+      </c>
+      <c r="F124" s="2" t="s">
+        <v>611</v>
+      </c>
+      <c r="G124" s="2" t="s">
         <v>612</v>
       </c>
-      <c r="C124" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G124" s="2" t="s">
+      <c r="H124" s="2" t="s">
         <v>613</v>
       </c>
-      <c r="H124" s="2" t="s">
+      <c r="I124" s="2" t="s">
         <v>614</v>
-      </c>
-[...1 lines deleted...]
-        <v>615</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" s="2">
         <v>124</v>
       </c>
       <c r="B125" s="2" t="s">
+        <v>615</v>
+      </c>
+      <c r="C125" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D125" s="2">
+        <v>1180116</v>
+      </c>
+      <c r="E125" s="2">
+        <v>1831045838</v>
+      </c>
+      <c r="F125" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G125" s="2" t="s">
         <v>616</v>
       </c>
-      <c r="C125" s="2" t="s">
+      <c r="H125" s="2" t="s">
         <v>617</v>
       </c>
-      <c r="D125" s="2">
-[...8 lines deleted...]
-      <c r="G125" s="2" t="s">
+      <c r="I125" s="2" t="s">
         <v>618</v>
-      </c>
-[...4 lines deleted...]
-        <v>620</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" s="2">
         <v>125</v>
       </c>
       <c r="B126" s="2" t="s">
+        <v>619</v>
+      </c>
+      <c r="C126" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D126" s="2">
+        <v>1180117</v>
+      </c>
+      <c r="E126" s="2">
+        <v>1833040786</v>
+      </c>
+      <c r="F126" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="G126" s="2" t="s">
+        <v>620</v>
+      </c>
+      <c r="H126" s="2" t="s">
         <v>621</v>
       </c>
-      <c r="C126" s="2" t="s">
+      <c r="I126" s="2" t="s">
         <v>622</v>
-      </c>
-[...16 lines deleted...]
-        <v>626</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" s="2">
         <v>126</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>627</v>
+        <v>623</v>
       </c>
       <c r="C127" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D127" s="2">
-        <v>1170109</v>
+        <v>1180120</v>
       </c>
       <c r="E127" s="2">
-        <v>1701035719</v>
+        <v>1831141242</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>628</v>
+        <v>32</v>
       </c>
       <c r="G127" s="2" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="H127" s="2" t="s">
-        <v>630</v>
+        <v>625</v>
       </c>
       <c r="I127" s="2" t="s">
-        <v>631</v>
+        <v>626</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" s="2">
         <v>127</v>
       </c>
       <c r="B128" s="2" t="s">
-        <v>632</v>
+        <v>627</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D128" s="2">
-        <v>1170110</v>
+        <v>1180125</v>
       </c>
       <c r="E128" s="2">
-        <v>1701049207</v>
+        <v>1831058202</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>633</v>
+        <v>131</v>
       </c>
       <c r="G128" s="2" t="s">
-        <v>634</v>
+        <v>628</v>
       </c>
       <c r="H128" s="2" t="s">
-        <v>635</v>
+        <v>629</v>
       </c>
       <c r="I128" s="2" t="s">
-        <v>636</v>
+        <v>630</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" s="2">
         <v>128</v>
       </c>
       <c r="B129" s="2" t="s">
-        <v>637</v>
+        <v>631</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>638</v>
+        <v>422</v>
       </c>
       <c r="D129" s="2">
-        <v>1170111</v>
+        <v>1180128</v>
       </c>
       <c r="E129" s="2">
-        <v>1701043910</v>
+        <v>1824002590</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>19</v>
+        <v>632</v>
       </c>
       <c r="G129" s="2" t="s">
-        <v>639</v>
+        <v>633</v>
       </c>
       <c r="H129" s="2" t="s">
-        <v>640</v>
+        <v>634</v>
       </c>
       <c r="I129" s="2" t="s">
-        <v>641</v>
+        <v>635</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" s="2">
         <v>129</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>642</v>
+        <v>636</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>643</v>
+        <v>637</v>
       </c>
       <c r="D130" s="2">
-        <v>1170923</v>
+        <v>1180716</v>
       </c>
       <c r="E130" s="2">
-        <v>1701061420</v>
+        <v>1831155238</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>32</v>
+        <v>638</v>
       </c>
       <c r="G130" s="2" t="s">
-        <v>644</v>
+        <v>639</v>
       </c>
       <c r="H130" s="2" t="s">
-        <v>645</v>
+        <v>640</v>
       </c>
       <c r="I130" s="2" t="s">
-        <v>646</v>
+        <v>641</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" s="2">
         <v>130</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>647</v>
+        <v>642</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>648</v>
+        <v>643</v>
       </c>
       <c r="D131" s="2">
-        <v>11800823</v>
+        <v>1180799</v>
       </c>
       <c r="E131" s="2">
-        <v>1835032290</v>
+        <v>1837019827</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>649</v>
+        <v>67</v>
       </c>
       <c r="G131" s="2" t="s">
-        <v>650</v>
+        <v>644</v>
       </c>
       <c r="H131" s="2" t="s">
-        <v>651</v>
+        <v>645</v>
       </c>
       <c r="I131" s="2" t="s">
-        <v>652</v>
+        <v>646</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" s="2">
         <v>131</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>653</v>
+        <v>647</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>10</v>
+        <v>648</v>
       </c>
       <c r="D132" s="2">
-        <v>1180116</v>
+        <v>1180948</v>
       </c>
       <c r="E132" s="2">
-        <v>1831045838</v>
+        <v>1831207091</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>38</v>
+        <v>649</v>
       </c>
       <c r="G132" s="2" t="s">
-        <v>654</v>
+        <v>650</v>
       </c>
       <c r="H132" s="2" t="s">
-        <v>655</v>
+        <v>651</v>
       </c>
       <c r="I132" s="2" t="s">
-        <v>656</v>
+        <v>652</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" s="2">
         <v>132</v>
       </c>
       <c r="B133" s="2" t="s">
+        <v>653</v>
+      </c>
+      <c r="C133" s="2" t="s">
+        <v>654</v>
+      </c>
+      <c r="D133" s="2">
+        <v>1180949</v>
+      </c>
+      <c r="E133" s="2">
+        <v>1841105275</v>
+      </c>
+      <c r="F133" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="G133" s="2" t="s">
+        <v>655</v>
+      </c>
+      <c r="H133" s="2" t="s">
+        <v>656</v>
+      </c>
+      <c r="I133" s="2" t="s">
         <v>657</v>
-      </c>
-[...19 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" s="2">
         <v>133</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>10</v>
+        <v>654</v>
       </c>
       <c r="D134" s="2">
-        <v>1180120</v>
+        <v>1180950</v>
       </c>
       <c r="E134" s="2">
-        <v>1831141242</v>
+        <v>1841075976</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>32</v>
+        <v>118</v>
       </c>
       <c r="G134" s="2" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="H134" s="2" t="s">
-        <v>663</v>
+        <v>640</v>
       </c>
       <c r="I134" s="2" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" s="2">
         <v>134</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>665</v>
+        <v>661</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>456</v>
+        <v>654</v>
       </c>
       <c r="D135" s="2">
-        <v>1180125</v>
+        <v>1180951</v>
       </c>
       <c r="E135" s="2">
-        <v>1831058202</v>
+        <v>1835080400</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>132</v>
+        <v>118</v>
       </c>
       <c r="G135" s="2" t="s">
-        <v>666</v>
+        <v>662</v>
       </c>
       <c r="H135" s="2" t="s">
-        <v>667</v>
+        <v>663</v>
       </c>
       <c r="I135" s="2" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" s="2">
         <v>135</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>456</v>
+        <v>654</v>
       </c>
       <c r="D136" s="2">
-        <v>1180128</v>
+        <v>1180952</v>
       </c>
       <c r="E136" s="2">
-        <v>1824002590</v>
+        <v>1831179454</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>670</v>
+        <v>118</v>
       </c>
       <c r="G136" s="2" t="s">
-        <v>671</v>
+        <v>666</v>
       </c>
       <c r="H136" s="2" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="I136" s="2" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" s="2">
         <v>136</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>675</v>
+        <v>10</v>
       </c>
       <c r="D137" s="2">
-        <v>1180716</v>
+        <v>1190752</v>
       </c>
       <c r="E137" s="2">
-        <v>1831155238</v>
+        <v>1901098681</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>676</v>
+        <v>12</v>
       </c>
       <c r="G137" s="2" t="s">
-        <v>677</v>
+        <v>670</v>
       </c>
       <c r="H137" s="2" t="s">
-        <v>678</v>
+        <v>671</v>
       </c>
       <c r="I137" s="2" t="s">
-        <v>679</v>
+        <v>672</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" s="2">
         <v>137</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>680</v>
+        <v>673</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>681</v>
+        <v>674</v>
       </c>
       <c r="D138" s="2">
-        <v>1180799</v>
+        <v>1190841</v>
       </c>
       <c r="E138" s="2">
-        <v>1837019827</v>
+        <v>1900004296</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>68</v>
+        <v>32</v>
       </c>
       <c r="G138" s="2" t="s">
-        <v>682</v>
+        <v>675</v>
       </c>
       <c r="H138" s="2" t="s">
-        <v>683</v>
+        <v>676</v>
       </c>
       <c r="I138" s="2" t="s">
-        <v>684</v>
+        <v>677</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" s="2">
         <v>138</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>685</v>
+        <v>678</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>686</v>
+        <v>679</v>
       </c>
       <c r="D139" s="2">
-        <v>1180948</v>
+        <v>1190909</v>
       </c>
       <c r="E139" s="2">
-        <v>1831207091</v>
+        <v>1901101542</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>687</v>
+        <v>680</v>
       </c>
       <c r="G139" s="2" t="s">
-        <v>688</v>
+        <v>681</v>
       </c>
       <c r="H139" s="2" t="s">
-        <v>689</v>
+        <v>682</v>
       </c>
       <c r="I139" s="2" t="s">
-        <v>690</v>
+        <v>683</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" s="2">
         <v>139</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>691</v>
+        <v>684</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>692</v>
+        <v>10</v>
       </c>
       <c r="D140" s="2">
-        <v>1180949</v>
+        <v>1200134</v>
       </c>
       <c r="E140" s="2">
-        <v>1841105275</v>
+        <v>2013002658</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>52</v>
+        <v>685</v>
       </c>
       <c r="G140" s="2" t="s">
-        <v>693</v>
+        <v>686</v>
       </c>
       <c r="H140" s="2" t="s">
-        <v>694</v>
+        <v>687</v>
       </c>
       <c r="I140" s="2" t="s">
-        <v>695</v>
+        <v>688</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="2">
         <v>140</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>696</v>
+        <v>689</v>
       </c>
       <c r="C141" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D141" s="2">
+        <v>1200135</v>
+      </c>
+      <c r="E141" s="2">
+        <v>2013002707</v>
+      </c>
+      <c r="F141" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G141" s="2" t="s">
+        <v>690</v>
+      </c>
+      <c r="H141" s="2" t="s">
+        <v>691</v>
+      </c>
+      <c r="I141" s="2" t="s">
         <v>692</v>
-      </c>
-[...16 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="2">
         <v>141</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>699</v>
+        <v>693</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>692</v>
+        <v>10</v>
       </c>
       <c r="D142" s="2">
-        <v>1180951</v>
+        <v>1200136</v>
       </c>
       <c r="E142" s="2">
-        <v>1835080400</v>
+        <v>2013800720</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>119</v>
+        <v>12</v>
       </c>
       <c r="G142" s="2" t="s">
-        <v>700</v>
+        <v>694</v>
       </c>
       <c r="H142" s="2" t="s">
-        <v>701</v>
+        <v>695</v>
       </c>
       <c r="I142" s="2" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" s="2">
         <v>142</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>703</v>
+        <v>697</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>692</v>
+        <v>10</v>
       </c>
       <c r="D143" s="2">
-        <v>1180952</v>
+        <v>1200137</v>
       </c>
       <c r="E143" s="2">
-        <v>1831179454</v>
+        <v>2016013062</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>119</v>
+        <v>12</v>
       </c>
       <c r="G143" s="2" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="H143" s="2" t="s">
-        <v>705</v>
+        <v>699</v>
       </c>
       <c r="I143" s="2" t="s">
-        <v>706</v>
+        <v>700</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" s="2">
         <v>143</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>707</v>
+        <v>701</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>10</v>
+        <v>702</v>
       </c>
       <c r="D144" s="2">
-        <v>1190752</v>
+        <v>1200956</v>
       </c>
       <c r="E144" s="2">
-        <v>1901098681</v>
+        <v>2013002224</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>38</v>
+        <v>118</v>
       </c>
       <c r="G144" s="2" t="s">
-        <v>708</v>
+        <v>703</v>
       </c>
       <c r="H144" s="2" t="s">
-        <v>709</v>
+        <v>704</v>
       </c>
       <c r="I144" s="2" t="s">
-        <v>710</v>
+        <v>705</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" s="2">
         <v>144</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>712</v>
+        <v>707</v>
       </c>
       <c r="D145" s="2">
-        <v>1190841</v>
+        <v>1200962</v>
       </c>
       <c r="E145" s="2">
-        <v>1900004296</v>
+        <v>2014015770</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>32</v>
+        <v>118</v>
       </c>
       <c r="G145" s="2" t="s">
-        <v>713</v>
+        <v>708</v>
       </c>
       <c r="H145" s="2" t="s">
-        <v>714</v>
+        <v>709</v>
       </c>
       <c r="I145" s="2" t="s">
-        <v>715</v>
+        <v>710</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" s="2">
         <v>145</v>
       </c>
       <c r="B146" s="2" t="s">
-        <v>716</v>
+        <v>711</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>717</v>
+        <v>10</v>
       </c>
       <c r="D146" s="2">
-        <v>1190909</v>
+        <v>1210139</v>
       </c>
       <c r="E146" s="2">
-        <v>1901101542</v>
+        <v>2130998168</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>718</v>
+        <v>84</v>
       </c>
       <c r="G146" s="2" t="s">
-        <v>719</v>
+        <v>712</v>
       </c>
       <c r="H146" s="2" t="s">
-        <v>720</v>
+        <v>713</v>
       </c>
       <c r="I146" s="2" t="s">
-        <v>721</v>
+        <v>714</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" s="2">
         <v>146</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>722</v>
+        <v>715</v>
       </c>
       <c r="C147" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D147" s="2">
-        <v>1200124</v>
+        <v>1210140</v>
       </c>
       <c r="E147" s="2">
-        <v>2001800109</v>
+        <v>2130058291</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>19</v>
+        <v>716</v>
       </c>
       <c r="G147" s="2" t="s">
-        <v>723</v>
+        <v>717</v>
       </c>
       <c r="H147" s="2" t="s">
-        <v>724</v>
+        <v>718</v>
       </c>
       <c r="I147" s="2" t="s">
-        <v>725</v>
+        <v>719</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" s="2">
         <v>147</v>
       </c>
       <c r="B148" s="2" t="s">
-        <v>726</v>
+        <v>720</v>
       </c>
       <c r="C148" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D148" s="2">
-        <v>1200125</v>
+        <v>1210141</v>
       </c>
       <c r="E148" s="2">
-        <v>2014006408</v>
+        <v>2130065228</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="G148" s="2" t="s">
-        <v>727</v>
+        <v>721</v>
       </c>
       <c r="H148" s="2" t="s">
-        <v>728</v>
+        <v>722</v>
       </c>
       <c r="I148" s="2" t="s">
-        <v>729</v>
+        <v>723</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" s="2">
         <v>148</v>
       </c>
       <c r="B149" s="2" t="s">
-        <v>730</v>
+        <v>724</v>
       </c>
       <c r="C149" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D149" s="2">
-        <v>1200127</v>
+        <v>1210143</v>
       </c>
       <c r="E149" s="2">
-        <v>2010005273</v>
+        <v>2130063823</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G149" s="2" t="s">
-        <v>731</v>
+        <v>725</v>
       </c>
       <c r="H149" s="2" t="s">
-        <v>732</v>
+        <v>726</v>
       </c>
       <c r="I149" s="2" t="s">
-        <v>733</v>
+        <v>727</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" s="2">
         <v>149</v>
       </c>
       <c r="B150" s="2" t="s">
-        <v>734</v>
+        <v>728</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>10</v>
+        <v>729</v>
       </c>
       <c r="D150" s="2">
-        <v>1200131</v>
+        <v>1211041</v>
       </c>
       <c r="E150" s="2">
-        <v>2018000559</v>
+        <v>2130222858</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>19</v>
+        <v>118</v>
       </c>
       <c r="G150" s="2" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="H150" s="2" t="s">
-        <v>736</v>
+        <v>731</v>
       </c>
       <c r="I150" s="2" t="s">
-        <v>737</v>
+        <v>732</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" s="2">
         <v>150</v>
       </c>
       <c r="B151" s="2" t="s">
-        <v>738</v>
+        <v>733</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>10</v>
+        <v>729</v>
       </c>
       <c r="D151" s="2">
-        <v>1200132</v>
+        <v>1211042</v>
       </c>
       <c r="E151" s="2">
-        <v>2014002957</v>
+        <v>2124047767</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>739</v>
+        <v>312</v>
       </c>
       <c r="G151" s="2" t="s">
-        <v>740</v>
+        <v>734</v>
       </c>
       <c r="H151" s="2" t="s">
-        <v>741</v>
+        <v>735</v>
       </c>
       <c r="I151" s="2" t="s">
-        <v>742</v>
+        <v>736</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" s="2">
         <v>151</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>743</v>
+        <v>737</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>10</v>
+        <v>729</v>
       </c>
       <c r="D152" s="2">
-        <v>1200134</v>
+        <v>1211043</v>
       </c>
       <c r="E152" s="2">
-        <v>2013002658</v>
+        <v>2130204961</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>744</v>
+        <v>312</v>
       </c>
       <c r="G152" s="2" t="s">
-        <v>745</v>
+        <v>738</v>
       </c>
       <c r="H152" s="2" t="s">
-        <v>746</v>
+        <v>739</v>
       </c>
       <c r="I152" s="2" t="s">
-        <v>747</v>
+        <v>740</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" s="2">
         <v>152</v>
       </c>
       <c r="B153" s="2" t="s">
-        <v>748</v>
+        <v>741</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D153" s="2">
-        <v>1200135</v>
+        <v>1220145</v>
       </c>
       <c r="E153" s="2">
-        <v>2013002707</v>
+        <v>2221129510</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>38</v>
+        <v>742</v>
       </c>
       <c r="G153" s="2" t="s">
-        <v>749</v>
+        <v>743</v>
       </c>
       <c r="H153" s="2" t="s">
-        <v>750</v>
+        <v>744</v>
       </c>
       <c r="I153" s="2" t="s">
-        <v>751</v>
+        <v>745</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" s="2">
         <v>153</v>
       </c>
       <c r="B154" s="2" t="s">
-        <v>752</v>
+        <v>746</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D154" s="2">
-        <v>1200136</v>
+        <v>1220146</v>
       </c>
       <c r="E154" s="2">
-        <v>2013800720</v>
+        <v>2221171632</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G154" s="2" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="H154" s="2" t="s">
-        <v>754</v>
+        <v>748</v>
       </c>
       <c r="I154" s="2" t="s">
-        <v>755</v>
+        <v>749</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" s="2">
         <v>154</v>
       </c>
       <c r="B155" s="2" t="s">
-        <v>756</v>
+        <v>750</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D155" s="2">
-        <v>1200137</v>
+        <v>1220215</v>
       </c>
       <c r="E155" s="2">
-        <v>2016013062</v>
+        <v>2204060241</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="G155" s="2" t="s">
-        <v>757</v>
+        <v>751</v>
       </c>
       <c r="H155" s="2" t="s">
-        <v>758</v>
+        <v>752</v>
       </c>
       <c r="I155" s="2" t="s">
-        <v>759</v>
+        <v>753</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" s="2">
         <v>155</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>760</v>
+        <v>754</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>761</v>
+        <v>755</v>
       </c>
       <c r="D156" s="2">
-        <v>1200956</v>
+        <v>1220217</v>
       </c>
       <c r="E156" s="2">
-        <v>2013002224</v>
+        <v>2224142728</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>762</v>
+        <v>756</v>
       </c>
       <c r="G156" s="2" t="s">
-        <v>763</v>
+        <v>757</v>
       </c>
       <c r="H156" s="2" t="s">
-        <v>764</v>
+        <v>758</v>
       </c>
       <c r="I156" s="2" t="s">
-        <v>765</v>
+        <v>759</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" s="2">
         <v>156</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>766</v>
+        <v>760</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>767</v>
+        <v>761</v>
       </c>
       <c r="D157" s="2">
-        <v>1200962</v>
+        <v>1220918</v>
       </c>
       <c r="E157" s="2">
-        <v>2014015770</v>
+        <v>2209049749</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>768</v>
+        <v>537</v>
       </c>
       <c r="G157" s="2" t="s">
-        <v>769</v>
+        <v>762</v>
       </c>
       <c r="H157" s="2" t="s">
-        <v>770</v>
+        <v>763</v>
       </c>
       <c r="I157" s="2" t="s">
-        <v>771</v>
+        <v>764</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" s="2">
         <v>157</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>772</v>
+        <v>765</v>
       </c>
       <c r="C158" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D158" s="2">
-        <v>1210139</v>
+        <v>1230147</v>
       </c>
       <c r="E158" s="2">
-        <v>2130998168</v>
+        <v>2310140890</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>85</v>
+        <v>766</v>
       </c>
       <c r="G158" s="2" t="s">
-        <v>773</v>
+        <v>767</v>
       </c>
       <c r="H158" s="2" t="s">
-        <v>774</v>
+        <v>768</v>
       </c>
       <c r="I158" s="2" t="s">
-        <v>775</v>
+        <v>769</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" s="2">
         <v>158</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>776</v>
+        <v>770</v>
       </c>
       <c r="C159" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D159" s="2">
-        <v>1210140</v>
+        <v>1230148</v>
       </c>
       <c r="E159" s="2">
-        <v>2130058291</v>
+        <v>2310981029</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>777</v>
+        <v>12</v>
       </c>
       <c r="G159" s="2" t="s">
-        <v>778</v>
+        <v>771</v>
       </c>
       <c r="H159" s="2" t="s">
-        <v>779</v>
+        <v>772</v>
       </c>
       <c r="I159" s="2" t="s">
-        <v>780</v>
+        <v>773</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" s="2">
         <v>159</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>781</v>
+        <v>774</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D160" s="2">
-        <v>1210141</v>
+        <v>1230149</v>
       </c>
       <c r="E160" s="2">
-        <v>2130065228</v>
+        <v>2309980140</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>32</v>
+        <v>111</v>
       </c>
       <c r="G160" s="2" t="s">
-        <v>782</v>
+        <v>775</v>
       </c>
       <c r="H160" s="2" t="s">
-        <v>783</v>
+        <v>776</v>
       </c>
       <c r="I160" s="2" t="s">
-        <v>784</v>
+        <v>777</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" s="2">
         <v>160</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>785</v>
+        <v>778</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>10</v>
+        <v>579</v>
       </c>
       <c r="D161" s="2">
-        <v>1210143</v>
+        <v>1230812</v>
       </c>
       <c r="E161" s="2">
-        <v>2130063823</v>
+        <v>2315218484</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="G161" s="2" t="s">
-        <v>786</v>
+        <v>779</v>
       </c>
       <c r="H161" s="2" t="s">
-        <v>787</v>
+        <v>780</v>
       </c>
       <c r="I161" s="2" t="s">
-        <v>788</v>
+        <v>781</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" s="2">
         <v>161</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>789</v>
+        <v>782</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>790</v>
+        <v>783</v>
       </c>
       <c r="D162" s="2">
-        <v>1211041</v>
+        <v>1230827</v>
       </c>
       <c r="E162" s="2">
-        <v>2130222858</v>
+        <v>2310128572</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>119</v>
+        <v>784</v>
       </c>
       <c r="G162" s="2" t="s">
-        <v>791</v>
+        <v>785</v>
       </c>
       <c r="H162" s="2" t="s">
-        <v>792</v>
+        <v>786</v>
       </c>
       <c r="I162" s="2" t="s">
-        <v>793</v>
+        <v>787</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" s="2">
         <v>162</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>794</v>
+        <v>788</v>
       </c>
       <c r="C163" s="2" t="s">
+        <v>789</v>
+      </c>
+      <c r="D163" s="2">
+        <v>1230851</v>
+      </c>
+      <c r="E163" s="2">
+        <v>2360005390</v>
+      </c>
+      <c r="F163" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G163" s="2" t="s">
         <v>790</v>
       </c>
-      <c r="D163" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="H163" s="2" t="s">
-        <v>797</v>
+        <v>791</v>
       </c>
       <c r="I163" s="2" t="s">
-        <v>798</v>
+        <v>792</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" s="2">
         <v>163</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>799</v>
+        <v>793</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="D164" s="2">
-        <v>1211043</v>
+        <v>1230888</v>
       </c>
       <c r="E164" s="2">
-        <v>2130204961</v>
+        <v>2377002005</v>
       </c>
       <c r="F164" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G164" s="2" t="s">
         <v>795</v>
       </c>
-      <c r="G164" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H164" s="2" t="s">
-        <v>801</v>
+        <v>796</v>
       </c>
       <c r="I164" s="2" t="s">
-        <v>802</v>
+        <v>797</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" s="2">
         <v>164</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>803</v>
+        <v>798</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>10</v>
+        <v>799</v>
       </c>
       <c r="D165" s="2">
-        <v>1220145</v>
+        <v>1230901</v>
       </c>
       <c r="E165" s="2">
-        <v>2221129510</v>
+        <v>2364017283</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>804</v>
+        <v>118</v>
       </c>
       <c r="G165" s="2" t="s">
-        <v>805</v>
+        <v>800</v>
       </c>
       <c r="H165" s="2" t="s">
-        <v>806</v>
+        <v>801</v>
       </c>
       <c r="I165" s="2" t="s">
-        <v>807</v>
+        <v>802</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" s="2">
         <v>165</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>808</v>
+        <v>803</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>10</v>
+        <v>804</v>
       </c>
       <c r="D166" s="2">
-        <v>1220146</v>
+        <v>1230911</v>
       </c>
       <c r="E166" s="2">
-        <v>2221171632</v>
+        <v>2310230671</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>38</v>
+        <v>301</v>
       </c>
       <c r="G166" s="2" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="H166" s="2" t="s">
-        <v>810</v>
+        <v>806</v>
       </c>
       <c r="I166" s="2" t="s">
-        <v>811</v>
+        <v>807</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" s="2">
         <v>166</v>
       </c>
       <c r="B167" s="2" t="s">
+        <v>808</v>
+      </c>
+      <c r="C167" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="D167" s="2">
+        <v>1230942</v>
+      </c>
+      <c r="E167" s="2">
+        <v>2370011748</v>
+      </c>
+      <c r="F167" s="2" t="s">
+        <v>809</v>
+      </c>
+      <c r="G167" s="2" t="s">
+        <v>810</v>
+      </c>
+      <c r="H167" s="2" t="s">
+        <v>811</v>
+      </c>
+      <c r="I167" s="2" t="s">
         <v>812</v>
-      </c>
-[...19 lines deleted...]
-        <v>815</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" s="2">
         <v>167</v>
       </c>
       <c r="B168" s="2" t="s">
+        <v>813</v>
+      </c>
+      <c r="C168" s="2" t="s">
+        <v>814</v>
+      </c>
+      <c r="D168" s="2">
+        <v>1230943</v>
+      </c>
+      <c r="E168" s="2">
+        <v>2305027603</v>
+      </c>
+      <c r="F168" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G168" s="2" t="s">
+        <v>815</v>
+      </c>
+      <c r="H168" s="2" t="s">
         <v>816</v>
       </c>
-      <c r="C168" s="2" t="s">
+      <c r="I168" s="2" t="s">
         <v>817</v>
-      </c>
-[...16 lines deleted...]
-        <v>821</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" s="2">
         <v>168</v>
       </c>
       <c r="B169" s="2" t="s">
+        <v>818</v>
+      </c>
+      <c r="C169" s="2" t="s">
+        <v>819</v>
+      </c>
+      <c r="D169" s="2">
+        <v>1240810</v>
+      </c>
+      <c r="E169" s="2">
+        <v>2464154029</v>
+      </c>
+      <c r="F169" s="2" t="s">
+        <v>820</v>
+      </c>
+      <c r="G169" s="2" t="s">
+        <v>821</v>
+      </c>
+      <c r="H169" s="2" t="s">
         <v>822</v>
       </c>
-      <c r="C169" s="2" t="s">
+      <c r="I169" s="2" t="s">
         <v>823</v>
-      </c>
-[...16 lines deleted...]
-        <v>826</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" s="2">
         <v>169</v>
       </c>
       <c r="B170" s="2" t="s">
+        <v>824</v>
+      </c>
+      <c r="C170" s="2" t="s">
+        <v>825</v>
+      </c>
+      <c r="D170" s="2">
+        <v>1240997</v>
+      </c>
+      <c r="E170" s="2">
+        <v>2466227579</v>
+      </c>
+      <c r="F170" s="2" t="s">
+        <v>826</v>
+      </c>
+      <c r="G170" s="2" t="s">
         <v>827</v>
       </c>
-      <c r="C170" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F170" s="2" t="s">
+      <c r="H170" s="2" t="s">
         <v>828</v>
       </c>
-      <c r="G170" s="2" t="s">
+      <c r="I170" s="2" t="s">
         <v>829</v>
-      </c>
-[...4 lines deleted...]
-        <v>831</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" s="2">
         <v>170</v>
       </c>
       <c r="B171" s="2" t="s">
+        <v>830</v>
+      </c>
+      <c r="C171" s="2" t="s">
+        <v>831</v>
+      </c>
+      <c r="D171" s="2">
+        <v>1241009</v>
+      </c>
+      <c r="E171" s="2">
+        <v>2465356444</v>
+      </c>
+      <c r="F171" s="2" t="s">
+        <v>826</v>
+      </c>
+      <c r="G171" s="2" t="s">
         <v>832</v>
       </c>
-      <c r="C171" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H171" s="2" t="s">
-        <v>834</v>
+        <v>828</v>
       </c>
       <c r="I171" s="2" t="s">
-        <v>835</v>
+        <v>829</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" s="2">
         <v>171</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="C172" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D172" s="2">
-        <v>1230149</v>
+        <v>1250150</v>
       </c>
       <c r="E172" s="2">
-        <v>2309980140</v>
+        <v>2536222464</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>112</v>
+        <v>32</v>
       </c>
       <c r="G172" s="2" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="H172" s="2" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="I172" s="2" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" s="2">
         <v>172</v>
       </c>
       <c r="B173" s="2" t="s">
+        <v>837</v>
+      </c>
+      <c r="C173" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D173" s="2">
+        <v>1250151</v>
+      </c>
+      <c r="E173" s="2">
+        <v>2505012795</v>
+      </c>
+      <c r="F173" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G173" s="2" t="s">
+        <v>838</v>
+      </c>
+      <c r="H173" s="2" t="s">
+        <v>839</v>
+      </c>
+      <c r="I173" s="2" t="s">
         <v>840</v>
-      </c>
-[...19 lines deleted...]
-        <v>843</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" s="2">
         <v>173</v>
       </c>
       <c r="B174" s="2" t="s">
+        <v>841</v>
+      </c>
+      <c r="C174" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="D174" s="2">
+        <v>1250152</v>
+      </c>
+      <c r="E174" s="2">
+        <v>2543970855</v>
+      </c>
+      <c r="F174" s="2" t="s">
+        <v>842</v>
+      </c>
+      <c r="G174" s="2" t="s">
+        <v>843</v>
+      </c>
+      <c r="H174" s="2" t="s">
         <v>844</v>
       </c>
-      <c r="C174" s="2" t="s">
+      <c r="I174" s="2" t="s">
         <v>845</v>
-      </c>
-[...16 lines deleted...]
-        <v>849</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" s="2">
         <v>174</v>
       </c>
       <c r="B175" s="2" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>851</v>
+        <v>422</v>
       </c>
       <c r="D175" s="2">
-        <v>1230851</v>
+        <v>1250153</v>
       </c>
       <c r="E175" s="2">
-        <v>2360005390</v>
+        <v>2536255727</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>68</v>
+        <v>809</v>
       </c>
       <c r="G175" s="2" t="s">
-        <v>852</v>
+        <v>847</v>
       </c>
       <c r="H175" s="2" t="s">
-        <v>853</v>
+        <v>848</v>
       </c>
       <c r="I175" s="2" t="s">
-        <v>854</v>
+        <v>849</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" s="2">
         <v>175</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>855</v>
+        <v>850</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>856</v>
+        <v>851</v>
       </c>
       <c r="D176" s="2">
-        <v>1230888</v>
+        <v>1250865</v>
       </c>
       <c r="E176" s="2">
-        <v>2377002005</v>
+        <v>2540256748</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="G176" s="2" t="s">
-        <v>857</v>
+        <v>843</v>
       </c>
       <c r="H176" s="2" t="s">
-        <v>858</v>
+        <v>852</v>
       </c>
       <c r="I176" s="2" t="s">
-        <v>859</v>
+        <v>853</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" s="2">
         <v>176</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>860</v>
+        <v>854</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>861</v>
+        <v>855</v>
       </c>
       <c r="D177" s="2">
-        <v>1230901</v>
+        <v>1260152</v>
       </c>
       <c r="E177" s="2">
-        <v>2364017283</v>
+        <v>2635817261</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>119</v>
+        <v>856</v>
       </c>
       <c r="G177" s="2" t="s">
-        <v>862</v>
+        <v>857</v>
       </c>
       <c r="H177" s="2" t="s">
-        <v>863</v>
+        <v>858</v>
       </c>
       <c r="I177" s="2" t="s">
-        <v>864</v>
+        <v>859</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" s="2">
         <v>177</v>
       </c>
       <c r="B178" s="2" t="s">
-        <v>865</v>
+        <v>860</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>866</v>
+        <v>855</v>
       </c>
       <c r="D178" s="2">
-        <v>1230911</v>
+        <v>1260154</v>
       </c>
       <c r="E178" s="2">
-        <v>2310230671</v>
+        <v>2634091033</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>867</v>
+        <v>12</v>
       </c>
       <c r="G178" s="2" t="s">
-        <v>868</v>
+        <v>861</v>
       </c>
       <c r="H178" s="2" t="s">
-        <v>869</v>
+        <v>862</v>
       </c>
       <c r="I178" s="2" t="s">
-        <v>870</v>
+        <v>863</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" s="2">
         <v>178</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>871</v>
+        <v>864</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>171</v>
+        <v>10</v>
       </c>
       <c r="D179" s="2">
-        <v>1230942</v>
+        <v>1260156</v>
       </c>
       <c r="E179" s="2">
-        <v>2370011748</v>
+        <v>2635216158</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>872</v>
+        <v>353</v>
       </c>
       <c r="G179" s="2" t="s">
-        <v>873</v>
+        <v>865</v>
       </c>
       <c r="H179" s="2" t="s">
-        <v>874</v>
+        <v>866</v>
       </c>
       <c r="I179" s="2" t="s">
-        <v>875</v>
+        <v>867</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" s="2">
         <v>179</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>876</v>
+        <v>868</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>877</v>
+        <v>869</v>
       </c>
       <c r="D180" s="2">
-        <v>1230943</v>
+        <v>1261022</v>
       </c>
       <c r="E180" s="2">
-        <v>2305027603</v>
+        <v>2634056367</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="G180" s="2" t="s">
-        <v>878</v>
+        <v>870</v>
       </c>
       <c r="H180" s="2" t="s">
-        <v>879</v>
+        <v>871</v>
       </c>
       <c r="I180" s="2" t="s">
-        <v>880</v>
+        <v>872</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" s="2">
         <v>180</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>881</v>
+        <v>873</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>882</v>
+        <v>10</v>
       </c>
       <c r="D181" s="2">
-        <v>1240810</v>
+        <v>1270157</v>
       </c>
       <c r="E181" s="2">
-        <v>2464154029</v>
+        <v>2721222733</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>883</v>
+        <v>292</v>
       </c>
       <c r="G181" s="2" t="s">
-        <v>884</v>
+        <v>874</v>
       </c>
       <c r="H181" s="2" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="I181" s="2" t="s">
-        <v>886</v>
+        <v>876</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" s="2">
         <v>181</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>887</v>
+        <v>877</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>888</v>
+        <v>10</v>
       </c>
       <c r="D182" s="2">
-        <v>1240997</v>
+        <v>1270158</v>
       </c>
       <c r="E182" s="2">
-        <v>2466227579</v>
+        <v>2721995187</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>132</v>
+        <v>32</v>
       </c>
       <c r="G182" s="2" t="s">
-        <v>889</v>
+        <v>878</v>
       </c>
       <c r="H182" s="2" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="I182" s="2" t="s">
-        <v>891</v>
+        <v>880</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" s="2">
         <v>182</v>
       </c>
       <c r="B183" s="2" t="s">
-        <v>892</v>
+        <v>881</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>893</v>
+        <v>10</v>
       </c>
       <c r="D183" s="2">
-        <v>1241009</v>
+        <v>1270160</v>
       </c>
       <c r="E183" s="2">
-        <v>2465356444</v>
+        <v>2721146842</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>132</v>
+        <v>882</v>
       </c>
       <c r="G183" s="2" t="s">
-        <v>894</v>
+        <v>883</v>
       </c>
       <c r="H183" s="2" t="s">
-        <v>890</v>
+        <v>884</v>
       </c>
       <c r="I183" s="2" t="s">
-        <v>891</v>
+        <v>885</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" s="2">
         <v>183</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>895</v>
+        <v>886</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D184" s="2">
-        <v>1250150</v>
+        <v>1270162</v>
       </c>
       <c r="E184" s="2">
-        <v>2536222464</v>
+        <v>2703058294</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>32</v>
+        <v>207</v>
       </c>
       <c r="G184" s="2" t="s">
-        <v>896</v>
+        <v>887</v>
       </c>
       <c r="H184" s="2" t="s">
-        <v>897</v>
+        <v>888</v>
       </c>
       <c r="I184" s="2" t="s">
-        <v>898</v>
+        <v>889</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" s="2">
         <v>184</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>899</v>
+        <v>890</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D185" s="2">
-        <v>1250151</v>
+        <v>1270164</v>
       </c>
       <c r="E185" s="2">
-        <v>2505012795</v>
+        <v>2704999706</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>38</v>
+        <v>131</v>
       </c>
       <c r="G185" s="2" t="s">
-        <v>900</v>
+        <v>891</v>
       </c>
       <c r="H185" s="2" t="s">
-        <v>901</v>
+        <v>892</v>
       </c>
       <c r="I185" s="2" t="s">
-        <v>902</v>
+        <v>893</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" s="2">
         <v>185</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>903</v>
+        <v>894</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>456</v>
+        <v>422</v>
       </c>
       <c r="D186" s="2">
-        <v>1250152</v>
+        <v>1270166</v>
       </c>
       <c r="E186" s="2">
-        <v>2543970855</v>
+        <v>2710015478</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>904</v>
+        <v>131</v>
       </c>
       <c r="G186" s="2" t="s">
-        <v>905</v>
+        <v>895</v>
       </c>
       <c r="H186" s="2" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="I186" s="2" t="s">
-        <v>907</v>
+        <v>897</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" s="2">
         <v>186</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>908</v>
+        <v>898</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>456</v>
+        <v>899</v>
       </c>
       <c r="D187" s="2">
-        <v>1250153</v>
+        <v>1270683</v>
       </c>
       <c r="E187" s="2">
-        <v>2536255727</v>
+        <v>2721052016</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>872</v>
+        <v>12</v>
       </c>
       <c r="G187" s="2" t="s">
-        <v>909</v>
+        <v>900</v>
       </c>
       <c r="H187" s="2" t="s">
-        <v>910</v>
+        <v>901</v>
       </c>
       <c r="I187" s="2" t="s">
-        <v>911</v>
+        <v>902</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" s="2">
         <v>187</v>
       </c>
       <c r="B188" s="2" t="s">
-        <v>912</v>
+        <v>903</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>913</v>
+        <v>904</v>
       </c>
       <c r="D188" s="2">
-        <v>1250865</v>
+        <v>1270692</v>
       </c>
       <c r="E188" s="2">
-        <v>2540256748</v>
+        <v>2721217941</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>38</v>
+        <v>905</v>
       </c>
       <c r="G188" s="2" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="H188" s="2" t="s">
-        <v>914</v>
+        <v>907</v>
       </c>
       <c r="I188" s="2" t="s">
-        <v>915</v>
+        <v>908</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" s="2">
         <v>188</v>
       </c>
       <c r="B189" s="2" t="s">
-        <v>916</v>
+        <v>909</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>917</v>
+        <v>910</v>
       </c>
       <c r="D189" s="2">
-        <v>1260152</v>
+        <v>1270903</v>
       </c>
       <c r="E189" s="2">
-        <v>2635817261</v>
+        <v>2723191287</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>918</v>
+        <v>111</v>
       </c>
       <c r="G189" s="2" t="s">
-        <v>919</v>
+        <v>911</v>
       </c>
       <c r="H189" s="2" t="s">
-        <v>920</v>
+        <v>912</v>
       </c>
       <c r="I189" s="2" t="s">
-        <v>921</v>
+        <v>913</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" s="2">
         <v>189</v>
       </c>
       <c r="B190" s="2" t="s">
-        <v>922</v>
+        <v>914</v>
       </c>
       <c r="C190" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="D190" s="2">
+        <v>1270931</v>
+      </c>
+      <c r="E190" s="2">
+        <v>2724182895</v>
+      </c>
+      <c r="F190" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="G190" s="2" t="s">
+        <v>916</v>
+      </c>
+      <c r="H190" s="2" t="s">
         <v>917</v>
       </c>
-      <c r="D190" s="2">
-[...13 lines deleted...]
-      </c>
       <c r="I190" s="2" t="s">
-        <v>925</v>
+        <v>918</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" s="2">
         <v>190</v>
       </c>
       <c r="B191" s="2" t="s">
-        <v>926</v>
+        <v>919</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>917</v>
+        <v>10</v>
       </c>
       <c r="D191" s="2">
-        <v>1260154</v>
+        <v>1280161</v>
       </c>
       <c r="E191" s="2">
-        <v>2634091033</v>
+        <v>2801160232</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>38</v>
+        <v>920</v>
       </c>
       <c r="G191" s="2" t="s">
-        <v>927</v>
+        <v>921</v>
       </c>
       <c r="H191" s="2" t="s">
-        <v>928</v>
+        <v>922</v>
       </c>
       <c r="I191" s="2" t="s">
-        <v>929</v>
+        <v>923</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" s="2">
         <v>191</v>
       </c>
       <c r="B192" s="2" t="s">
-        <v>930</v>
+        <v>924</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>10</v>
+        <v>102</v>
       </c>
       <c r="D192" s="2">
-        <v>1260156</v>
+        <v>1280676</v>
       </c>
       <c r="E192" s="2">
-        <v>2635216158</v>
+        <v>2801226420</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>387</v>
+        <v>111</v>
       </c>
       <c r="G192" s="2" t="s">
-        <v>931</v>
+        <v>921</v>
       </c>
       <c r="H192" s="2" t="s">
-        <v>932</v>
+        <v>925</v>
       </c>
       <c r="I192" s="2" t="s">
-        <v>933</v>
+        <v>926</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" s="2">
         <v>192</v>
       </c>
       <c r="B193" s="2" t="s">
-        <v>934</v>
+        <v>927</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>935</v>
+        <v>311</v>
       </c>
       <c r="D193" s="2">
-        <v>1261022</v>
+        <v>1280861</v>
       </c>
       <c r="E193" s="2">
-        <v>2634056367</v>
+        <v>2801249882</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G193" s="2" t="s">
-        <v>936</v>
+        <v>928</v>
       </c>
       <c r="H193" s="2" t="s">
-        <v>937</v>
+        <v>929</v>
       </c>
       <c r="I193" s="2" t="s">
-        <v>938</v>
+        <v>930</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" s="2">
         <v>193</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>939</v>
+        <v>931</v>
       </c>
       <c r="C194" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D194" s="2">
-        <v>1270157</v>
+        <v>1290162</v>
       </c>
       <c r="E194" s="2">
-        <v>2721222733</v>
+        <v>2901204067</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="G194" s="2" t="s">
-        <v>940</v>
+        <v>932</v>
       </c>
       <c r="H194" s="2" t="s">
-        <v>941</v>
+        <v>933</v>
       </c>
       <c r="I194" s="2" t="s">
-        <v>942</v>
+        <v>934</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" s="2">
         <v>194</v>
       </c>
       <c r="B195" s="2" t="s">
-        <v>943</v>
+        <v>935</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>10</v>
+        <v>936</v>
       </c>
       <c r="D195" s="2">
-        <v>1270158</v>
+        <v>1290829</v>
       </c>
       <c r="E195" s="2">
-        <v>2721995187</v>
+        <v>2901294864</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>32</v>
+        <v>937</v>
       </c>
       <c r="G195" s="2" t="s">
-        <v>944</v>
+        <v>938</v>
       </c>
       <c r="H195" s="2" t="s">
-        <v>945</v>
+        <v>939</v>
       </c>
       <c r="I195" s="2" t="s">
-        <v>946</v>
+        <v>940</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" s="2">
         <v>195</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>947</v>
+        <v>941</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>10</v>
+        <v>942</v>
       </c>
       <c r="D196" s="2">
-        <v>1270160</v>
+        <v>1290929</v>
       </c>
       <c r="E196" s="2">
-        <v>2721146842</v>
+        <v>2901304801</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>948</v>
+        <v>32</v>
       </c>
       <c r="G196" s="2" t="s">
-        <v>949</v>
+        <v>938</v>
       </c>
       <c r="H196" s="2" t="s">
-        <v>950</v>
+        <v>943</v>
       </c>
       <c r="I196" s="2" t="s">
-        <v>951</v>
+        <v>944</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" s="2">
         <v>196</v>
       </c>
       <c r="B197" s="2" t="s">
-        <v>952</v>
+        <v>945</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>456</v>
+        <v>946</v>
       </c>
       <c r="D197" s="2">
-        <v>1270162</v>
+        <v>1290930</v>
       </c>
       <c r="E197" s="2">
-        <v>2703058294</v>
+        <v>2902068561</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>132</v>
+        <v>12</v>
       </c>
       <c r="G197" s="2" t="s">
-        <v>953</v>
+        <v>947</v>
       </c>
       <c r="H197" s="2" t="s">
-        <v>954</v>
+        <v>948</v>
       </c>
       <c r="I197" s="2" t="s">
-        <v>955</v>
+        <v>949</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" s="2">
         <v>197</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>956</v>
+        <v>950</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D198" s="2">
-        <v>1270164</v>
+        <v>1300163</v>
       </c>
       <c r="E198" s="2">
-        <v>2704999706</v>
+        <v>3015028318</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>132</v>
+        <v>951</v>
       </c>
       <c r="G198" s="2" t="s">
-        <v>957</v>
+        <v>952</v>
       </c>
       <c r="H198" s="2" t="s">
-        <v>958</v>
+        <v>953</v>
       </c>
       <c r="I198" s="2" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" s="2">
         <v>198</v>
       </c>
       <c r="B199" s="2" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D199" s="2">
-        <v>1270166</v>
+        <v>1300164</v>
       </c>
       <c r="E199" s="2">
-        <v>2710015478</v>
+        <v>3015070479</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>132</v>
+        <v>32</v>
       </c>
       <c r="G199" s="2" t="s">
-        <v>961</v>
+        <v>956</v>
       </c>
       <c r="H199" s="2" t="s">
-        <v>962</v>
+        <v>957</v>
       </c>
       <c r="I199" s="2" t="s">
-        <v>963</v>
+        <v>958</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" s="2">
         <v>199</v>
       </c>
       <c r="B200" s="2" t="s">
-        <v>964</v>
+        <v>959</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>965</v>
+        <v>10</v>
       </c>
       <c r="D200" s="2">
-        <v>1270683</v>
+        <v>1300165</v>
       </c>
       <c r="E200" s="2">
-        <v>2721052016</v>
+        <v>3015080614</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>38</v>
+        <v>595</v>
       </c>
       <c r="G200" s="2" t="s">
-        <v>966</v>
+        <v>960</v>
       </c>
       <c r="H200" s="2" t="s">
-        <v>967</v>
+        <v>961</v>
       </c>
       <c r="I200" s="2" t="s">
-        <v>968</v>
+        <v>962</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" s="2">
         <v>200</v>
       </c>
       <c r="B201" s="2" t="s">
-        <v>969</v>
+        <v>963</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>970</v>
+        <v>964</v>
       </c>
       <c r="D201" s="2">
-        <v>1270692</v>
+        <v>1300839</v>
       </c>
       <c r="E201" s="2">
-        <v>2721217941</v>
+        <v>3018315590</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>554</v>
+        <v>965</v>
       </c>
       <c r="G201" s="2" t="s">
-        <v>971</v>
+        <v>966</v>
       </c>
       <c r="H201" s="2" t="s">
-        <v>972</v>
+        <v>967</v>
       </c>
       <c r="I201" s="2" t="s">
-        <v>973</v>
+        <v>968</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" s="2">
         <v>201</v>
       </c>
       <c r="B202" s="2" t="s">
-        <v>974</v>
+        <v>969</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>975</v>
+        <v>814</v>
       </c>
       <c r="D202" s="2">
-        <v>1270903</v>
+        <v>1300840</v>
       </c>
       <c r="E202" s="2">
-        <v>2723191287</v>
+        <v>3015082139</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>112</v>
+        <v>51</v>
       </c>
       <c r="G202" s="2" t="s">
-        <v>976</v>
+        <v>970</v>
       </c>
       <c r="H202" s="2" t="s">
-        <v>977</v>
+        <v>971</v>
       </c>
       <c r="I202" s="2" t="s">
-        <v>978</v>
+        <v>972</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" s="2">
         <v>202</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>979</v>
+        <v>973</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>980</v>
+        <v>10</v>
       </c>
       <c r="D203" s="2">
-        <v>1270908</v>
+        <v>1310167</v>
       </c>
       <c r="E203" s="2">
-        <v>2721202166</v>
+        <v>3123095826</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>68</v>
+        <v>974</v>
       </c>
       <c r="G203" s="2" t="s">
-        <v>981</v>
+        <v>975</v>
       </c>
       <c r="H203" s="2" t="s">
-        <v>982</v>
+        <v>976</v>
       </c>
       <c r="I203" s="2" t="s">
-        <v>983</v>
+        <v>977</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" s="2">
         <v>203</v>
       </c>
       <c r="B204" s="2" t="s">
-        <v>984</v>
+        <v>978</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>985</v>
+        <v>10</v>
       </c>
       <c r="D204" s="2">
-        <v>1270931</v>
+        <v>1310168</v>
       </c>
       <c r="E204" s="2">
-        <v>2724182895</v>
+        <v>3123061930</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>570</v>
+        <v>979</v>
       </c>
       <c r="G204" s="2" t="s">
-        <v>986</v>
+        <v>980</v>
       </c>
       <c r="H204" s="2" t="s">
-        <v>987</v>
+        <v>981</v>
       </c>
       <c r="I204" s="2" t="s">
-        <v>988</v>
+        <v>982</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" s="2">
         <v>204</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>989</v>
+        <v>983</v>
       </c>
       <c r="C205" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D205" s="2">
-        <v>1280161</v>
+        <v>1310169</v>
       </c>
       <c r="E205" s="2">
-        <v>2801160232</v>
+        <v>3123231170</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>990</v>
+        <v>32</v>
       </c>
       <c r="G205" s="2" t="s">
-        <v>991</v>
+        <v>984</v>
       </c>
       <c r="H205" s="2" t="s">
-        <v>992</v>
+        <v>985</v>
       </c>
       <c r="I205" s="2" t="s">
-        <v>993</v>
+        <v>986</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" s="2">
         <v>205</v>
       </c>
       <c r="B206" s="2" t="s">
-        <v>994</v>
+        <v>987</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>103</v>
+        <v>10</v>
       </c>
       <c r="D206" s="2">
-        <v>1280676</v>
+        <v>1310171</v>
       </c>
       <c r="E206" s="2">
-        <v>2801226420</v>
+        <v>3123392970</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>112</v>
+        <v>988</v>
       </c>
       <c r="G206" s="2" t="s">
+        <v>989</v>
+      </c>
+      <c r="H206" s="2" t="s">
+        <v>990</v>
+      </c>
+      <c r="I206" s="2" t="s">
         <v>991</v>
-      </c>
-[...4 lines deleted...]
-        <v>996</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" s="2">
         <v>206</v>
       </c>
       <c r="B207" s="2" t="s">
-        <v>997</v>
+        <v>992</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>345</v>
+        <v>10</v>
       </c>
       <c r="D207" s="2">
-        <v>1280861</v>
+        <v>1310173</v>
       </c>
       <c r="E207" s="2">
-        <v>2801249882</v>
+        <v>3123190205</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>38</v>
+        <v>993</v>
       </c>
       <c r="G207" s="2" t="s">
-        <v>998</v>
+        <v>994</v>
       </c>
       <c r="H207" s="2" t="s">
-        <v>999</v>
+        <v>995</v>
       </c>
       <c r="I207" s="2" t="s">
-        <v>1000</v>
+        <v>996</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" s="2">
         <v>207</v>
       </c>
       <c r="B208" s="2" t="s">
-        <v>1001</v>
+        <v>997</v>
       </c>
       <c r="C208" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D208" s="2">
-        <v>1290162</v>
+        <v>1320174</v>
       </c>
       <c r="E208" s="2">
-        <v>2901204067</v>
+        <v>3250530535</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="G208" s="2" t="s">
-        <v>1002</v>
+        <v>998</v>
       </c>
       <c r="H208" s="2" t="s">
-        <v>1003</v>
+        <v>999</v>
       </c>
       <c r="I208" s="2" t="s">
-        <v>1004</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" s="2">
         <v>208</v>
       </c>
       <c r="B209" s="2" t="s">
-        <v>1005</v>
+        <v>1001</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>1006</v>
+        <v>10</v>
       </c>
       <c r="D209" s="2">
-        <v>1290829</v>
+        <v>1320175</v>
       </c>
       <c r="E209" s="2">
-        <v>2901294864</v>
+        <v>3250056643</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>1007</v>
+        <v>12</v>
       </c>
       <c r="G209" s="2" t="s">
-        <v>1008</v>
+        <v>1002</v>
       </c>
       <c r="H209" s="2" t="s">
-        <v>1009</v>
+        <v>1003</v>
       </c>
       <c r="I209" s="2" t="s">
-        <v>1010</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" s="2">
         <v>209</v>
       </c>
       <c r="B210" s="2" t="s">
-        <v>1011</v>
+        <v>1005</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>1012</v>
+        <v>10</v>
       </c>
       <c r="D210" s="2">
-        <v>1290929</v>
+        <v>1320176</v>
       </c>
       <c r="E210" s="2">
-        <v>2901304801</v>
+        <v>3250690063</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="G210" s="2" t="s">
-        <v>1008</v>
+        <v>998</v>
       </c>
       <c r="H210" s="2" t="s">
-        <v>1013</v>
+        <v>999</v>
       </c>
       <c r="I210" s="2" t="s">
-        <v>1014</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" s="2">
         <v>210</v>
       </c>
       <c r="B211" s="2" t="s">
-        <v>1015</v>
+        <v>1006</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>1016</v>
+        <v>10</v>
       </c>
       <c r="D211" s="2">
-        <v>1290930</v>
+        <v>1320177</v>
       </c>
       <c r="E211" s="2">
-        <v>2902068561</v>
+        <v>3250506236</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>38</v>
+        <v>1007</v>
       </c>
       <c r="G211" s="2" t="s">
-        <v>1017</v>
+        <v>1008</v>
       </c>
       <c r="H211" s="2" t="s">
-        <v>1018</v>
+        <v>1009</v>
       </c>
       <c r="I211" s="2" t="s">
-        <v>1019</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" s="2">
         <v>211</v>
       </c>
       <c r="B212" s="2" t="s">
-        <v>1020</v>
+        <v>1011</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>10</v>
+        <v>1012</v>
       </c>
       <c r="D212" s="2">
-        <v>1300163</v>
+        <v>1320745</v>
       </c>
       <c r="E212" s="2">
-        <v>3015028318</v>
+        <v>3257065816</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>1021</v>
+        <v>12</v>
       </c>
       <c r="G212" s="2" t="s">
-        <v>1022</v>
+        <v>1013</v>
       </c>
       <c r="H212" s="2" t="s">
-        <v>1023</v>
+        <v>1014</v>
       </c>
       <c r="I212" s="2" t="s">
-        <v>1024</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" s="2">
         <v>212</v>
       </c>
       <c r="B213" s="2" t="s">
-        <v>1025</v>
+        <v>1016</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>10</v>
+        <v>1017</v>
       </c>
       <c r="D213" s="2">
-        <v>1300164</v>
+        <v>1320847</v>
       </c>
       <c r="E213" s="2">
-        <v>3015070479</v>
+        <v>3257079262</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>32</v>
+        <v>1018</v>
       </c>
       <c r="G213" s="2" t="s">
-        <v>1026</v>
+        <v>1019</v>
       </c>
       <c r="H213" s="2" t="s">
-        <v>1027</v>
+        <v>1020</v>
       </c>
       <c r="I213" s="2" t="s">
-        <v>1028</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" s="2">
         <v>213</v>
       </c>
       <c r="B214" s="2" t="s">
-        <v>1029</v>
+        <v>1022</v>
       </c>
       <c r="C214" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D214" s="2">
-        <v>1300165</v>
+        <v>1330178</v>
       </c>
       <c r="E214" s="2">
-        <v>3015080614</v>
+        <v>3328007066</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>633</v>
+        <v>32</v>
       </c>
       <c r="G214" s="2" t="s">
-        <v>1030</v>
+        <v>1023</v>
       </c>
       <c r="H214" s="2" t="s">
-        <v>1031</v>
+        <v>1024</v>
       </c>
       <c r="I214" s="2" t="s">
-        <v>1032</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" s="2">
         <v>214</v>
       </c>
       <c r="B215" s="2" t="s">
-        <v>1033</v>
+        <v>1026</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>1034</v>
+        <v>10</v>
       </c>
       <c r="D215" s="2">
-        <v>1300839</v>
+        <v>1330179</v>
       </c>
       <c r="E215" s="2">
-        <v>3018315590</v>
+        <v>3328999082</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>1035</v>
+        <v>97</v>
       </c>
       <c r="G215" s="2" t="s">
-        <v>1036</v>
+        <v>1027</v>
       </c>
       <c r="H215" s="2" t="s">
-        <v>1037</v>
+        <v>1028</v>
       </c>
       <c r="I215" s="2" t="s">
-        <v>1038</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" s="2">
         <v>215</v>
       </c>
       <c r="B216" s="2" t="s">
-        <v>1039</v>
+        <v>1030</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>877</v>
+        <v>10</v>
       </c>
       <c r="D216" s="2">
-        <v>1300840</v>
+        <v>1330180</v>
       </c>
       <c r="E216" s="2">
-        <v>3015082139</v>
+        <v>3328464873</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>52</v>
+        <v>1031</v>
       </c>
       <c r="G216" s="2" t="s">
-        <v>1040</v>
+        <v>1032</v>
       </c>
       <c r="H216" s="2" t="s">
-        <v>1041</v>
+        <v>1033</v>
       </c>
       <c r="I216" s="2" t="s">
-        <v>1042</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" s="2">
         <v>216</v>
       </c>
       <c r="B217" s="2" t="s">
-        <v>1043</v>
+        <v>1035</v>
       </c>
       <c r="C217" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D217" s="2">
-        <v>1310167</v>
+        <v>1330181</v>
       </c>
       <c r="E217" s="2">
-        <v>3123095826</v>
+        <v>3328016590</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>1044</v>
+        <v>111</v>
       </c>
       <c r="G217" s="2" t="s">
-        <v>1045</v>
+        <v>1036</v>
       </c>
       <c r="H217" s="2" t="s">
-        <v>1046</v>
+        <v>1037</v>
       </c>
       <c r="I217" s="2" t="s">
-        <v>1047</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" s="2">
         <v>217</v>
       </c>
       <c r="B218" s="2" t="s">
-        <v>1048</v>
+        <v>1039</v>
       </c>
       <c r="C218" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D218" s="2">
-        <v>1310168</v>
+        <v>1330182</v>
       </c>
       <c r="E218" s="2">
-        <v>3123061930</v>
+        <v>3328999318</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>1049</v>
+        <v>1040</v>
       </c>
       <c r="G218" s="2" t="s">
-        <v>1050</v>
+        <v>1041</v>
       </c>
       <c r="H218" s="2" t="s">
-        <v>1051</v>
+        <v>1042</v>
       </c>
       <c r="I218" s="2" t="s">
-        <v>1052</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" s="2">
         <v>218</v>
       </c>
       <c r="B219" s="2" t="s">
-        <v>1053</v>
+        <v>1044</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D219" s="2">
-        <v>1310169</v>
+        <v>1330183</v>
       </c>
       <c r="E219" s="2">
-        <v>3123231170</v>
+        <v>3334015820</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="G219" s="2" t="s">
-        <v>1054</v>
+        <v>1045</v>
       </c>
       <c r="H219" s="2" t="s">
-        <v>1055</v>
+        <v>1046</v>
       </c>
       <c r="I219" s="2" t="s">
-        <v>1056</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" s="2">
         <v>219</v>
       </c>
       <c r="B220" s="2" t="s">
-        <v>1057</v>
+        <v>1048</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D220" s="2">
-        <v>1310171</v>
+        <v>1330184</v>
       </c>
       <c r="E220" s="2">
-        <v>3123392970</v>
+        <v>3328488899</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>451</v>
+        <v>67</v>
       </c>
       <c r="G220" s="2" t="s">
-        <v>1058</v>
+        <v>1049</v>
       </c>
       <c r="H220" s="2" t="s">
-        <v>1059</v>
+        <v>1050</v>
       </c>
       <c r="I220" s="2" t="s">
-        <v>1060</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" s="2">
         <v>220</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>1061</v>
+        <v>1052</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>10</v>
+        <v>1053</v>
       </c>
       <c r="D221" s="2">
-        <v>1310173</v>
+        <v>1330882</v>
       </c>
       <c r="E221" s="2">
-        <v>3123190205</v>
+        <v>3316002169</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>575</v>
+        <v>312</v>
       </c>
       <c r="G221" s="2" t="s">
-        <v>1062</v>
+        <v>1054</v>
       </c>
       <c r="H221" s="2" t="s">
-        <v>1063</v>
+        <v>1055</v>
       </c>
       <c r="I221" s="2" t="s">
-        <v>1064</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" s="2">
         <v>221</v>
       </c>
       <c r="B222" s="2" t="s">
-        <v>1065</v>
+        <v>1057</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>10</v>
+        <v>1053</v>
       </c>
       <c r="D222" s="2">
-        <v>1320174</v>
+        <v>1330883</v>
       </c>
       <c r="E222" s="2">
-        <v>3250530535</v>
+        <v>3323000123</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>32</v>
+        <v>118</v>
       </c>
       <c r="G222" s="2" t="s">
-        <v>1066</v>
+        <v>1058</v>
       </c>
       <c r="H222" s="2" t="s">
-        <v>1067</v>
+        <v>1059</v>
       </c>
       <c r="I222" s="2" t="s">
-        <v>1068</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" s="2">
         <v>222</v>
       </c>
       <c r="B223" s="2" t="s">
-        <v>1069</v>
+        <v>1061</v>
       </c>
       <c r="C223" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D223" s="2">
-        <v>1320175</v>
+        <v>1340183</v>
       </c>
       <c r="E223" s="2">
-        <v>3250056643</v>
+        <v>3444153572</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="G223" s="2" t="s">
-        <v>1070</v>
+        <v>1062</v>
       </c>
       <c r="H223" s="2" t="s">
-        <v>1071</v>
+        <v>1063</v>
       </c>
       <c r="I223" s="2" t="s">
-        <v>1072</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" s="2">
         <v>223</v>
       </c>
       <c r="B224" s="2" t="s">
-        <v>1073</v>
+        <v>1065</v>
       </c>
       <c r="C224" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D224" s="2">
-        <v>1320176</v>
+        <v>1340185</v>
       </c>
       <c r="E224" s="2">
-        <v>3250690063</v>
+        <v>3435901976</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>38</v>
+        <v>1066</v>
       </c>
       <c r="G224" s="2" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="H224" s="2" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="I224" s="2" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" s="2">
         <v>224</v>
       </c>
       <c r="B225" s="2" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C225" s="2" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D225" s="2">
+        <v>1340670</v>
+      </c>
+      <c r="E225" s="2">
+        <v>3444265068</v>
+      </c>
+      <c r="F225" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G225" s="2" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H225" s="2" t="s">
+        <v>1073</v>
+      </c>
+      <c r="I225" s="2" t="s">
         <v>1074</v>
-      </c>
-[...19 lines deleted...]
-        <v>1078</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" s="2">
         <v>225</v>
       </c>
       <c r="B226" s="2" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C226" s="2" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D226" s="2">
+        <v>1340782</v>
+      </c>
+      <c r="E226" s="2">
+        <v>3443144712</v>
+      </c>
+      <c r="F226" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="G226" s="2" t="s">
+        <v>1077</v>
+      </c>
+      <c r="H226" s="2" t="s">
+        <v>1078</v>
+      </c>
+      <c r="I226" s="2" t="s">
         <v>1079</v>
-      </c>
-[...19 lines deleted...]
-        <v>1083</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" s="2">
         <v>226</v>
       </c>
       <c r="B227" s="2" t="s">
-        <v>1084</v>
+        <v>1080</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>1085</v>
+        <v>10</v>
       </c>
       <c r="D227" s="2">
-        <v>1320847</v>
+        <v>1350186</v>
       </c>
       <c r="E227" s="2">
-        <v>3257079262</v>
+        <v>3525169877</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>112</v>
+        <v>19</v>
       </c>
       <c r="G227" s="2" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="H227" s="2" t="s">
-        <v>1087</v>
+        <v>1082</v>
       </c>
       <c r="I227" s="2" t="s">
-        <v>1088</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" s="2">
         <v>227</v>
       </c>
       <c r="B228" s="2" t="s">
-        <v>1089</v>
+        <v>1084</v>
       </c>
       <c r="C228" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D228" s="2">
-        <v>1330178</v>
+        <v>1350187</v>
       </c>
       <c r="E228" s="2">
-        <v>3328007066</v>
+        <v>3528252890</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G228" s="2" t="s">
-        <v>1090</v>
+        <v>1085</v>
       </c>
       <c r="H228" s="2" t="s">
-        <v>1091</v>
+        <v>1086</v>
       </c>
       <c r="I228" s="2" t="s">
-        <v>1092</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" s="2">
         <v>228</v>
       </c>
       <c r="B229" s="2" t="s">
-        <v>1093</v>
+        <v>1088</v>
       </c>
       <c r="C229" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D229" s="2">
-        <v>1330179</v>
+        <v>1350188</v>
       </c>
       <c r="E229" s="2">
-        <v>3328999082</v>
+        <v>3525300899</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>98</v>
+        <v>1089</v>
       </c>
       <c r="G229" s="2" t="s">
-        <v>1094</v>
+        <v>1090</v>
       </c>
       <c r="H229" s="2" t="s">
-        <v>1095</v>
+        <v>1091</v>
       </c>
       <c r="I229" s="2" t="s">
-        <v>1096</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" s="2">
         <v>229</v>
       </c>
       <c r="B230" s="2" t="s">
-        <v>1097</v>
+        <v>1093</v>
       </c>
       <c r="C230" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D230" s="2">
-        <v>1330180</v>
+        <v>1350189</v>
       </c>
       <c r="E230" s="2">
-        <v>3328464873</v>
+        <v>3525251257</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>1098</v>
+        <v>12</v>
       </c>
       <c r="G230" s="2" t="s">
-        <v>1099</v>
+        <v>1094</v>
       </c>
       <c r="H230" s="2" t="s">
-        <v>1100</v>
+        <v>1095</v>
       </c>
       <c r="I230" s="2" t="s">
-        <v>1101</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" s="2">
         <v>230</v>
       </c>
       <c r="B231" s="2" t="s">
-        <v>1102</v>
+        <v>1097</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D231" s="2">
-        <v>1330181</v>
+        <v>1350190</v>
       </c>
       <c r="E231" s="2">
-        <v>3328016590</v>
+        <v>3525269286</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>112</v>
+        <v>67</v>
       </c>
       <c r="G231" s="2" t="s">
-        <v>1103</v>
+        <v>1098</v>
       </c>
       <c r="H231" s="2" t="s">
-        <v>1104</v>
+        <v>1099</v>
       </c>
       <c r="I231" s="2" t="s">
-        <v>1105</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" s="2">
         <v>231</v>
       </c>
       <c r="B232" s="2" t="s">
-        <v>1106</v>
+        <v>1101</v>
       </c>
       <c r="C232" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D232" s="2">
-        <v>1330182</v>
+        <v>1360190</v>
       </c>
       <c r="E232" s="2">
-        <v>3328999318</v>
+        <v>3664212375</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>1107</v>
+        <v>111</v>
       </c>
       <c r="G232" s="2" t="s">
-        <v>1108</v>
+        <v>1102</v>
       </c>
       <c r="H232" s="2" t="s">
-        <v>1109</v>
+        <v>1103</v>
       </c>
       <c r="I232" s="2" t="s">
-        <v>1110</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" s="2">
         <v>232</v>
       </c>
       <c r="B233" s="2" t="s">
-        <v>1111</v>
+        <v>1105</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D233" s="2">
-        <v>1330183</v>
+        <v>1360191</v>
       </c>
       <c r="E233" s="2">
-        <v>3334015820</v>
+        <v>3664224532</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="G233" s="2" t="s">
-        <v>1112</v>
+        <v>1106</v>
       </c>
       <c r="H233" s="2" t="s">
-        <v>1113</v>
+        <v>1107</v>
       </c>
       <c r="I233" s="2" t="s">
-        <v>1114</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" s="2">
         <v>233</v>
       </c>
       <c r="B234" s="2" t="s">
-        <v>1115</v>
+        <v>1109</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D234" s="2">
-        <v>1330184</v>
+        <v>1360192</v>
       </c>
       <c r="E234" s="2">
-        <v>3328488899</v>
+        <v>3666144160</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="G234" s="2" t="s">
-        <v>1116</v>
+        <v>1110</v>
       </c>
       <c r="H234" s="2" t="s">
-        <v>1117</v>
+        <v>1111</v>
       </c>
       <c r="I234" s="2" t="s">
-        <v>1118</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" s="2">
         <v>234</v>
       </c>
       <c r="B235" s="2" t="s">
-        <v>1119</v>
+        <v>1113</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D235" s="2">
-        <v>1330185</v>
+        <v>1360193</v>
       </c>
       <c r="E235" s="2">
-        <v>3324123103</v>
+        <v>3666144152</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="G235" s="2" t="s">
-        <v>1120</v>
+        <v>1114</v>
       </c>
       <c r="H235" s="2" t="s">
-        <v>1121</v>
+        <v>1111</v>
       </c>
       <c r="I235" s="2" t="s">
-        <v>1122</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" s="2">
         <v>235</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>1123</v>
+        <v>1115</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>1124</v>
+        <v>10</v>
       </c>
       <c r="D236" s="2">
-        <v>1330848</v>
+        <v>1360203</v>
       </c>
       <c r="E236" s="2">
-        <v>3308003151</v>
+        <v>3601999008</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G236" s="2" t="s">
-        <v>1125</v>
+        <v>1116</v>
       </c>
       <c r="H236" s="2" t="s">
-        <v>1126</v>
+        <v>1117</v>
       </c>
       <c r="I236" s="2" t="s">
-        <v>1127</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" s="2">
         <v>236</v>
       </c>
       <c r="B237" s="2" t="s">
-        <v>1128</v>
+        <v>1119</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>1129</v>
+        <v>10</v>
       </c>
       <c r="D237" s="2">
-        <v>1330882</v>
+        <v>1360204</v>
       </c>
       <c r="E237" s="2">
-        <v>3316002169</v>
+        <v>3602007760</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>451</v>
+        <v>67</v>
       </c>
       <c r="G237" s="2" t="s">
-        <v>1130</v>
+        <v>1120</v>
       </c>
       <c r="H237" s="2" t="s">
-        <v>1131</v>
+        <v>1121</v>
       </c>
       <c r="I237" s="2" t="s">
-        <v>1132</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" s="2">
         <v>237</v>
       </c>
       <c r="B238" s="2" t="s">
-        <v>1133</v>
+        <v>1123</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>1129</v>
+        <v>10</v>
       </c>
       <c r="D238" s="2">
-        <v>1330883</v>
+        <v>1360205</v>
       </c>
       <c r="E238" s="2">
-        <v>3323000123</v>
+        <v>3603005685</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>387</v>
+        <v>67</v>
       </c>
       <c r="G238" s="2" t="s">
-        <v>1134</v>
+        <v>1124</v>
       </c>
       <c r="H238" s="2" t="s">
-        <v>1135</v>
+        <v>1125</v>
       </c>
       <c r="I238" s="2" t="s">
-        <v>1136</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" s="2">
         <v>238</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>1137</v>
+        <v>1127</v>
       </c>
       <c r="C239" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D239" s="2">
-        <v>1340183</v>
+        <v>1360206</v>
       </c>
       <c r="E239" s="2">
-        <v>3444153572</v>
+        <v>3604010529</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>32</v>
+        <v>67</v>
       </c>
       <c r="G239" s="2" t="s">
-        <v>1138</v>
+        <v>1128</v>
       </c>
       <c r="H239" s="2" t="s">
-        <v>1139</v>
+        <v>1129</v>
       </c>
       <c r="I239" s="2" t="s">
-        <v>1140</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" s="2">
         <v>239</v>
       </c>
       <c r="B240" s="2" t="s">
-        <v>1141</v>
+        <v>1131</v>
       </c>
       <c r="C240" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D240" s="2">
-        <v>1340185</v>
+        <v>1360207</v>
       </c>
       <c r="E240" s="2">
-        <v>3435901976</v>
+        <v>3605006236</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>1142</v>
+        <v>67</v>
       </c>
       <c r="G240" s="2" t="s">
-        <v>1143</v>
+        <v>1132</v>
       </c>
       <c r="H240" s="2" t="s">
-        <v>1144</v>
+        <v>1133</v>
       </c>
       <c r="I240" s="2" t="s">
-        <v>1145</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" s="2">
         <v>240</v>
       </c>
       <c r="B241" s="2" t="s">
-        <v>1146</v>
+        <v>1135</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>1147</v>
+        <v>10</v>
       </c>
       <c r="D241" s="2">
-        <v>1340670</v>
+        <v>1360208</v>
       </c>
       <c r="E241" s="2">
-        <v>3444265068</v>
+        <v>3606004672</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>38</v>
+        <v>67</v>
       </c>
       <c r="G241" s="2" t="s">
-        <v>1148</v>
+        <v>1136</v>
       </c>
       <c r="H241" s="2" t="s">
-        <v>1149</v>
+        <v>1137</v>
       </c>
       <c r="I241" s="2" t="s">
-        <v>1150</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" s="2">
         <v>241</v>
       </c>
       <c r="B242" s="2" t="s">
-        <v>1151</v>
+        <v>1139</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>1152</v>
+        <v>10</v>
       </c>
       <c r="D242" s="2">
-        <v>1340782</v>
+        <v>1360209</v>
       </c>
       <c r="E242" s="2">
-        <v>3443144712</v>
+        <v>3607005238</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>112</v>
+        <v>67</v>
       </c>
       <c r="G242" s="2" t="s">
-        <v>1153</v>
+        <v>1140</v>
       </c>
       <c r="H242" s="2" t="s">
-        <v>1154</v>
+        <v>1141</v>
       </c>
       <c r="I242" s="2" t="s">
-        <v>1155</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" s="2">
         <v>242</v>
       </c>
       <c r="B243" s="2" t="s">
-        <v>1156</v>
+        <v>1143</v>
       </c>
       <c r="C243" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D243" s="2">
-        <v>1350186</v>
+        <v>1360211</v>
       </c>
       <c r="E243" s="2">
-        <v>3525169877</v>
+        <v>3610006552</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="G243" s="2" t="s">
-        <v>1157</v>
+        <v>1144</v>
       </c>
       <c r="H243" s="2" t="s">
-        <v>1158</v>
+        <v>1145</v>
       </c>
       <c r="I243" s="2" t="s">
-        <v>1159</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" s="2">
         <v>243</v>
       </c>
       <c r="B244" s="2" t="s">
-        <v>1160</v>
+        <v>1147</v>
       </c>
       <c r="C244" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D244" s="2">
-        <v>1350187</v>
+        <v>1360212</v>
       </c>
       <c r="E244" s="2">
-        <v>3528252890</v>
+        <v>3652004740</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>32</v>
+        <v>67</v>
       </c>
       <c r="G244" s="2" t="s">
-        <v>1161</v>
+        <v>1148</v>
       </c>
       <c r="H244" s="2" t="s">
-        <v>1162</v>
+        <v>1149</v>
       </c>
       <c r="I244" s="2" t="s">
-        <v>1163</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245" s="2">
         <v>244</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>1164</v>
+        <v>1151</v>
       </c>
       <c r="C245" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D245" s="2">
-        <v>1350188</v>
+        <v>1360213</v>
       </c>
       <c r="E245" s="2">
-        <v>3525300899</v>
+        <v>3616999089</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>1165</v>
+        <v>67</v>
       </c>
       <c r="G245" s="2" t="s">
-        <v>1166</v>
+        <v>1152</v>
       </c>
       <c r="H245" s="2" t="s">
-        <v>1167</v>
+        <v>1153</v>
       </c>
       <c r="I245" s="2" t="s">
-        <v>1168</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" s="2">
         <v>245</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>1169</v>
+        <v>1155</v>
       </c>
       <c r="C246" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D246" s="2">
-        <v>1350189</v>
+        <v>1360214</v>
       </c>
       <c r="E246" s="2">
-        <v>3525251257</v>
+        <v>3651999042</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>38</v>
+        <v>67</v>
       </c>
       <c r="G246" s="2" t="s">
-        <v>1170</v>
+        <v>1156</v>
       </c>
       <c r="H246" s="2" t="s">
-        <v>1171</v>
+        <v>1157</v>
       </c>
       <c r="I246" s="2" t="s">
-        <v>1172</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247" s="2">
         <v>246</v>
       </c>
       <c r="B247" s="2" t="s">
-        <v>1173</v>
+        <v>1159</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D247" s="2">
-        <v>1350190</v>
+        <v>1360215</v>
       </c>
       <c r="E247" s="2">
-        <v>3525269286</v>
+        <v>3617999081</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G247" s="2" t="s">
-        <v>1174</v>
+        <v>1160</v>
       </c>
       <c r="H247" s="2" t="s">
-        <v>1175</v>
+        <v>1161</v>
       </c>
       <c r="I247" s="2" t="s">
-        <v>1176</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248" s="2">
         <v>247</v>
       </c>
       <c r="B248" s="2" t="s">
-        <v>1177</v>
+        <v>1163</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>1178</v>
+        <v>10</v>
       </c>
       <c r="D248" s="2">
-        <v>1350765</v>
+        <v>1360216</v>
       </c>
       <c r="E248" s="2">
-        <v>3528305870</v>
+        <v>3620009658</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>867</v>
+        <v>67</v>
       </c>
       <c r="G248" s="2" t="s">
-        <v>1179</v>
+        <v>1164</v>
       </c>
       <c r="H248" s="2" t="s">
-        <v>1180</v>
+        <v>1165</v>
       </c>
       <c r="I248" s="2" t="s">
-        <v>1181</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249" s="2">
         <v>248</v>
       </c>
       <c r="B249" s="2" t="s">
-        <v>1182</v>
+        <v>1167</v>
       </c>
       <c r="C249" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D249" s="2">
-        <v>1360190</v>
+        <v>1360217</v>
       </c>
       <c r="E249" s="2">
-        <v>3664212375</v>
+        <v>3622004609</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>112</v>
+        <v>67</v>
       </c>
       <c r="G249" s="2" t="s">
-        <v>1183</v>
+        <v>1168</v>
       </c>
       <c r="H249" s="2" t="s">
-        <v>1184</v>
+        <v>1169</v>
       </c>
       <c r="I249" s="2" t="s">
-        <v>1185</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="250" spans="1:9">
       <c r="A250" s="2">
         <v>249</v>
       </c>
       <c r="B250" s="2" t="s">
-        <v>1186</v>
+        <v>1171</v>
       </c>
       <c r="C250" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D250" s="2">
-        <v>1360191</v>
+        <v>1360218</v>
       </c>
       <c r="E250" s="2">
-        <v>3664224532</v>
+        <v>3623999001</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G250" s="2" t="s">
-        <v>1187</v>
+        <v>1172</v>
       </c>
       <c r="H250" s="2" t="s">
-        <v>1188</v>
+        <v>1173</v>
       </c>
       <c r="I250" s="2" t="s">
-        <v>1189</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="251" spans="1:9">
       <c r="A251" s="2">
         <v>250</v>
       </c>
       <c r="B251" s="2" t="s">
-        <v>1190</v>
+        <v>1175</v>
       </c>
       <c r="C251" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D251" s="2">
-        <v>1360192</v>
+        <v>1360219</v>
       </c>
       <c r="E251" s="2">
-        <v>3666144160</v>
+        <v>3624003819</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>38</v>
+        <v>67</v>
       </c>
       <c r="G251" s="2" t="s">
-        <v>1191</v>
+        <v>1176</v>
       </c>
       <c r="H251" s="2" t="s">
-        <v>1192</v>
+        <v>1177</v>
       </c>
       <c r="I251" s="2" t="s">
-        <v>1193</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="252" spans="1:9">
       <c r="A252" s="2">
         <v>251</v>
       </c>
       <c r="B252" s="2" t="s">
-        <v>1194</v>
+        <v>1179</v>
       </c>
       <c r="C252" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D252" s="2">
-        <v>1360193</v>
+        <v>1360220</v>
       </c>
       <c r="E252" s="2">
-        <v>3666144152</v>
+        <v>3625007301</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>32</v>
+        <v>67</v>
       </c>
       <c r="G252" s="2" t="s">
-        <v>1195</v>
+        <v>1180</v>
       </c>
       <c r="H252" s="2" t="s">
-        <v>1192</v>
+        <v>1181</v>
       </c>
       <c r="I252" s="2" t="s">
-        <v>1193</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="253" spans="1:9">
       <c r="A253" s="2">
         <v>252</v>
       </c>
       <c r="B253" s="2" t="s">
-        <v>1196</v>
+        <v>1183</v>
       </c>
       <c r="C253" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D253" s="2">
-        <v>1360203</v>
+        <v>1360221</v>
       </c>
       <c r="E253" s="2">
-        <v>3601999008</v>
+        <v>3626999017</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G253" s="2" t="s">
-        <v>1197</v>
+        <v>1184</v>
       </c>
       <c r="H253" s="2" t="s">
-        <v>1198</v>
+        <v>1185</v>
       </c>
       <c r="I253" s="2" t="s">
-        <v>1199</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="254" spans="1:9">
       <c r="A254" s="2">
         <v>253</v>
       </c>
       <c r="B254" s="2" t="s">
-        <v>1200</v>
+        <v>1187</v>
       </c>
       <c r="C254" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D254" s="2">
-        <v>1360204</v>
+        <v>1360222</v>
       </c>
       <c r="E254" s="2">
-        <v>3602007760</v>
+        <v>3627015322</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G254" s="2" t="s">
-        <v>1201</v>
+        <v>1188</v>
       </c>
       <c r="H254" s="2" t="s">
-        <v>1202</v>
+        <v>1189</v>
       </c>
       <c r="I254" s="2" t="s">
-        <v>1203</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="255" spans="1:9">
       <c r="A255" s="2">
         <v>254</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>1204</v>
+        <v>1191</v>
       </c>
       <c r="C255" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D255" s="2">
-        <v>1360205</v>
+        <v>1360223</v>
       </c>
       <c r="E255" s="2">
-        <v>3603005685</v>
+        <v>3628009233</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G255" s="2" t="s">
-        <v>1205</v>
+        <v>1192</v>
       </c>
       <c r="H255" s="2" t="s">
-        <v>1206</v>
+        <v>1193</v>
       </c>
       <c r="I255" s="2" t="s">
-        <v>1207</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256" s="2">
         <v>255</v>
       </c>
       <c r="B256" s="2" t="s">
-        <v>1208</v>
+        <v>1195</v>
       </c>
       <c r="C256" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D256" s="2">
-        <v>1360206</v>
+        <v>1360224</v>
       </c>
       <c r="E256" s="2">
-        <v>3604010529</v>
+        <v>3629999030</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G256" s="2" t="s">
-        <v>1209</v>
+        <v>1196</v>
       </c>
       <c r="H256" s="2" t="s">
-        <v>1210</v>
+        <v>1197</v>
       </c>
       <c r="I256" s="2" t="s">
-        <v>1211</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257" s="2">
         <v>256</v>
       </c>
       <c r="B257" s="2" t="s">
-        <v>1212</v>
+        <v>1199</v>
       </c>
       <c r="C257" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D257" s="2">
-        <v>1360207</v>
+        <v>1360225</v>
       </c>
       <c r="E257" s="2">
-        <v>3605006236</v>
+        <v>3631999012</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G257" s="2" t="s">
-        <v>1213</v>
+        <v>1200</v>
       </c>
       <c r="H257" s="2" t="s">
-        <v>1214</v>
+        <v>1201</v>
       </c>
       <c r="I257" s="2" t="s">
-        <v>1215</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258" s="2">
         <v>257</v>
       </c>
       <c r="B258" s="2" t="s">
-        <v>1216</v>
+        <v>1203</v>
       </c>
       <c r="C258" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D258" s="2">
-        <v>1360208</v>
+        <v>1360229</v>
       </c>
       <c r="E258" s="2">
-        <v>3606004672</v>
+        <v>3664114402</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>68</v>
+        <v>585</v>
       </c>
       <c r="G258" s="2" t="s">
-        <v>1217</v>
+        <v>1204</v>
       </c>
       <c r="H258" s="2" t="s">
-        <v>1218</v>
+        <v>1205</v>
       </c>
       <c r="I258" s="2" t="s">
-        <v>1219</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" s="2">
         <v>258</v>
       </c>
       <c r="B259" s="2" t="s">
-        <v>1220</v>
+        <v>1207</v>
       </c>
       <c r="C259" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D259" s="2">
-        <v>1360209</v>
+        <v>1360231</v>
       </c>
       <c r="E259" s="2">
-        <v>3607005238</v>
+        <v>3666127566</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>68</v>
+        <v>595</v>
       </c>
       <c r="G259" s="2" t="s">
-        <v>1221</v>
+        <v>1208</v>
       </c>
       <c r="H259" s="2" t="s">
-        <v>1222</v>
+        <v>1209</v>
       </c>
       <c r="I259" s="2" t="s">
-        <v>1223</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" s="2">
         <v>259</v>
       </c>
       <c r="B260" s="2" t="s">
-        <v>1224</v>
+        <v>1211</v>
       </c>
       <c r="C260" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D260" s="2">
-        <v>1360211</v>
+        <v>1370118</v>
       </c>
       <c r="E260" s="2">
-        <v>3610006552</v>
+        <v>3703021585</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>68</v>
+        <v>353</v>
       </c>
       <c r="G260" s="2" t="s">
-        <v>1225</v>
+        <v>1212</v>
       </c>
       <c r="H260" s="2" t="s">
-        <v>1226</v>
+        <v>1213</v>
       </c>
       <c r="I260" s="2" t="s">
-        <v>1227</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261" s="2">
         <v>260</v>
       </c>
       <c r="B261" s="2" t="s">
-        <v>1228</v>
+        <v>1215</v>
       </c>
       <c r="C261" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D261" s="2">
-        <v>1360212</v>
+        <v>1370119</v>
       </c>
       <c r="E261" s="2">
-        <v>3652004740</v>
+        <v>3728015495</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="G261" s="2" t="s">
-        <v>1229</v>
+        <v>1216</v>
       </c>
       <c r="H261" s="2" t="s">
-        <v>1230</v>
+        <v>1217</v>
       </c>
       <c r="I261" s="2" t="s">
-        <v>1231</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" s="2">
         <v>261</v>
       </c>
       <c r="B262" s="2" t="s">
-        <v>1232</v>
+        <v>1219</v>
       </c>
       <c r="C262" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D262" s="2">
-        <v>1360213</v>
+        <v>1370120</v>
       </c>
       <c r="E262" s="2">
-        <v>3616999089</v>
+        <v>3702574876</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>68</v>
+        <v>595</v>
       </c>
       <c r="G262" s="2" t="s">
-        <v>1233</v>
+        <v>1220</v>
       </c>
       <c r="H262" s="2" t="s">
-        <v>1234</v>
+        <v>1221</v>
       </c>
       <c r="I262" s="2" t="s">
-        <v>1235</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" s="2">
         <v>262</v>
       </c>
       <c r="B263" s="2" t="s">
-        <v>1236</v>
+        <v>1223</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>10</v>
+        <v>1224</v>
       </c>
       <c r="D263" s="2">
-        <v>1360214</v>
+        <v>1370668</v>
       </c>
       <c r="E263" s="2">
-        <v>3651999042</v>
+        <v>3702199512</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>68</v>
+        <v>1225</v>
       </c>
       <c r="G263" s="2" t="s">
-        <v>1237</v>
+        <v>1226</v>
       </c>
       <c r="H263" s="2" t="s">
-        <v>1238</v>
+        <v>1227</v>
       </c>
       <c r="I263" s="2" t="s">
-        <v>1239</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" s="2">
         <v>263</v>
       </c>
       <c r="B264" s="2" t="s">
-        <v>1240</v>
+        <v>1229</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>10</v>
+        <v>1230</v>
       </c>
       <c r="D264" s="2">
-        <v>1360215</v>
+        <v>1370777</v>
       </c>
       <c r="E264" s="2">
-        <v>3617999081</v>
+        <v>3702228925</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>68</v>
+        <v>32</v>
       </c>
       <c r="G264" s="2" t="s">
-        <v>1241</v>
+        <v>1231</v>
       </c>
       <c r="H264" s="2" t="s">
-        <v>1242</v>
+        <v>1217</v>
       </c>
       <c r="I264" s="2" t="s">
-        <v>1243</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265" s="2">
         <v>264</v>
       </c>
       <c r="B265" s="2" t="s">
-        <v>1244</v>
+        <v>1233</v>
       </c>
       <c r="C265" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D265" s="2">
-        <v>1360216</v>
+        <v>1380232</v>
       </c>
       <c r="E265" s="2">
-        <v>3620009658</v>
+        <v>3801990027</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="G265" s="2" t="s">
-        <v>1245</v>
+        <v>1234</v>
       </c>
       <c r="H265" s="2" t="s">
-        <v>1246</v>
+        <v>1235</v>
       </c>
       <c r="I265" s="2" t="s">
-        <v>1247</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266" s="2">
         <v>265</v>
       </c>
       <c r="B266" s="2" t="s">
-        <v>1248</v>
+        <v>1237</v>
       </c>
       <c r="C266" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D266" s="2">
-        <v>1360217</v>
+        <v>1380233</v>
       </c>
       <c r="E266" s="2">
-        <v>3622004609</v>
+        <v>3808187490</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>68</v>
+        <v>1238</v>
       </c>
       <c r="G266" s="2" t="s">
-        <v>1249</v>
+        <v>1239</v>
       </c>
       <c r="H266" s="2" t="s">
-        <v>1250</v>
+        <v>1240</v>
       </c>
       <c r="I266" s="2" t="s">
-        <v>1251</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267" s="2">
         <v>266</v>
       </c>
       <c r="B267" s="2" t="s">
-        <v>1252</v>
+        <v>1242</v>
       </c>
       <c r="C267" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D267" s="2">
-        <v>1360218</v>
+        <v>1380235</v>
       </c>
       <c r="E267" s="2">
-        <v>3623999001</v>
+        <v>3801105025</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="G267" s="2" t="s">
-        <v>1253</v>
+        <v>1243</v>
       </c>
       <c r="H267" s="2" t="s">
-        <v>1254</v>
+        <v>1244</v>
       </c>
       <c r="I267" s="2" t="s">
-        <v>1255</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268" s="2">
         <v>267</v>
       </c>
       <c r="B268" s="2" t="s">
-        <v>1256</v>
+        <v>1246</v>
       </c>
       <c r="C268" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D268" s="2">
-        <v>1360219</v>
+        <v>1380236</v>
       </c>
       <c r="E268" s="2">
-        <v>3624003819</v>
+        <v>3814017263</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="G268" s="2" t="s">
-        <v>1257</v>
+        <v>1247</v>
       </c>
       <c r="H268" s="2" t="s">
-        <v>1258</v>
+        <v>1248</v>
       </c>
       <c r="I268" s="2" t="s">
-        <v>1259</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269" s="2">
         <v>268</v>
       </c>
       <c r="B269" s="2" t="s">
-        <v>1260</v>
+        <v>1250</v>
       </c>
       <c r="C269" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D269" s="2">
-        <v>1360220</v>
+        <v>1380237</v>
       </c>
       <c r="E269" s="2">
-        <v>3625007301</v>
+        <v>3814997510</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="G269" s="2" t="s">
-        <v>1261</v>
+        <v>1251</v>
       </c>
       <c r="H269" s="2" t="s">
-        <v>1262</v>
+        <v>1252</v>
       </c>
       <c r="I269" s="2" t="s">
-        <v>1263</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270" s="2">
         <v>269</v>
       </c>
       <c r="B270" s="2" t="s">
-        <v>1264</v>
+        <v>1254</v>
       </c>
       <c r="C270" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D270" s="2">
-        <v>1360221</v>
+        <v>1380239</v>
       </c>
       <c r="E270" s="2">
-        <v>3626999017</v>
+        <v>3814016990</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="G270" s="2" t="s">
-        <v>1265</v>
+        <v>1255</v>
       </c>
       <c r="H270" s="2" t="s">
-        <v>1266</v>
+        <v>1256</v>
       </c>
       <c r="I270" s="2" t="s">
-        <v>1267</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" s="2">
         <v>270</v>
       </c>
       <c r="B271" s="2" t="s">
-        <v>1268</v>
+        <v>1258</v>
       </c>
       <c r="C271" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D271" s="2">
-        <v>1360222</v>
+        <v>1380241</v>
       </c>
       <c r="E271" s="2">
-        <v>3627015322</v>
+        <v>3814016140</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="G271" s="2" t="s">
-        <v>1269</v>
+        <v>1259</v>
       </c>
       <c r="H271" s="2" t="s">
-        <v>1270</v>
+        <v>1260</v>
       </c>
       <c r="I271" s="2" t="s">
-        <v>1271</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272" s="2">
         <v>271</v>
       </c>
       <c r="B272" s="2" t="s">
-        <v>1272</v>
+        <v>1262</v>
       </c>
       <c r="C272" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D272" s="2">
-        <v>1360223</v>
+        <v>1380244</v>
       </c>
       <c r="E272" s="2">
-        <v>3628009233</v>
+        <v>3817038092</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="G272" s="2" t="s">
-        <v>1273</v>
+        <v>1263</v>
       </c>
       <c r="H272" s="2" t="s">
-        <v>1274</v>
+        <v>1264</v>
       </c>
       <c r="I272" s="2" t="s">
-        <v>1275</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273" s="2">
         <v>272</v>
       </c>
       <c r="B273" s="2" t="s">
-        <v>1276</v>
+        <v>1266</v>
       </c>
       <c r="C273" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D273" s="2">
-        <v>1360224</v>
+        <v>1380246</v>
       </c>
       <c r="E273" s="2">
-        <v>3629999030</v>
+        <v>3818029140</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="G273" s="2" t="s">
-        <v>1277</v>
+        <v>1267</v>
       </c>
       <c r="H273" s="2" t="s">
-        <v>1278</v>
+        <v>1268</v>
       </c>
       <c r="I273" s="2" t="s">
-        <v>1279</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274" s="2">
         <v>273</v>
       </c>
       <c r="B274" s="2" t="s">
-        <v>1280</v>
+        <v>1270</v>
       </c>
       <c r="C274" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D274" s="2">
-        <v>1360225</v>
+        <v>1380247</v>
       </c>
       <c r="E274" s="2">
-        <v>3631999012</v>
+        <v>3804009753</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="G274" s="2" t="s">
-        <v>1281</v>
+        <v>1271</v>
       </c>
       <c r="H274" s="2" t="s">
-        <v>1282</v>
+        <v>1272</v>
       </c>
       <c r="I274" s="2" t="s">
-        <v>1283</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275" s="2">
         <v>274</v>
       </c>
       <c r="B275" s="2" t="s">
-        <v>1284</v>
+        <v>1274</v>
       </c>
       <c r="C275" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D275" s="2">
-        <v>1360229</v>
+        <v>1380248</v>
       </c>
       <c r="E275" s="2">
-        <v>3664114402</v>
+        <v>3827040118</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>623</v>
+        <v>12</v>
       </c>
       <c r="G275" s="2" t="s">
-        <v>1285</v>
+        <v>1275</v>
       </c>
       <c r="H275" s="2" t="s">
-        <v>1286</v>
+        <v>1276</v>
       </c>
       <c r="I275" s="2" t="s">
-        <v>1287</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276" s="2">
         <v>275</v>
       </c>
       <c r="B276" s="2" t="s">
-        <v>1288</v>
+        <v>1278</v>
       </c>
       <c r="C276" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D276" s="2">
-        <v>1360231</v>
+        <v>1380252</v>
       </c>
       <c r="E276" s="2">
-        <v>3666127566</v>
+        <v>3848002314</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>633</v>
+        <v>12</v>
       </c>
       <c r="G276" s="2" t="s">
-        <v>1289</v>
+        <v>1279</v>
       </c>
       <c r="H276" s="2" t="s">
-        <v>1290</v>
+        <v>1280</v>
       </c>
       <c r="I276" s="2" t="s">
-        <v>1291</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" s="2">
         <v>276</v>
       </c>
       <c r="B277" s="2" t="s">
-        <v>1292</v>
+        <v>1282</v>
       </c>
       <c r="C277" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D277" s="2">
-        <v>1370118</v>
+        <v>1390253</v>
       </c>
       <c r="E277" s="2">
-        <v>3703021585</v>
+        <v>3906905082</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>387</v>
+        <v>12</v>
       </c>
       <c r="G277" s="2" t="s">
-        <v>1293</v>
+        <v>1283</v>
       </c>
       <c r="H277" s="2" t="s">
-        <v>1294</v>
+        <v>1284</v>
       </c>
       <c r="I277" s="2" t="s">
-        <v>1295</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278" s="2">
         <v>277</v>
       </c>
       <c r="B278" s="2" t="s">
-        <v>1296</v>
+        <v>1286</v>
       </c>
       <c r="C278" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D278" s="2">
-        <v>1370119</v>
+        <v>1390254</v>
       </c>
       <c r="E278" s="2">
-        <v>3728015495</v>
+        <v>3906905075</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>38</v>
+        <v>1287</v>
       </c>
       <c r="G278" s="2" t="s">
-        <v>1297</v>
+        <v>1288</v>
       </c>
       <c r="H278" s="2" t="s">
-        <v>1298</v>
+        <v>1284</v>
       </c>
       <c r="I278" s="2" t="s">
-        <v>1299</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" s="2">
         <v>278</v>
       </c>
       <c r="B279" s="2" t="s">
-        <v>1300</v>
+        <v>1290</v>
       </c>
       <c r="C279" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D279" s="2">
-        <v>1370120</v>
+        <v>1390255</v>
       </c>
       <c r="E279" s="2">
-        <v>3702574876</v>
+        <v>3906905068</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>633</v>
+        <v>32</v>
       </c>
       <c r="G279" s="2" t="s">
-        <v>1301</v>
+        <v>1291</v>
       </c>
       <c r="H279" s="2" t="s">
-        <v>1302</v>
+        <v>1292</v>
       </c>
       <c r="I279" s="2" t="s">
-        <v>1303</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" s="2">
         <v>279</v>
       </c>
       <c r="B280" s="2" t="s">
-        <v>1304</v>
+        <v>1294</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>1305</v>
+        <v>10</v>
       </c>
       <c r="D280" s="2">
-        <v>1370668</v>
+        <v>1400256</v>
       </c>
       <c r="E280" s="2">
-        <v>3702199512</v>
+        <v>4025415484</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>1306</v>
+        <v>1295</v>
       </c>
       <c r="G280" s="2" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="H280" s="2" t="s">
-        <v>1308</v>
+        <v>1297</v>
       </c>
       <c r="I280" s="2" t="s">
-        <v>1309</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" s="2">
         <v>280</v>
       </c>
       <c r="B281" s="2" t="s">
-        <v>1310</v>
+        <v>1299</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>1305</v>
+        <v>10</v>
       </c>
       <c r="D281" s="2">
-        <v>1370669</v>
+        <v>1400257</v>
       </c>
       <c r="E281" s="2">
-        <v>3702187267</v>
+        <v>4025427585</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>872</v>
+        <v>1300</v>
       </c>
       <c r="G281" s="2" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="H281" s="2" t="s">
-        <v>1312</v>
+        <v>1302</v>
       </c>
       <c r="I281" s="2" t="s">
-        <v>1313</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282" s="2">
         <v>281</v>
       </c>
       <c r="B282" s="2" t="s">
-        <v>1314</v>
+        <v>1304</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>1315</v>
+        <v>10</v>
       </c>
       <c r="D282" s="2">
-        <v>1370777</v>
+        <v>1400258</v>
       </c>
       <c r="E282" s="2">
-        <v>3702228925</v>
+        <v>4025433807</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>32</v>
+        <v>1305</v>
       </c>
       <c r="G282" s="2" t="s">
-        <v>1316</v>
+        <v>1306</v>
       </c>
       <c r="H282" s="2" t="s">
-        <v>1298</v>
+        <v>1307</v>
       </c>
       <c r="I282" s="2" t="s">
-        <v>1317</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283" s="2">
         <v>282</v>
       </c>
       <c r="B283" s="2" t="s">
-        <v>1318</v>
+        <v>1309</v>
       </c>
       <c r="C283" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D283" s="2">
-        <v>1380232</v>
+        <v>1400259</v>
       </c>
       <c r="E283" s="2">
-        <v>3801990027</v>
+        <v>4025078327</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>38</v>
+        <v>1295</v>
       </c>
       <c r="G283" s="2" t="s">
-        <v>1319</v>
+        <v>1310</v>
       </c>
       <c r="H283" s="2" t="s">
-        <v>1320</v>
+        <v>1297</v>
       </c>
       <c r="I283" s="2" t="s">
-        <v>1321</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" s="2">
         <v>283</v>
       </c>
       <c r="B284" s="2" t="s">
-        <v>1322</v>
+        <v>1312</v>
       </c>
       <c r="C284" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D284" s="2">
-        <v>1380233</v>
+        <v>1400261</v>
       </c>
       <c r="E284" s="2">
-        <v>3808187490</v>
+        <v>4027015435</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>1323</v>
+        <v>213</v>
       </c>
       <c r="G284" s="2" t="s">
-        <v>1324</v>
+        <v>1313</v>
       </c>
       <c r="H284" s="2" t="s">
-        <v>1325</v>
+        <v>1314</v>
       </c>
       <c r="I284" s="2" t="s">
-        <v>1326</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" s="2">
         <v>284</v>
       </c>
       <c r="B285" s="2" t="s">
-        <v>1327</v>
+        <v>1316</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D285" s="2">
-        <v>1380235</v>
+        <v>1400262</v>
       </c>
       <c r="E285" s="2">
-        <v>3801105025</v>
+        <v>4027085680</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>38</v>
+        <v>1317</v>
       </c>
       <c r="G285" s="2" t="s">
-        <v>1328</v>
+        <v>1318</v>
       </c>
       <c r="H285" s="2" t="s">
-        <v>1329</v>
+        <v>1319</v>
       </c>
       <c r="I285" s="2" t="s">
-        <v>1330</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286" s="2">
         <v>285</v>
       </c>
       <c r="B286" s="2" t="s">
-        <v>1331</v>
+        <v>1321</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>10</v>
+        <v>1322</v>
       </c>
       <c r="D286" s="2">
-        <v>1380236</v>
+        <v>1400263</v>
       </c>
       <c r="E286" s="2">
-        <v>3814017263</v>
+        <v>4027135732</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>38</v>
+        <v>1323</v>
       </c>
       <c r="G286" s="2" t="s">
-        <v>1332</v>
+        <v>1313</v>
       </c>
       <c r="H286" s="2" t="s">
-        <v>1333</v>
+        <v>1324</v>
       </c>
       <c r="I286" s="2" t="s">
-        <v>1334</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287" s="2">
         <v>286</v>
       </c>
       <c r="B287" s="2" t="s">
-        <v>1335</v>
+        <v>1326</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>10</v>
+        <v>1327</v>
       </c>
       <c r="D287" s="2">
-        <v>1380237</v>
+        <v>1400826</v>
       </c>
       <c r="E287" s="2">
-        <v>3814997510</v>
+        <v>4025084017</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>38</v>
+        <v>1328</v>
       </c>
       <c r="G287" s="2" t="s">
-        <v>1336</v>
+        <v>1301</v>
       </c>
       <c r="H287" s="2" t="s">
-        <v>1337</v>
+        <v>1329</v>
       </c>
       <c r="I287" s="2" t="s">
-        <v>1338</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288" s="2">
         <v>287</v>
       </c>
       <c r="B288" s="2" t="s">
-        <v>1339</v>
+        <v>1331</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>10</v>
+        <v>936</v>
       </c>
       <c r="D288" s="2">
-        <v>1380238</v>
+        <v>1400830</v>
       </c>
       <c r="E288" s="2">
-        <v>3818028354</v>
+        <v>4027145410</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>38</v>
+        <v>111</v>
       </c>
       <c r="G288" s="2" t="s">
-        <v>1340</v>
+        <v>1332</v>
       </c>
       <c r="H288" s="2" t="s">
-        <v>1341</v>
+        <v>1333</v>
       </c>
       <c r="I288" s="2" t="s">
-        <v>1342</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289" s="2">
         <v>288</v>
       </c>
       <c r="B289" s="2" t="s">
-        <v>1343</v>
+        <v>1335</v>
       </c>
       <c r="C289" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D289" s="2">
-        <v>1380239</v>
+        <v>1410263</v>
       </c>
       <c r="E289" s="2">
-        <v>3814016990</v>
+        <v>4101141534</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="G289" s="2" t="s">
-        <v>1344</v>
+        <v>1336</v>
       </c>
       <c r="H289" s="2" t="s">
-        <v>1345</v>
+        <v>1337</v>
       </c>
       <c r="I289" s="2" t="s">
-        <v>1346</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290" s="2">
         <v>289</v>
       </c>
       <c r="B290" s="2" t="s">
-        <v>1347</v>
+        <v>1339</v>
       </c>
       <c r="C290" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D290" s="2">
-        <v>1380240</v>
+        <v>1410264</v>
       </c>
       <c r="E290" s="2">
-        <v>3851003678</v>
+        <v>4101091354</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G290" s="2" t="s">
-        <v>1348</v>
+        <v>1340</v>
       </c>
       <c r="H290" s="2" t="s">
-        <v>1349</v>
+        <v>1341</v>
       </c>
       <c r="I290" s="2" t="s">
-        <v>1350</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291" s="2">
         <v>290</v>
       </c>
       <c r="B291" s="2" t="s">
-        <v>1351</v>
+        <v>1343</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>10</v>
+        <v>1344</v>
       </c>
       <c r="D291" s="2">
-        <v>1380241</v>
+        <v>1410713</v>
       </c>
       <c r="E291" s="2">
-        <v>3814016140</v>
+        <v>4101183774</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>38</v>
+        <v>1345</v>
       </c>
       <c r="G291" s="2" t="s">
-        <v>1352</v>
+        <v>1346</v>
       </c>
       <c r="H291" s="2" t="s">
-        <v>1353</v>
+        <v>1347</v>
       </c>
       <c r="I291" s="2" t="s">
-        <v>1354</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292" s="2">
         <v>291</v>
       </c>
       <c r="B292" s="2" t="s">
-        <v>1355</v>
+        <v>1349</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>10</v>
+        <v>1350</v>
       </c>
       <c r="D292" s="2">
-        <v>1380242</v>
+        <v>1410715</v>
       </c>
       <c r="E292" s="2">
-        <v>3851998007</v>
+        <v>4101183767</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>38</v>
+        <v>111</v>
       </c>
       <c r="G292" s="2" t="s">
-        <v>1356</v>
+        <v>1351</v>
       </c>
       <c r="H292" s="2" t="s">
-        <v>1357</v>
+        <v>1352</v>
       </c>
       <c r="I292" s="2" t="s">
-        <v>1358</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293" s="2">
         <v>292</v>
       </c>
       <c r="B293" s="2" t="s">
-        <v>1359</v>
+        <v>1354</v>
       </c>
       <c r="C293" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D293" s="2">
-        <v>1380243</v>
+        <v>1420265</v>
       </c>
       <c r="E293" s="2">
-        <v>3816997219</v>
+        <v>4207043015</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>38</v>
+        <v>213</v>
       </c>
       <c r="G293" s="2" t="s">
-        <v>1360</v>
+        <v>1355</v>
       </c>
       <c r="H293" s="2" t="s">
-        <v>1361</v>
+        <v>1356</v>
       </c>
       <c r="I293" s="2" t="s">
-        <v>1362</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" s="2">
         <v>293</v>
       </c>
       <c r="B294" s="2" t="s">
-        <v>1363</v>
+        <v>1358</v>
       </c>
       <c r="C294" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D294" s="2">
-        <v>1380244</v>
+        <v>1420267</v>
       </c>
       <c r="E294" s="2">
-        <v>3817038092</v>
+        <v>4212016458</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>38</v>
+        <v>131</v>
       </c>
       <c r="G294" s="2" t="s">
-        <v>1364</v>
+        <v>1359</v>
       </c>
       <c r="H294" s="2" t="s">
-        <v>1365</v>
+        <v>1360</v>
       </c>
       <c r="I294" s="2" t="s">
-        <v>1366</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" s="2">
         <v>294</v>
       </c>
       <c r="B295" s="2" t="s">
-        <v>1367</v>
+        <v>1362</v>
       </c>
       <c r="C295" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D295" s="2">
-        <v>1380246</v>
+        <v>1420268</v>
       </c>
       <c r="E295" s="2">
-        <v>3818029140</v>
+        <v>4214034999</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>38</v>
+        <v>67</v>
       </c>
       <c r="G295" s="2" t="s">
-        <v>1368</v>
+        <v>1363</v>
       </c>
       <c r="H295" s="2" t="s">
-        <v>1369</v>
+        <v>1364</v>
       </c>
       <c r="I295" s="2" t="s">
-        <v>1370</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296" s="2">
         <v>295</v>
       </c>
       <c r="B296" s="2" t="s">
-        <v>1371</v>
+        <v>1366</v>
       </c>
       <c r="C296" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D296" s="2">
-        <v>1380247</v>
+        <v>1420269</v>
       </c>
       <c r="E296" s="2">
-        <v>3804009753</v>
+        <v>4223028286</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>38</v>
+        <v>131</v>
       </c>
       <c r="G296" s="2" t="s">
-        <v>1372</v>
+        <v>1367</v>
       </c>
       <c r="H296" s="2" t="s">
-        <v>1373</v>
+        <v>1368</v>
       </c>
       <c r="I296" s="2" t="s">
-        <v>1374</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" s="2">
         <v>296</v>
       </c>
       <c r="B297" s="2" t="s">
-        <v>1375</v>
+        <v>1370</v>
       </c>
       <c r="C297" s="2" t="s">
-        <v>10</v>
+        <v>1371</v>
       </c>
       <c r="D297" s="2">
-        <v>1380248</v>
+        <v>1420671</v>
       </c>
       <c r="E297" s="2">
-        <v>3827040118</v>
+        <v>4205176884</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>38</v>
+        <v>67</v>
       </c>
       <c r="G297" s="2" t="s">
-        <v>1376</v>
+        <v>1372</v>
       </c>
       <c r="H297" s="2" t="s">
-        <v>1377</v>
+        <v>1373</v>
       </c>
       <c r="I297" s="2" t="s">
-        <v>1378</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" s="2">
         <v>297</v>
       </c>
       <c r="B298" s="2" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C298" s="2" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D298" s="2">
+        <v>1420780</v>
+      </c>
+      <c r="E298" s="2">
+        <v>4223034459</v>
+      </c>
+      <c r="F298" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G298" s="2" t="s">
+        <v>1377</v>
+      </c>
+      <c r="H298" s="2" t="s">
+        <v>1378</v>
+      </c>
+      <c r="I298" s="2" t="s">
         <v>1379</v>
-      </c>
-[...19 lines deleted...]
-        <v>1382</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299" s="2">
         <v>298</v>
       </c>
       <c r="B299" s="2" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C299" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D299" s="2">
+        <v>1420802</v>
+      </c>
+      <c r="E299" s="2">
+        <v>4205389000</v>
+      </c>
+      <c r="F299" s="2" t="s">
+        <v>1381</v>
+      </c>
+      <c r="G299" s="2" t="s">
+        <v>1382</v>
+      </c>
+      <c r="H299" s="2" t="s">
         <v>1383</v>
       </c>
-      <c r="C299" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G299" s="2" t="s">
+      <c r="I299" s="2" t="s">
         <v>1384</v>
-      </c>
-[...4 lines deleted...]
-        <v>1386</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300" s="2">
         <v>299</v>
       </c>
       <c r="B300" s="2" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C300" s="2" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D300" s="2">
+        <v>1420805</v>
+      </c>
+      <c r="E300" s="2">
+        <v>4217198025</v>
+      </c>
+      <c r="F300" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G300" s="2" t="s">
         <v>1387</v>
       </c>
-      <c r="C300" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F300" s="2" t="s">
+      <c r="H300" s="2" t="s">
         <v>1388</v>
       </c>
-      <c r="G300" s="2" t="s">
+      <c r="I300" s="2" t="s">
         <v>1389</v>
-      </c>
-[...4 lines deleted...]
-        <v>1390</v>
       </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301" s="2">
         <v>300</v>
       </c>
       <c r="B301" s="2" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C301" s="2" t="s">
         <v>1391</v>
       </c>
-      <c r="C301" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D301" s="2">
-        <v>1390255</v>
+        <v>1420907</v>
       </c>
       <c r="E301" s="2">
-        <v>3906905068</v>
+        <v>4205380030</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>32</v>
+        <v>111</v>
       </c>
       <c r="G301" s="2" t="s">
         <v>1392</v>
       </c>
       <c r="H301" s="2" t="s">
         <v>1393</v>
       </c>
       <c r="I301" s="2" t="s">
         <v>1394</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302" s="2">
         <v>301</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>1395</v>
       </c>
       <c r="C302" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D302" s="2">
-        <v>1400256</v>
+        <v>1430271</v>
       </c>
       <c r="E302" s="2">
-        <v>4025415484</v>
+        <v>4345045088</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>19</v>
+        <v>1396</v>
       </c>
       <c r="G302" s="2" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="H302" s="2" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="I302" s="2" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303" s="2">
         <v>302</v>
       </c>
       <c r="B303" s="2" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="C303" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D303" s="2">
-        <v>1400257</v>
+        <v>1430272</v>
       </c>
       <c r="E303" s="2">
-        <v>4025427585</v>
+        <v>4303004650</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>1400</v>
+        <v>632</v>
       </c>
       <c r="G303" s="2" t="s">
         <v>1401</v>
       </c>
       <c r="H303" s="2" t="s">
         <v>1402</v>
       </c>
       <c r="I303" s="2" t="s">
         <v>1403</v>
       </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304" s="2">
         <v>303</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>1404</v>
       </c>
       <c r="C304" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D304" s="2">
-        <v>1400258</v>
+        <v>1430273</v>
       </c>
       <c r="E304" s="2">
-        <v>4025433807</v>
+        <v>4305070803</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>242</v>
+        <v>632</v>
       </c>
       <c r="G304" s="2" t="s">
         <v>1405</v>
       </c>
       <c r="H304" s="2" t="s">
         <v>1406</v>
       </c>
       <c r="I304" s="2" t="s">
         <v>1407</v>
       </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305" s="2">
         <v>304</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>1408</v>
       </c>
       <c r="C305" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D305" s="2">
-        <v>1400259</v>
+        <v>1430274</v>
       </c>
       <c r="E305" s="2">
-        <v>4025078327</v>
+        <v>4307010140</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>19</v>
+        <v>632</v>
       </c>
       <c r="G305" s="2" t="s">
         <v>1409</v>
       </c>
       <c r="H305" s="2" t="s">
-        <v>1397</v>
+        <v>1410</v>
       </c>
       <c r="I305" s="2" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="306" spans="1:9">
       <c r="A306" s="2">
         <v>305</v>
       </c>
       <c r="B306" s="2" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="C306" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D306" s="2">
-        <v>1400261</v>
+        <v>1430275</v>
       </c>
       <c r="E306" s="2">
-        <v>4027015435</v>
+        <v>4312128701</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>248</v>
+        <v>632</v>
       </c>
       <c r="G306" s="2" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="H306" s="2" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="I306" s="2" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307" s="2">
         <v>306</v>
       </c>
       <c r="B307" s="2" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D307" s="2">
-        <v>1400262</v>
+        <v>1430277</v>
       </c>
       <c r="E307" s="2">
-        <v>4027085680</v>
+        <v>4324006472</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>19</v>
+        <v>131</v>
       </c>
       <c r="G307" s="2" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="H307" s="2" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="I307" s="2" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="308" spans="1:9">
       <c r="A308" s="2">
         <v>307</v>
       </c>
       <c r="B308" s="2" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>1420</v>
+        <v>10</v>
       </c>
       <c r="D308" s="2">
-        <v>1400263</v>
+        <v>1430278</v>
       </c>
       <c r="E308" s="2">
-        <v>4027135732</v>
+        <v>4326008718</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="G308" s="2" t="s">
-        <v>1412</v>
+        <v>1421</v>
       </c>
       <c r="H308" s="2" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="I308" s="2" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309" s="2">
         <v>308</v>
       </c>
       <c r="B309" s="2" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>1424</v>
+        <v>10</v>
       </c>
       <c r="D309" s="2">
-        <v>1400826</v>
+        <v>1430279</v>
       </c>
       <c r="E309" s="2">
-        <v>4025084017</v>
+        <v>4334006464</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>19</v>
+        <v>632</v>
       </c>
       <c r="G309" s="2" t="s">
-        <v>1401</v>
+        <v>1425</v>
       </c>
       <c r="H309" s="2" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="I309" s="2" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="310" spans="1:9">
       <c r="A310" s="2">
         <v>309</v>
       </c>
       <c r="B310" s="2" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>1006</v>
+        <v>10</v>
       </c>
       <c r="D310" s="2">
-        <v>1400830</v>
+        <v>1430280</v>
       </c>
       <c r="E310" s="2">
-        <v>4027145410</v>
+        <v>4339008465</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>112</v>
+        <v>632</v>
       </c>
       <c r="G310" s="2" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="H310" s="2" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="I310" s="2" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="311" spans="1:9">
       <c r="A311" s="2">
         <v>310</v>
       </c>
       <c r="B311" s="2" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D311" s="2">
-        <v>1410263</v>
+        <v>1430281</v>
       </c>
       <c r="E311" s="2">
-        <v>4101141534</v>
+        <v>4345980291</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>32</v>
+        <v>111</v>
       </c>
       <c r="G311" s="2" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="H311" s="2" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="I311" s="2" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="312" spans="1:9">
       <c r="A312" s="2">
         <v>311</v>
       </c>
       <c r="B312" s="2" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D312" s="2">
-        <v>1410264</v>
+        <v>1430283</v>
       </c>
       <c r="E312" s="2">
-        <v>4101091354</v>
+        <v>4332006243</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>1436</v>
+        <v>131</v>
       </c>
       <c r="G312" s="2" t="s">
         <v>1437</v>
       </c>
       <c r="H312" s="2" t="s">
         <v>1438</v>
       </c>
       <c r="I312" s="2" t="s">
         <v>1439</v>
       </c>
     </row>
     <row r="313" spans="1:9">
       <c r="A313" s="2">
         <v>312</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>1440</v>
       </c>
       <c r="C313" s="2" t="s">
         <v>1441</v>
       </c>
       <c r="D313" s="2">
-        <v>1410713</v>
+        <v>1430949</v>
       </c>
       <c r="E313" s="2">
-        <v>4101183774</v>
+        <v>4307014120</v>
       </c>
       <c r="F313" s="2" t="s">
         <v>1442</v>
       </c>
       <c r="G313" s="2" t="s">
         <v>1443</v>
       </c>
       <c r="H313" s="2" t="s">
         <v>1444</v>
       </c>
       <c r="I313" s="2" t="s">
         <v>1445</v>
       </c>
     </row>
     <row r="314" spans="1:9">
       <c r="A314" s="2">
         <v>313</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>1446</v>
       </c>
       <c r="C314" s="2" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D314" s="2">
+        <v>1430950</v>
+      </c>
+      <c r="E314" s="2">
+        <v>4336003300</v>
+      </c>
+      <c r="F314" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G314" s="2" t="s">
         <v>1447</v>
       </c>
-      <c r="D314" s="2">
-[...8 lines deleted...]
-      <c r="G314" s="2" t="s">
+      <c r="H314" s="2" t="s">
         <v>1448</v>
       </c>
-      <c r="H314" s="2" t="s">
+      <c r="I314" s="2" t="s">
         <v>1449</v>
-      </c>
-[...1 lines deleted...]
-        <v>1450</v>
       </c>
     </row>
     <row r="315" spans="1:9">
       <c r="A315" s="2">
         <v>314</v>
       </c>
       <c r="B315" s="2" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C315" s="2" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D315" s="2">
+        <v>1430951</v>
+      </c>
+      <c r="E315" s="2">
+        <v>4316005154</v>
+      </c>
+      <c r="F315" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G315" s="2" t="s">
         <v>1451</v>
       </c>
-      <c r="C315" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G315" s="2" t="s">
+      <c r="H315" s="2" t="s">
         <v>1452</v>
       </c>
-      <c r="H315" s="2" t="s">
+      <c r="I315" s="2" t="s">
         <v>1453</v>
-      </c>
-[...1 lines deleted...]
-        <v>1454</v>
       </c>
     </row>
     <row r="316" spans="1:9">
       <c r="A316" s="2">
         <v>315</v>
       </c>
       <c r="B316" s="2" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C316" s="2" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D316" s="2">
+        <v>1430952</v>
+      </c>
+      <c r="E316" s="2">
+        <v>4321005600</v>
+      </c>
+      <c r="F316" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G316" s="2" t="s">
         <v>1455</v>
       </c>
-      <c r="C316" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F316" s="2" t="s">
+      <c r="H316" s="2" t="s">
         <v>1456</v>
       </c>
-      <c r="G316" s="2" t="s">
+      <c r="I316" s="2" t="s">
         <v>1457</v>
-      </c>
-[...4 lines deleted...]
-        <v>1459</v>
       </c>
     </row>
     <row r="317" spans="1:9">
       <c r="A317" s="2">
         <v>316</v>
       </c>
       <c r="B317" s="2" t="s">
-        <v>1460</v>
+        <v>1458</v>
       </c>
       <c r="C317" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D317" s="2">
-        <v>1420267</v>
+        <v>1440281</v>
       </c>
       <c r="E317" s="2">
-        <v>4212016458</v>
+        <v>4401165046</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>132</v>
+        <v>32</v>
       </c>
       <c r="G317" s="2" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H317" s="2" t="s">
+        <v>1460</v>
+      </c>
+      <c r="I317" s="2" t="s">
         <v>1461</v>
-      </c>
-[...4 lines deleted...]
-        <v>1463</v>
       </c>
     </row>
     <row r="318" spans="1:9">
       <c r="A318" s="2">
         <v>317</v>
       </c>
       <c r="B318" s="2" t="s">
-        <v>1464</v>
+        <v>1462</v>
       </c>
       <c r="C318" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D318" s="2">
-        <v>1420268</v>
+        <v>1440282</v>
       </c>
       <c r="E318" s="2">
-        <v>4214034999</v>
+        <v>4401077110</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>68</v>
+        <v>1463</v>
       </c>
       <c r="G318" s="2" t="s">
+        <v>1464</v>
+      </c>
+      <c r="H318" s="2" t="s">
         <v>1465</v>
       </c>
-      <c r="H318" s="2" t="s">
+      <c r="I318" s="2" t="s">
         <v>1466</v>
-      </c>
-[...1 lines deleted...]
-        <v>1467</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319" s="2">
         <v>318</v>
       </c>
       <c r="B319" s="2" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C319" s="2" t="s">
         <v>1468</v>
       </c>
-      <c r="C319" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D319" s="2">
-        <v>1420269</v>
+        <v>1440744</v>
       </c>
       <c r="E319" s="2">
-        <v>4223028286</v>
+        <v>4401062636</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>132</v>
+        <v>12</v>
       </c>
       <c r="G319" s="2" t="s">
         <v>1469</v>
       </c>
       <c r="H319" s="2" t="s">
         <v>1470</v>
       </c>
       <c r="I319" s="2" t="s">
         <v>1471</v>
       </c>
     </row>
     <row r="320" spans="1:9">
       <c r="A320" s="2">
         <v>319</v>
       </c>
       <c r="B320" s="2" t="s">
-        <v>1115</v>
+        <v>1472</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="D320" s="2">
-        <v>1420671</v>
+        <v>1440825</v>
       </c>
       <c r="E320" s="2">
-        <v>4205176884</v>
+        <v>4400001221</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>68</v>
+        <v>111</v>
       </c>
       <c r="G320" s="2" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="H320" s="2" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="I320" s="2" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="321" spans="1:9">
       <c r="A321" s="2">
         <v>320</v>
       </c>
       <c r="B321" s="2" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>1477</v>
+        <v>10</v>
       </c>
       <c r="D321" s="2">
-        <v>1420780</v>
+        <v>1450282</v>
       </c>
       <c r="E321" s="2">
-        <v>4223034459</v>
+        <v>4501205214</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>132</v>
+        <v>1478</v>
       </c>
       <c r="G321" s="2" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="H321" s="2" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="I321" s="2" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="322" spans="1:9">
       <c r="A322" s="2">
         <v>321</v>
       </c>
       <c r="B322" s="2" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D322" s="2">
-        <v>1420802</v>
+        <v>1450283</v>
       </c>
       <c r="E322" s="2">
-        <v>4205389000</v>
+        <v>4501148213</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="G322" s="2" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="H322" s="2" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="I322" s="2" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="323" spans="1:9">
       <c r="A323" s="2">
         <v>322</v>
       </c>
       <c r="B323" s="2" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="C323" s="2" t="s">
-        <v>1487</v>
+        <v>10</v>
       </c>
       <c r="D323" s="2">
-        <v>1420805</v>
+        <v>1450284</v>
       </c>
       <c r="E323" s="2">
-        <v>4217198025</v>
+        <v>4501153372</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="G323" s="2" t="s">
         <v>1488</v>
       </c>
-      <c r="H323" s="2" t="s">
+      <c r="H323" s="2">
+        <v>88002504731</v>
+      </c>
+      <c r="I323" s="2" t="s">
         <v>1489</v>
-      </c>
-[...1 lines deleted...]
-        <v>1463</v>
       </c>
     </row>
     <row r="324" spans="1:9">
       <c r="A324" s="2">
         <v>323</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>1490</v>
       </c>
       <c r="C324" s="2" t="s">
         <v>1491</v>
       </c>
       <c r="D324" s="2">
-        <v>1420907</v>
+        <v>1450747</v>
       </c>
       <c r="E324" s="2">
-        <v>4205380030</v>
+        <v>4501224337</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>112</v>
+        <v>756</v>
       </c>
       <c r="G324" s="2" t="s">
         <v>1492</v>
       </c>
-      <c r="H324" s="2" t="s">
+      <c r="H324" s="2">
+        <v>-603635</v>
+      </c>
+      <c r="I324" s="2" t="s">
         <v>1493</v>
-      </c>
-[...1 lines deleted...]
-        <v>1494</v>
       </c>
     </row>
     <row r="325" spans="1:9">
       <c r="A325" s="2">
         <v>324</v>
       </c>
       <c r="B325" s="2" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C325" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="D325" s="2">
+        <v>1460289</v>
+      </c>
+      <c r="E325" s="2">
+        <v>4632087797</v>
+      </c>
+      <c r="F325" s="2" t="s">
+        <v>809</v>
+      </c>
+      <c r="G325" s="2" t="s">
         <v>1495</v>
       </c>
-      <c r="C325" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F325" s="2" t="s">
+      <c r="H325" s="2" t="s">
         <v>1496</v>
       </c>
-      <c r="G325" s="2" t="s">
+      <c r="I325" s="2" t="s">
         <v>1497</v>
-      </c>
-[...4 lines deleted...]
-        <v>1499</v>
       </c>
     </row>
     <row r="326" spans="1:9">
       <c r="A326" s="2">
         <v>325</v>
       </c>
       <c r="B326" s="2" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C326" s="2" t="s">
+        <v>1499</v>
+      </c>
+      <c r="D326" s="2">
+        <v>1460835</v>
+      </c>
+      <c r="E326" s="2">
+        <v>4632286640</v>
+      </c>
+      <c r="F326" s="2" t="s">
         <v>1500</v>
-      </c>
-[...10 lines deleted...]
-        <v>670</v>
       </c>
       <c r="G326" s="2" t="s">
         <v>1501</v>
       </c>
       <c r="H326" s="2" t="s">
         <v>1502</v>
       </c>
       <c r="I326" s="2" t="s">
         <v>1503</v>
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="A327" s="2">
         <v>326</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>1504</v>
       </c>
       <c r="C327" s="2" t="s">
-        <v>10</v>
+        <v>1505</v>
       </c>
       <c r="D327" s="2">
-        <v>1430273</v>
+        <v>1460916</v>
       </c>
       <c r="E327" s="2">
-        <v>4305070803</v>
+        <v>4632256124</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>670</v>
+        <v>51</v>
       </c>
       <c r="G327" s="2" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="H327" s="2" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="I327" s="2" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328" s="2">
         <v>327</v>
       </c>
       <c r="B328" s="2" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="C328" s="2" t="s">
-        <v>10</v>
+        <v>1510</v>
       </c>
       <c r="D328" s="2">
-        <v>1430274</v>
+        <v>1460957</v>
       </c>
       <c r="E328" s="2">
-        <v>4307010140</v>
+        <v>4632296695</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>670</v>
+        <v>12</v>
       </c>
       <c r="G328" s="2" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="H328" s="2" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="I328" s="2" t="s">
-        <v>1511</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329" s="2">
         <v>328</v>
       </c>
       <c r="B329" s="2" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="C329" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D329" s="2">
-        <v>1430275</v>
+        <v>1470289</v>
       </c>
       <c r="E329" s="2">
-        <v>4312128701</v>
+        <v>4703063562</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>670</v>
+        <v>809</v>
       </c>
       <c r="G329" s="2" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="H329" s="2" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="I329" s="2" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="330" spans="1:9">
       <c r="A330" s="2">
         <v>329</v>
       </c>
       <c r="B330" s="2" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="C330" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D330" s="2">
-        <v>1430277</v>
+        <v>1470290</v>
       </c>
       <c r="E330" s="2">
-        <v>4324006472</v>
+        <v>4701005780</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>132</v>
+        <v>104</v>
       </c>
       <c r="G330" s="2" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="H330" s="2" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="I330" s="2" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="331" spans="1:9">
       <c r="A331" s="2">
         <v>330</v>
       </c>
       <c r="B331" s="2" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>10</v>
+        <v>1522</v>
       </c>
       <c r="D331" s="2">
-        <v>1430278</v>
+        <v>1470718</v>
       </c>
       <c r="E331" s="2">
-        <v>4326008718</v>
+        <v>4704104363</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>38</v>
+        <v>1523</v>
       </c>
       <c r="G331" s="2" t="s">
-        <v>1521</v>
+        <v>1524</v>
       </c>
       <c r="H331" s="2" t="s">
-        <v>1522</v>
+        <v>1525</v>
       </c>
       <c r="I331" s="2" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="332" spans="1:9">
       <c r="A332" s="2">
         <v>331</v>
       </c>
       <c r="B332" s="2" t="s">
-        <v>1524</v>
+        <v>1527</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>10</v>
+        <v>1528</v>
       </c>
       <c r="D332" s="2">
-        <v>1430279</v>
+        <v>1470722</v>
       </c>
       <c r="E332" s="2">
-        <v>4334006464</v>
+        <v>4711470089</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>670</v>
+        <v>632</v>
       </c>
       <c r="G332" s="2" t="s">
-        <v>1525</v>
+        <v>1529</v>
       </c>
       <c r="H332" s="2" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="I332" s="2" t="s">
-        <v>1527</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="333" spans="1:9">
       <c r="A333" s="2">
         <v>332</v>
       </c>
       <c r="B333" s="2" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C333" s="2" t="s">
         <v>1528</v>
       </c>
-      <c r="C333" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D333" s="2">
-        <v>1430280</v>
+        <v>1470723</v>
       </c>
       <c r="E333" s="2">
-        <v>4339008465</v>
+        <v>4706028260</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>670</v>
+        <v>131</v>
       </c>
       <c r="G333" s="2" t="s">
-        <v>1529</v>
+        <v>1533</v>
       </c>
       <c r="H333" s="2" t="s">
-        <v>1530</v>
+        <v>1534</v>
       </c>
       <c r="I333" s="2" t="s">
-        <v>1531</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="334" spans="1:9">
       <c r="A334" s="2">
         <v>333</v>
       </c>
       <c r="B334" s="2" t="s">
-        <v>1532</v>
+        <v>1536</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>456</v>
+        <v>1528</v>
       </c>
       <c r="D334" s="2">
-        <v>1430281</v>
+        <v>1470724</v>
       </c>
       <c r="E334" s="2">
-        <v>4345980291</v>
+        <v>4707040904</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>112</v>
+        <v>131</v>
       </c>
       <c r="G334" s="2" t="s">
-        <v>1533</v>
+        <v>1537</v>
       </c>
       <c r="H334" s="2" t="s">
-        <v>1534</v>
+        <v>1538</v>
       </c>
       <c r="I334" s="2" t="s">
-        <v>1535</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="335" spans="1:9">
       <c r="A335" s="2">
         <v>334</v>
       </c>
       <c r="B335" s="2" t="s">
-        <v>1536</v>
+        <v>1540</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>456</v>
+        <v>1541</v>
       </c>
       <c r="D335" s="2">
-        <v>1430283</v>
+        <v>1470725</v>
       </c>
       <c r="E335" s="2">
-        <v>4332006243</v>
+        <v>4704099963</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>132</v>
+        <v>104</v>
       </c>
       <c r="G335" s="2" t="s">
-        <v>1537</v>
+        <v>1542</v>
       </c>
       <c r="H335" s="2" t="s">
-        <v>1538</v>
+        <v>1543</v>
       </c>
       <c r="I335" s="2" t="s">
-        <v>1539</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="336" spans="1:9">
       <c r="A336" s="2">
         <v>335</v>
       </c>
       <c r="B336" s="2" t="s">
-        <v>1540</v>
+        <v>1545</v>
       </c>
       <c r="C336" s="2" t="s">
         <v>1541</v>
       </c>
       <c r="D336" s="2">
-        <v>1430949</v>
+        <v>1470726</v>
       </c>
       <c r="E336" s="2">
-        <v>4307014120</v>
+        <v>4715470019</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>1542</v>
+        <v>1546</v>
       </c>
       <c r="G336" s="2" t="s">
-        <v>1543</v>
+        <v>1547</v>
       </c>
       <c r="H336" s="2" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
       <c r="I336" s="2" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="337" spans="1:9">
       <c r="A337" s="2">
         <v>336</v>
       </c>
       <c r="B337" s="2" t="s">
-        <v>1546</v>
+        <v>1550</v>
       </c>
       <c r="C337" s="2" t="s">
         <v>1541</v>
       </c>
       <c r="D337" s="2">
-        <v>1430950</v>
+        <v>1470727</v>
       </c>
       <c r="E337" s="2">
-        <v>4336003300</v>
+        <v>4714016772</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>132</v>
+        <v>104</v>
       </c>
       <c r="G337" s="2" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="H337" s="2" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="I337" s="2" t="s">
-        <v>1549</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="338" spans="1:9">
       <c r="A338" s="2">
         <v>337</v>
       </c>
       <c r="B338" s="2" t="s">
-        <v>1550</v>
+        <v>1554</v>
       </c>
       <c r="C338" s="2" t="s">
         <v>1541</v>
       </c>
       <c r="D338" s="2">
-        <v>1430951</v>
+        <v>1470728</v>
       </c>
       <c r="E338" s="2">
-        <v>4316005154</v>
+        <v>4703470254</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>132</v>
+        <v>1546</v>
       </c>
       <c r="G338" s="2" t="s">
-        <v>1551</v>
+        <v>1555</v>
       </c>
       <c r="H338" s="2" t="s">
-        <v>1552</v>
+        <v>1556</v>
       </c>
       <c r="I338" s="2" t="s">
-        <v>1553</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="339" spans="1:9">
       <c r="A339" s="2">
         <v>338</v>
       </c>
       <c r="B339" s="2" t="s">
-        <v>1554</v>
+        <v>1558</v>
       </c>
       <c r="C339" s="2" t="s">
         <v>1541</v>
       </c>
       <c r="D339" s="2">
-        <v>1430952</v>
+        <v>1470729</v>
       </c>
       <c r="E339" s="2">
-        <v>4321005600</v>
+        <v>4710008996</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>132</v>
+        <v>104</v>
       </c>
       <c r="G339" s="2" t="s">
-        <v>1555</v>
+        <v>1559</v>
       </c>
       <c r="H339" s="2" t="s">
-        <v>1556</v>
+        <v>1560</v>
       </c>
       <c r="I339" s="2" t="s">
-        <v>1557</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="340" spans="1:9">
       <c r="A340" s="2">
         <v>339</v>
       </c>
       <c r="B340" s="2" t="s">
-        <v>1558</v>
+        <v>1562</v>
       </c>
       <c r="C340" s="2" t="s">
-        <v>10</v>
+        <v>1541</v>
       </c>
       <c r="D340" s="2">
-        <v>1440281</v>
+        <v>1470730</v>
       </c>
       <c r="E340" s="2">
-        <v>4401165046</v>
+        <v>4705014634</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>32</v>
+        <v>1546</v>
       </c>
       <c r="G340" s="2" t="s">
-        <v>1559</v>
+        <v>1563</v>
       </c>
       <c r="H340" s="2" t="s">
-        <v>1560</v>
+        <v>1564</v>
       </c>
       <c r="I340" s="2" t="s">
-        <v>1561</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="341" spans="1:9">
       <c r="A341" s="2">
         <v>340</v>
       </c>
       <c r="B341" s="2" t="s">
-        <v>1562</v>
+        <v>1566</v>
       </c>
       <c r="C341" s="2" t="s">
-        <v>10</v>
+        <v>1541</v>
       </c>
       <c r="D341" s="2">
-        <v>1440282</v>
+        <v>1470731</v>
       </c>
       <c r="E341" s="2">
-        <v>4401077110</v>
+        <v>4719011785</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>1563</v>
+        <v>104</v>
       </c>
       <c r="G341" s="2" t="s">
-        <v>1564</v>
+        <v>1567</v>
       </c>
       <c r="H341" s="2" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="I341" s="2" t="s">
-        <v>1566</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="342" spans="1:9">
       <c r="A342" s="2">
         <v>341</v>
       </c>
       <c r="B342" s="2" t="s">
-        <v>1567</v>
+        <v>1570</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
       <c r="D342" s="2">
-        <v>1440744</v>
+        <v>1470733</v>
       </c>
       <c r="E342" s="2">
-        <v>4401062636</v>
+        <v>4715010734</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>38</v>
+        <v>104</v>
       </c>
       <c r="G342" s="2" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="H342" s="2" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="I342" s="2" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="343" spans="1:9">
       <c r="A343" s="2">
         <v>342</v>
       </c>
       <c r="B343" s="2" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="C343" s="2" t="s">
-        <v>1573</v>
+        <v>1571</v>
       </c>
       <c r="D343" s="2">
-        <v>1440825</v>
+        <v>1470734</v>
       </c>
       <c r="E343" s="2">
-        <v>4400001221</v>
+        <v>4720015431</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>112</v>
+        <v>131</v>
       </c>
       <c r="G343" s="2" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="H343" s="2" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="I343" s="2" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="A344" s="2">
         <v>343</v>
       </c>
       <c r="B344" s="2" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="C344" s="2" t="s">
-        <v>10</v>
+        <v>1571</v>
       </c>
       <c r="D344" s="2">
-        <v>1450282</v>
+        <v>1470735</v>
       </c>
       <c r="E344" s="2">
-        <v>4501205214</v>
+        <v>4712018622</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>1578</v>
+        <v>1546</v>
       </c>
       <c r="G344" s="2" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="H344" s="2" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="I344" s="2" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="345" spans="1:9">
       <c r="A345" s="2">
         <v>344</v>
       </c>
       <c r="B345" s="2" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>10</v>
+        <v>1571</v>
       </c>
       <c r="D345" s="2">
-        <v>1450283</v>
+        <v>1470736</v>
       </c>
       <c r="E345" s="2">
-        <v>4501148213</v>
+        <v>4713006250</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>1583</v>
+        <v>104</v>
       </c>
       <c r="G345" s="2" t="s">
         <v>1584</v>
       </c>
       <c r="H345" s="2" t="s">
         <v>1585</v>
       </c>
       <c r="I345" s="2" t="s">
         <v>1586</v>
       </c>
     </row>
     <row r="346" spans="1:9">
       <c r="A346" s="2">
         <v>345</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>1587</v>
       </c>
       <c r="C346" s="2" t="s">
-        <v>10</v>
+        <v>1588</v>
       </c>
       <c r="D346" s="2">
-        <v>1450284</v>
+        <v>1470737</v>
       </c>
       <c r="E346" s="2">
-        <v>4501153372</v>
+        <v>4702470124</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>38</v>
+        <v>104</v>
       </c>
       <c r="G346" s="2" t="s">
-        <v>1588</v>
-[...2 lines deleted...]
-        <v>88002504731</v>
+        <v>1589</v>
+      </c>
+      <c r="H346" s="2" t="s">
+        <v>1590</v>
       </c>
       <c r="I346" s="2" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="347" spans="1:9">
       <c r="A347" s="2">
         <v>346</v>
       </c>
       <c r="B347" s="2" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
       <c r="C347" s="2" t="s">
-        <v>1591</v>
+        <v>1588</v>
       </c>
       <c r="D347" s="2">
-        <v>1450747</v>
+        <v>1470738</v>
       </c>
       <c r="E347" s="2">
-        <v>4501224337</v>
+        <v>4711005363</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>818</v>
+        <v>104</v>
       </c>
       <c r="G347" s="2" t="s">
-        <v>1592</v>
-[...2 lines deleted...]
-        <v>-603635</v>
+        <v>1593</v>
+      </c>
+      <c r="H347" s="2" t="s">
+        <v>1594</v>
       </c>
       <c r="I347" s="2" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="348" spans="1:9">
       <c r="A348" s="2">
         <v>347</v>
       </c>
       <c r="B348" s="2" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="C348" s="2" t="s">
-        <v>456</v>
+        <v>1588</v>
       </c>
       <c r="D348" s="2">
-        <v>1460289</v>
+        <v>1470739</v>
       </c>
       <c r="E348" s="2">
-        <v>4632087797</v>
+        <v>4716008150</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>872</v>
+        <v>131</v>
       </c>
       <c r="G348" s="2" t="s">
-        <v>1595</v>
+        <v>1597</v>
       </c>
       <c r="H348" s="2" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
       <c r="I348" s="2" t="s">
-        <v>1597</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="349" spans="1:9">
       <c r="A349" s="2">
         <v>348</v>
       </c>
       <c r="B349" s="2" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
       <c r="C349" s="2" t="s">
-        <v>1599</v>
+        <v>1588</v>
       </c>
       <c r="D349" s="2">
-        <v>1460835</v>
+        <v>1470740</v>
       </c>
       <c r="E349" s="2">
-        <v>4632286640</v>
+        <v>4715018772</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>1600</v>
+        <v>131</v>
       </c>
       <c r="G349" s="2" t="s">
         <v>1601</v>
       </c>
       <c r="H349" s="2" t="s">
         <v>1602</v>
       </c>
       <c r="I349" s="2" t="s">
         <v>1603</v>
       </c>
     </row>
     <row r="350" spans="1:9">
       <c r="A350" s="2">
         <v>349</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>1604</v>
       </c>
       <c r="C350" s="2" t="s">
+        <v>1588</v>
+      </c>
+      <c r="D350" s="2">
+        <v>1470741</v>
+      </c>
+      <c r="E350" s="2">
+        <v>4705074785</v>
+      </c>
+      <c r="F350" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="G350" s="2" t="s">
         <v>1605</v>
       </c>
-      <c r="D350" s="2">
-[...8 lines deleted...]
-      <c r="G350" s="2" t="s">
+      <c r="H350" s="2" t="s">
         <v>1606</v>
       </c>
-      <c r="H350" s="2" t="s">
+      <c r="I350" s="2" t="s">
         <v>1607</v>
-      </c>
-[...1 lines deleted...]
-        <v>1608</v>
       </c>
     </row>
     <row r="351" spans="1:9">
       <c r="A351" s="2">
         <v>350</v>
       </c>
       <c r="B351" s="2" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C351" s="2" t="s">
         <v>1609</v>
       </c>
-      <c r="C351" s="2" t="s">
+      <c r="D351" s="2">
+        <v>1470935</v>
+      </c>
+      <c r="E351" s="2">
+        <v>4705097790</v>
+      </c>
+      <c r="F351" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G351" s="2" t="s">
         <v>1610</v>
       </c>
-      <c r="D351" s="2">
-[...8 lines deleted...]
-      <c r="G351" s="2" t="s">
+      <c r="H351" s="2" t="s">
         <v>1611</v>
       </c>
-      <c r="H351" s="2" t="s">
+      <c r="I351" s="2" t="s">
         <v>1612</v>
-      </c>
-[...1 lines deleted...]
-        <v>1603</v>
       </c>
     </row>
     <row r="352" spans="1:9">
       <c r="A352" s="2">
         <v>351</v>
       </c>
       <c r="B352" s="2" t="s">
         <v>1613</v>
       </c>
       <c r="C352" s="2" t="s">
-        <v>10</v>
+        <v>1614</v>
       </c>
       <c r="D352" s="2">
-        <v>1470289</v>
+        <v>1471033</v>
       </c>
       <c r="E352" s="2">
-        <v>4703063562</v>
+        <v>4705117527</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>872</v>
+        <v>12</v>
       </c>
       <c r="G352" s="2" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="H352" s="2" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="I352" s="2" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="353" spans="1:9">
       <c r="A353" s="2">
         <v>352</v>
       </c>
       <c r="B353" s="2" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="C353" s="2" t="s">
-        <v>10</v>
+        <v>814</v>
       </c>
       <c r="D353" s="2">
-        <v>1470290</v>
+        <v>1471034</v>
       </c>
       <c r="E353" s="2">
-        <v>4701005780</v>
+        <v>7842124176</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>105</v>
+        <v>51</v>
       </c>
       <c r="G353" s="2" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="H353" s="2" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="I353" s="2" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="354" spans="1:9">
       <c r="A354" s="2">
         <v>353</v>
       </c>
       <c r="B354" s="2" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>1622</v>
+        <v>10</v>
       </c>
       <c r="D354" s="2">
-        <v>1470718</v>
+        <v>1480292</v>
       </c>
       <c r="E354" s="2">
-        <v>4704104363</v>
+        <v>4824047100</v>
       </c>
       <c r="F354" s="2" t="s">
         <v>1623</v>
       </c>
       <c r="G354" s="2" t="s">
         <v>1624</v>
       </c>
       <c r="H354" s="2" t="s">
         <v>1625</v>
       </c>
       <c r="I354" s="2" t="s">
         <v>1626</v>
       </c>
     </row>
     <row r="355" spans="1:9">
       <c r="A355" s="2">
         <v>354</v>
       </c>
       <c r="B355" s="2" t="s">
         <v>1627</v>
       </c>
       <c r="C355" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D355" s="2">
+        <v>1480293</v>
+      </c>
+      <c r="E355" s="2">
+        <v>4826128562</v>
+      </c>
+      <c r="F355" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="G355" s="2" t="s">
         <v>1628</v>
       </c>
-      <c r="D355" s="2">
-[...8 lines deleted...]
-      <c r="G355" s="2" t="s">
+      <c r="H355" s="2" t="s">
         <v>1629</v>
       </c>
-      <c r="H355" s="2" t="s">
+      <c r="I355" s="2" t="s">
         <v>1630</v>
-      </c>
-[...1 lines deleted...]
-        <v>1631</v>
       </c>
     </row>
     <row r="356" spans="1:9">
       <c r="A356" s="2">
         <v>355</v>
       </c>
       <c r="B356" s="2" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C356" s="2" t="s">
         <v>1632</v>
       </c>
-      <c r="C356" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D356" s="2">
-        <v>1470723</v>
+        <v>1480852</v>
       </c>
       <c r="E356" s="2">
-        <v>4706028260</v>
+        <v>4823054400</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>132</v>
+        <v>1633</v>
       </c>
       <c r="G356" s="2" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="H356" s="2" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="I356" s="2" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="357" spans="1:9">
       <c r="A357" s="2">
         <v>356</v>
       </c>
       <c r="B357" s="2" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="C357" s="2" t="s">
-        <v>1628</v>
+        <v>1638</v>
       </c>
       <c r="D357" s="2">
-        <v>1470724</v>
+        <v>1480866</v>
       </c>
       <c r="E357" s="2">
-        <v>4707040904</v>
+        <v>4826138232</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>132</v>
+        <v>51</v>
       </c>
       <c r="G357" s="2" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="H357" s="2" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
       <c r="I357" s="2" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="358" spans="1:9">
       <c r="A358" s="2">
         <v>357</v>
       </c>
       <c r="B358" s="2" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="D358" s="2">
-        <v>1470725</v>
+        <v>1480944</v>
       </c>
       <c r="E358" s="2">
-        <v>4704099963</v>
+        <v>4813012049</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>105</v>
+        <v>19</v>
       </c>
       <c r="G358" s="2" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="H358" s="2" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="I358" s="2" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="359" spans="1:9">
       <c r="A359" s="2">
         <v>358</v>
       </c>
       <c r="B359" s="2" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>1641</v>
+        <v>10</v>
       </c>
       <c r="D359" s="2">
-        <v>1470726</v>
+        <v>1490294</v>
       </c>
       <c r="E359" s="2">
-        <v>4715470019</v>
+        <v>4909103145</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="G359" s="2" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
       <c r="H359" s="2" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="I359" s="2" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="360" spans="1:9">
       <c r="A360" s="2">
         <v>359</v>
       </c>
       <c r="B360" s="2" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>1641</v>
+        <v>1653</v>
       </c>
       <c r="D360" s="2">
-        <v>1470727</v>
+        <v>1490832</v>
       </c>
       <c r="E360" s="2">
-        <v>4714016772</v>
+        <v>4909131840</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>105</v>
+        <v>12</v>
       </c>
       <c r="G360" s="2" t="s">
-        <v>1651</v>
+        <v>1654</v>
       </c>
       <c r="H360" s="2" t="s">
-        <v>1652</v>
+        <v>1655</v>
       </c>
       <c r="I360" s="2" t="s">
-        <v>1653</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="361" spans="1:9">
       <c r="A361" s="2">
         <v>360</v>
       </c>
       <c r="B361" s="2" t="s">
-        <v>1654</v>
+        <v>1657</v>
       </c>
       <c r="C361" s="2" t="s">
-        <v>1641</v>
+        <v>10</v>
       </c>
       <c r="D361" s="2">
-        <v>1470728</v>
+        <v>1500295</v>
       </c>
       <c r="E361" s="2">
-        <v>4703470254</v>
+        <v>5038072003</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>1646</v>
+        <v>12</v>
       </c>
       <c r="G361" s="2" t="s">
-        <v>1655</v>
+        <v>1658</v>
       </c>
       <c r="H361" s="2" t="s">
-        <v>1656</v>
+        <v>1659</v>
       </c>
       <c r="I361" s="2" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="362" spans="1:9">
       <c r="A362" s="2">
         <v>361</v>
       </c>
       <c r="B362" s="2" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C362" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D362" s="2">
+        <v>1500296</v>
+      </c>
+      <c r="E362" s="2">
+        <v>5024107062</v>
+      </c>
+      <c r="F362" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="G362" s="2" t="s">
         <v>1658</v>
       </c>
-      <c r="C362" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H362" s="2" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
       <c r="I362" s="2" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="363" spans="1:9">
       <c r="A363" s="2">
         <v>362</v>
       </c>
       <c r="B363" s="2" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
       <c r="C363" s="2" t="s">
-        <v>1641</v>
+        <v>10</v>
       </c>
       <c r="D363" s="2">
-        <v>1470730</v>
+        <v>1500297</v>
       </c>
       <c r="E363" s="2">
-        <v>4705014634</v>
+        <v>5038079425</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>1646</v>
+        <v>111</v>
       </c>
       <c r="G363" s="2" t="s">
-        <v>1663</v>
-[...2 lines deleted...]
-        <v>1664</v>
+        <v>1658</v>
+      </c>
+      <c r="H363" s="2">
+        <v>89269716264</v>
       </c>
       <c r="I363" s="2" t="s">
         <v>1665</v>
       </c>
     </row>
     <row r="364" spans="1:9">
       <c r="A364" s="2">
         <v>363</v>
       </c>
       <c r="B364" s="2" t="s">
         <v>1666</v>
       </c>
       <c r="C364" s="2" t="s">
-        <v>1641</v>
+        <v>1667</v>
       </c>
       <c r="D364" s="2">
-        <v>1470731</v>
+        <v>1500721</v>
       </c>
       <c r="E364" s="2">
-        <v>4719011785</v>
+        <v>5040158219</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>105</v>
+        <v>84</v>
       </c>
       <c r="G364" s="2" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="H364" s="2" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="I364" s="2" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="365" spans="1:9">
       <c r="A365" s="2">
         <v>364</v>
       </c>
       <c r="B365" s="2" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="C365" s="2" t="s">
-        <v>1671</v>
+        <v>374</v>
       </c>
       <c r="D365" s="2">
-        <v>1470733</v>
+        <v>1500757</v>
       </c>
       <c r="E365" s="2">
-        <v>4715010734</v>
+        <v>5024194890</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>105</v>
+        <v>1672</v>
       </c>
       <c r="G365" s="2" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="H365" s="2" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="I365" s="2" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="366" spans="1:9">
       <c r="A366" s="2">
         <v>365</v>
       </c>
       <c r="B366" s="2" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="C366" s="2" t="s">
-        <v>1671</v>
+        <v>1677</v>
       </c>
       <c r="D366" s="2">
-        <v>1470734</v>
+        <v>1500772</v>
       </c>
       <c r="E366" s="2">
-        <v>4720015431</v>
+        <v>5041021182</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>132</v>
+        <v>1678</v>
       </c>
       <c r="G366" s="2" t="s">
-        <v>1676</v>
+        <v>1679</v>
       </c>
       <c r="H366" s="2" t="s">
-        <v>1677</v>
+        <v>1680</v>
       </c>
       <c r="I366" s="2" t="s">
-        <v>1678</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="367" spans="1:9">
       <c r="A367" s="2">
         <v>366</v>
       </c>
       <c r="B367" s="2" t="s">
-        <v>1679</v>
+        <v>1682</v>
       </c>
       <c r="C367" s="2" t="s">
-        <v>1671</v>
+        <v>422</v>
       </c>
       <c r="D367" s="2">
-        <v>1470735</v>
+        <v>1510128</v>
       </c>
       <c r="E367" s="2">
-        <v>4712018622</v>
+        <v>5101110425</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>1646</v>
+        <v>19</v>
       </c>
       <c r="G367" s="2" t="s">
-        <v>1680</v>
+        <v>1683</v>
       </c>
       <c r="H367" s="2" t="s">
-        <v>1681</v>
+        <v>1684</v>
       </c>
       <c r="I367" s="2" t="s">
-        <v>1682</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="368" spans="1:9">
       <c r="A368" s="2">
         <v>367</v>
       </c>
       <c r="B368" s="2" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C368" s="2" t="s">
+        <v>600</v>
+      </c>
+      <c r="D368" s="2">
+        <v>1510129</v>
+      </c>
+      <c r="E368" s="2">
+        <v>5100000331</v>
+      </c>
+      <c r="F368" s="2" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G368" s="2" t="s">
         <v>1683</v>
       </c>
-      <c r="C368" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H368" s="2" t="s">
-        <v>1685</v>
+        <v>1688</v>
       </c>
       <c r="I368" s="2" t="s">
-        <v>1686</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="369" spans="1:9">
       <c r="A369" s="2">
         <v>368</v>
       </c>
       <c r="B369" s="2" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="C369" s="2" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="D369" s="2">
-        <v>1470737</v>
+        <v>1510719</v>
       </c>
       <c r="E369" s="2">
-        <v>4702470124</v>
+        <v>5190075787</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>105</v>
+        <v>207</v>
       </c>
       <c r="G369" s="2" t="s">
-        <v>1689</v>
+        <v>1692</v>
       </c>
       <c r="H369" s="2" t="s">
-        <v>1690</v>
+        <v>1693</v>
       </c>
       <c r="I369" s="2" t="s">
-        <v>1691</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="370" spans="1:9">
       <c r="A370" s="2">
         <v>369</v>
       </c>
       <c r="B370" s="2" t="s">
-        <v>1692</v>
+        <v>1695</v>
       </c>
       <c r="C370" s="2" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="D370" s="2">
-        <v>1470738</v>
+        <v>1510720</v>
       </c>
       <c r="E370" s="2">
-        <v>4711005363</v>
+        <v>5190028145</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>105</v>
+        <v>1696</v>
       </c>
       <c r="G370" s="2" t="s">
-        <v>1693</v>
+        <v>1697</v>
       </c>
       <c r="H370" s="2" t="s">
-        <v>1694</v>
+        <v>1698</v>
       </c>
       <c r="I370" s="2" t="s">
-        <v>1695</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="371" spans="1:9">
       <c r="A371" s="2">
         <v>370</v>
       </c>
       <c r="B371" s="2" t="s">
-        <v>1696</v>
+        <v>1700</v>
       </c>
       <c r="C371" s="2" t="s">
-        <v>1688</v>
+        <v>10</v>
       </c>
       <c r="D371" s="2">
-        <v>1470739</v>
+        <v>1520300</v>
       </c>
       <c r="E371" s="2">
-        <v>4716008150</v>
+        <v>5249141792</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>132</v>
+        <v>638</v>
       </c>
       <c r="G371" s="2" t="s">
-        <v>1697</v>
+        <v>1701</v>
       </c>
       <c r="H371" s="2" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="I371" s="2" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="372" spans="1:9">
       <c r="A372" s="2">
         <v>371</v>
       </c>
       <c r="B372" s="2" t="s">
-        <v>1700</v>
+        <v>1704</v>
       </c>
       <c r="C372" s="2" t="s">
-        <v>1688</v>
+        <v>10</v>
       </c>
       <c r="D372" s="2">
-        <v>1470740</v>
+        <v>1520301</v>
       </c>
       <c r="E372" s="2">
-        <v>4715018772</v>
+        <v>5246042987</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>132</v>
+        <v>19</v>
       </c>
       <c r="G372" s="2" t="s">
-        <v>1701</v>
+        <v>1705</v>
       </c>
       <c r="H372" s="2" t="s">
-        <v>1702</v>
+        <v>1706</v>
       </c>
       <c r="I372" s="2" t="s">
-        <v>1703</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="373" spans="1:9">
       <c r="A373" s="2">
         <v>372</v>
       </c>
       <c r="B373" s="2" t="s">
-        <v>1704</v>
+        <v>1708</v>
       </c>
       <c r="C373" s="2" t="s">
-        <v>1688</v>
+        <v>10</v>
       </c>
       <c r="D373" s="2">
-        <v>1470741</v>
+        <v>1520302</v>
       </c>
       <c r="E373" s="2">
-        <v>4705074785</v>
+        <v>5248029283</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>112</v>
+        <v>19</v>
       </c>
       <c r="G373" s="2" t="s">
-        <v>1705</v>
+        <v>1709</v>
       </c>
       <c r="H373" s="2" t="s">
-        <v>1706</v>
+        <v>1710</v>
       </c>
       <c r="I373" s="2" t="s">
-        <v>1707</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="374" spans="1:9">
       <c r="A374" s="2">
         <v>373</v>
       </c>
       <c r="B374" s="2" t="s">
-        <v>1708</v>
+        <v>1712</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>1709</v>
+        <v>10</v>
       </c>
       <c r="D374" s="2">
-        <v>1470935</v>
+        <v>1520303</v>
       </c>
       <c r="E374" s="2">
-        <v>4705097790</v>
+        <v>5252030901</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>132</v>
+        <v>19</v>
       </c>
       <c r="G374" s="2" t="s">
-        <v>1710</v>
+        <v>1713</v>
       </c>
       <c r="H374" s="2" t="s">
-        <v>1711</v>
+        <v>1714</v>
       </c>
       <c r="I374" s="2" t="s">
-        <v>1712</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="375" spans="1:9">
       <c r="A375" s="2">
         <v>374</v>
       </c>
       <c r="B375" s="2" t="s">
-        <v>1713</v>
+        <v>1716</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>1714</v>
+        <v>10</v>
       </c>
       <c r="D375" s="2">
-        <v>1471033</v>
+        <v>1520304</v>
       </c>
       <c r="E375" s="2">
-        <v>4705117527</v>
+        <v>5234004514</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="G375" s="2" t="s">
-        <v>1715</v>
+        <v>1717</v>
       </c>
       <c r="H375" s="2" t="s">
-        <v>1716</v>
+        <v>1718</v>
       </c>
       <c r="I375" s="2" t="s">
-        <v>1717</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="376" spans="1:9">
       <c r="A376" s="2">
         <v>375</v>
       </c>
       <c r="B376" s="2" t="s">
-        <v>1718</v>
+        <v>1720</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>877</v>
+        <v>10</v>
       </c>
       <c r="D376" s="2">
-        <v>1471034</v>
+        <v>1520305</v>
       </c>
       <c r="E376" s="2">
-        <v>7842124176</v>
+        <v>5247051423</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="G376" s="2" t="s">
-        <v>1719</v>
+        <v>1721</v>
       </c>
       <c r="H376" s="2" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="I376" s="2" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="377" spans="1:9">
       <c r="A377" s="2">
         <v>376</v>
       </c>
       <c r="B377" s="2" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="C377" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D377" s="2">
-        <v>1480292</v>
+        <v>1520306</v>
       </c>
       <c r="E377" s="2">
-        <v>4824047100</v>
+        <v>5249099766</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>1723</v>
+        <v>19</v>
       </c>
       <c r="G377" s="2" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="H377" s="2" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="I377" s="2" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="378" spans="1:9">
       <c r="A378" s="2">
         <v>377</v>
       </c>
       <c r="B378" s="2" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="C378" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D378" s="2">
-        <v>1480293</v>
+        <v>1520307</v>
       </c>
       <c r="E378" s="2">
-        <v>4826128562</v>
+        <v>5261052926</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>377</v>
+        <v>1729</v>
       </c>
       <c r="G378" s="2" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="H378" s="2" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="I378" s="2" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="379" spans="1:9">
       <c r="A379" s="2">
         <v>378</v>
       </c>
       <c r="B379" s="2" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="C379" s="2" t="s">
-        <v>1732</v>
+        <v>10</v>
       </c>
       <c r="D379" s="2">
-        <v>1480852</v>
+        <v>1520308</v>
       </c>
       <c r="E379" s="2">
-        <v>4823054400</v>
+        <v>5260248556</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>1733</v>
+        <v>32</v>
       </c>
       <c r="G379" s="2" t="s">
         <v>1734</v>
       </c>
       <c r="H379" s="2" t="s">
         <v>1735</v>
       </c>
       <c r="I379" s="2" t="s">
         <v>1736</v>
       </c>
     </row>
     <row r="380" spans="1:9">
       <c r="A380" s="2">
         <v>379</v>
       </c>
       <c r="B380" s="2" t="s">
         <v>1737</v>
       </c>
       <c r="C380" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D380" s="2">
+        <v>1520309</v>
+      </c>
+      <c r="E380" s="2">
+        <v>5216017398</v>
+      </c>
+      <c r="F380" s="2" t="s">
+        <v>1633</v>
+      </c>
+      <c r="G380" s="2" t="s">
         <v>1738</v>
       </c>
-      <c r="D380" s="2">
-[...8 lines deleted...]
-      <c r="G380" s="2" t="s">
+      <c r="H380" s="2" t="s">
         <v>1739</v>
       </c>
-      <c r="H380" s="2" t="s">
+      <c r="I380" s="2" t="s">
         <v>1740</v>
-      </c>
-[...1 lines deleted...]
-        <v>1741</v>
       </c>
     </row>
     <row r="381" spans="1:9">
       <c r="A381" s="2">
         <v>380</v>
       </c>
       <c r="B381" s="2" t="s">
+        <v>1741</v>
+      </c>
+      <c r="C381" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D381" s="2">
+        <v>1520310</v>
+      </c>
+      <c r="E381" s="2">
+        <v>5260447150</v>
+      </c>
+      <c r="F381" s="2" t="s">
         <v>1742</v>
       </c>
-      <c r="C381" s="2" t="s">
+      <c r="G381" s="2" t="s">
         <v>1743</v>
       </c>
-      <c r="D381" s="2">
-[...8 lines deleted...]
-      <c r="G381" s="2" t="s">
+      <c r="H381" s="2" t="s">
         <v>1744</v>
       </c>
-      <c r="H381" s="2" t="s">
+      <c r="I381" s="2" t="s">
         <v>1745</v>
-      </c>
-[...1 lines deleted...]
-        <v>1746</v>
       </c>
     </row>
     <row r="382" spans="1:9">
       <c r="A382" s="2">
         <v>381</v>
       </c>
       <c r="B382" s="2" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C382" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="D382" s="2">
+        <v>1520311</v>
+      </c>
+      <c r="E382" s="2">
+        <v>5245995024</v>
+      </c>
+      <c r="F382" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G382" s="2" t="s">
         <v>1747</v>
       </c>
-      <c r="C382" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F382" s="2" t="s">
+      <c r="H382" s="2" t="s">
         <v>1748</v>
       </c>
-      <c r="G382" s="2" t="s">
+      <c r="I382" s="2" t="s">
         <v>1749</v>
-      </c>
-[...4 lines deleted...]
-        <v>1751</v>
       </c>
     </row>
     <row r="383" spans="1:9">
       <c r="A383" s="2">
         <v>382</v>
       </c>
       <c r="B383" s="2" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C383" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="D383" s="2">
+        <v>1520312</v>
+      </c>
+      <c r="E383" s="2">
+        <v>5222995028</v>
+      </c>
+      <c r="F383" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G383" s="2" t="s">
+        <v>1751</v>
+      </c>
+      <c r="H383" s="2" t="s">
         <v>1752</v>
       </c>
-      <c r="C383" s="2" t="s">
+      <c r="I383" s="2" t="s">
         <v>1753</v>
-      </c>
-[...16 lines deleted...]
-        <v>1756</v>
       </c>
     </row>
     <row r="384" spans="1:9">
       <c r="A384" s="2">
         <v>383</v>
       </c>
       <c r="B384" s="2" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C384" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="D384" s="2">
+        <v>1520313</v>
+      </c>
+      <c r="E384" s="2">
+        <v>5249088098</v>
+      </c>
+      <c r="F384" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G384" s="2" t="s">
+        <v>1755</v>
+      </c>
+      <c r="H384" s="2" t="s">
+        <v>1756</v>
+      </c>
+      <c r="I384" s="2" t="s">
         <v>1757</v>
-      </c>
-[...19 lines deleted...]
-        <v>1760</v>
       </c>
     </row>
     <row r="385" spans="1:9">
       <c r="A385" s="2">
         <v>384</v>
       </c>
       <c r="B385" s="2" t="s">
+        <v>1758</v>
+      </c>
+      <c r="C385" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="D385" s="2">
+        <v>1520314</v>
+      </c>
+      <c r="E385" s="2">
+        <v>5235006031</v>
+      </c>
+      <c r="F385" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G385" s="2" t="s">
+        <v>1759</v>
+      </c>
+      <c r="H385" s="2" t="s">
+        <v>1760</v>
+      </c>
+      <c r="I385" s="2" t="s">
         <v>1761</v>
-      </c>
-[...19 lines deleted...]
-        <v>1763</v>
       </c>
     </row>
     <row r="386" spans="1:9">
       <c r="A386" s="2">
         <v>385</v>
       </c>
       <c r="B386" s="2" t="s">
+        <v>1762</v>
+      </c>
+      <c r="C386" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="D386" s="2">
+        <v>1520316</v>
+      </c>
+      <c r="E386" s="2">
+        <v>5248040664</v>
+      </c>
+      <c r="F386" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="G386" s="2" t="s">
+        <v>1763</v>
+      </c>
+      <c r="H386" s="2" t="s">
         <v>1764</v>
-      </c>
-[...16 lines deleted...]
-        <v>89269716264</v>
       </c>
       <c r="I386" s="2" t="s">
         <v>1765</v>
       </c>
     </row>
     <row r="387" spans="1:9">
       <c r="A387" s="2">
         <v>386</v>
       </c>
       <c r="B387" s="2" t="s">
         <v>1766</v>
       </c>
       <c r="C387" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="D387" s="2">
+        <v>1520317</v>
+      </c>
+      <c r="E387" s="2">
+        <v>5231005661</v>
+      </c>
+      <c r="F387" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G387" s="2" t="s">
         <v>1767</v>
       </c>
-      <c r="D387" s="2">
-[...8 lines deleted...]
-      <c r="G387" s="2" t="s">
+      <c r="H387" s="2" t="s">
         <v>1768</v>
       </c>
-      <c r="H387" s="2" t="s">
+      <c r="I387" s="2" t="s">
         <v>1769</v>
-      </c>
-[...1 lines deleted...]
-        <v>1770</v>
       </c>
     </row>
     <row r="388" spans="1:9">
       <c r="A388" s="2">
         <v>387</v>
       </c>
       <c r="B388" s="2" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C388" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="D388" s="2">
+        <v>1520318</v>
+      </c>
+      <c r="E388" s="2">
+        <v>5219382825</v>
+      </c>
+      <c r="F388" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G388" s="2" t="s">
         <v>1771</v>
       </c>
-      <c r="C388" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F388" s="2" t="s">
+      <c r="H388" s="2" t="s">
         <v>1772</v>
       </c>
-      <c r="G388" s="2" t="s">
+      <c r="I388" s="2" t="s">
         <v>1773</v>
-      </c>
-[...4 lines deleted...]
-        <v>1775</v>
       </c>
     </row>
     <row r="389" spans="1:9">
       <c r="A389" s="2">
         <v>388</v>
       </c>
       <c r="B389" s="2" t="s">
+        <v>1774</v>
+      </c>
+      <c r="C389" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="D389" s="2">
+        <v>1520319</v>
+      </c>
+      <c r="E389" s="2">
+        <v>5239008706</v>
+      </c>
+      <c r="F389" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G389" s="2" t="s">
+        <v>1775</v>
+      </c>
+      <c r="H389" s="2" t="s">
         <v>1776</v>
       </c>
-      <c r="C389" s="2" t="s">
+      <c r="I389" s="2" t="s">
         <v>1777</v>
-      </c>
-[...16 lines deleted...]
-        <v>1780</v>
       </c>
     </row>
     <row r="390" spans="1:9">
       <c r="A390" s="2">
         <v>389</v>
       </c>
       <c r="B390" s="2" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C390" s="2" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D390" s="2">
+        <v>1520693</v>
+      </c>
+      <c r="E390" s="2">
+        <v>5229008584</v>
+      </c>
+      <c r="F390" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G390" s="2" t="s">
+        <v>1780</v>
+      </c>
+      <c r="H390" s="2" t="s">
         <v>1781</v>
       </c>
-      <c r="C390" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G390" s="2" t="s">
+      <c r="I390" s="2" t="s">
         <v>1782</v>
-      </c>
-[...4 lines deleted...]
-        <v>1784</v>
       </c>
     </row>
     <row r="391" spans="1:9">
       <c r="A391" s="2">
         <v>390</v>
       </c>
       <c r="B391" s="2" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C391" s="2" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D391" s="2">
+        <v>1520696</v>
+      </c>
+      <c r="E391" s="2">
+        <v>5218006377</v>
+      </c>
+      <c r="F391" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G391" s="2" t="s">
+        <v>1784</v>
+      </c>
+      <c r="H391" s="2" t="s">
         <v>1785</v>
       </c>
-      <c r="C391" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F391" s="2" t="s">
+      <c r="I391" s="2" t="s">
         <v>1786</v>
-      </c>
-[...7 lines deleted...]
-        <v>1788</v>
       </c>
     </row>
     <row r="392" spans="1:9">
       <c r="A392" s="2">
         <v>391</v>
       </c>
       <c r="B392" s="2" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C392" s="2" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D392" s="2">
+        <v>1520697</v>
+      </c>
+      <c r="E392" s="2">
+        <v>5225995001</v>
+      </c>
+      <c r="F392" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G392" s="2" t="s">
+        <v>1788</v>
+      </c>
+      <c r="H392" s="2" t="s">
         <v>1789</v>
       </c>
-      <c r="C392" s="2" t="s">
+      <c r="I392" s="2" t="s">
         <v>1790</v>
-      </c>
-[...16 lines deleted...]
-        <v>1793</v>
       </c>
     </row>
     <row r="393" spans="1:9">
       <c r="A393" s="2">
         <v>392</v>
       </c>
       <c r="B393" s="2" t="s">
+        <v>1791</v>
+      </c>
+      <c r="C393" s="2" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D393" s="2">
+        <v>1520698</v>
+      </c>
+      <c r="E393" s="2">
+        <v>5207995009</v>
+      </c>
+      <c r="F393" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G393" s="2" t="s">
+        <v>1792</v>
+      </c>
+      <c r="H393" s="2" t="s">
+        <v>1793</v>
+      </c>
+      <c r="I393" s="2" t="s">
         <v>1794</v>
-      </c>
-[...19 lines deleted...]
-        <v>1798</v>
       </c>
     </row>
     <row r="394" spans="1:9">
       <c r="A394" s="2">
         <v>393</v>
       </c>
       <c r="B394" s="2" t="s">
-        <v>1799</v>
+        <v>1795</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>10</v>
+        <v>1779</v>
       </c>
       <c r="D394" s="2">
-        <v>1520298</v>
+        <v>1520699</v>
       </c>
       <c r="E394" s="2">
-        <v>5260471963</v>
+        <v>5248029935</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>1800</v>
+        <v>67</v>
       </c>
       <c r="G394" s="2" t="s">
-        <v>1801</v>
+        <v>1796</v>
       </c>
       <c r="H394" s="2" t="s">
-        <v>1802</v>
+        <v>1710</v>
       </c>
       <c r="I394" s="2" t="s">
-        <v>1803</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="395" spans="1:9">
       <c r="A395" s="2">
         <v>394</v>
       </c>
       <c r="B395" s="2" t="s">
-        <v>1804</v>
+        <v>1370</v>
       </c>
       <c r="C395" s="2" t="s">
-        <v>10</v>
+        <v>1779</v>
       </c>
       <c r="D395" s="2">
-        <v>1520300</v>
+        <v>1520700</v>
       </c>
       <c r="E395" s="2">
-        <v>5249141792</v>
+        <v>5254482501</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>1805</v>
+        <v>67</v>
       </c>
       <c r="G395" s="2" t="s">
-        <v>1806</v>
+        <v>1798</v>
       </c>
       <c r="H395" s="2" t="s">
-        <v>1807</v>
+        <v>1799</v>
       </c>
       <c r="I395" s="2" t="s">
-        <v>1808</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="396" spans="1:9">
       <c r="A396" s="2">
         <v>395</v>
       </c>
       <c r="B396" s="2" t="s">
-        <v>1809</v>
+        <v>1801</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>10</v>
+        <v>1779</v>
       </c>
       <c r="D396" s="2">
-        <v>1520301</v>
+        <v>1520701</v>
       </c>
       <c r="E396" s="2">
-        <v>5246042987</v>
+        <v>5232995002</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="G396" s="2" t="s">
-        <v>1810</v>
+        <v>1802</v>
       </c>
       <c r="H396" s="2" t="s">
-        <v>1811</v>
+        <v>1803</v>
       </c>
       <c r="I396" s="2" t="s">
-        <v>1812</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="397" spans="1:9">
       <c r="A397" s="2">
         <v>396</v>
       </c>
       <c r="B397" s="2" t="s">
-        <v>1813</v>
+        <v>1805</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>10</v>
+        <v>1779</v>
       </c>
       <c r="D397" s="2">
-        <v>1520302</v>
+        <v>1520702</v>
       </c>
       <c r="E397" s="2">
-        <v>5248029283</v>
+        <v>5205995010</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="G397" s="2" t="s">
-        <v>1814</v>
+        <v>1806</v>
       </c>
       <c r="H397" s="2" t="s">
-        <v>1815</v>
+        <v>1807</v>
       </c>
       <c r="I397" s="2" t="s">
-        <v>1816</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="398" spans="1:9">
       <c r="A398" s="2">
         <v>397</v>
       </c>
       <c r="B398" s="2" t="s">
-        <v>1817</v>
+        <v>1809</v>
       </c>
       <c r="C398" s="2" t="s">
-        <v>10</v>
+        <v>1779</v>
       </c>
       <c r="D398" s="2">
-        <v>1520303</v>
+        <v>1520703</v>
       </c>
       <c r="E398" s="2">
-        <v>5252030901</v>
+        <v>5251995015</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="G398" s="2" t="s">
-        <v>1818</v>
+        <v>1810</v>
       </c>
       <c r="H398" s="2" t="s">
-        <v>1819</v>
+        <v>1811</v>
       </c>
       <c r="I398" s="2" t="s">
-        <v>1820</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="399" spans="1:9">
       <c r="A399" s="2">
         <v>398</v>
       </c>
       <c r="B399" s="2" t="s">
-        <v>1821</v>
+        <v>1813</v>
       </c>
       <c r="C399" s="2" t="s">
-        <v>10</v>
+        <v>1779</v>
       </c>
       <c r="D399" s="2">
-        <v>1520304</v>
+        <v>1520704</v>
       </c>
       <c r="E399" s="2">
-        <v>5234004514</v>
+        <v>5252022040</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="G399" s="2" t="s">
-        <v>1822</v>
+        <v>1814</v>
       </c>
       <c r="H399" s="2" t="s">
-        <v>1823</v>
+        <v>1815</v>
       </c>
       <c r="I399" s="2" t="s">
-        <v>1824</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="400" spans="1:9">
       <c r="A400" s="2">
         <v>399</v>
       </c>
       <c r="B400" s="2" t="s">
-        <v>1825</v>
+        <v>1817</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>10</v>
+        <v>1779</v>
       </c>
       <c r="D400" s="2">
-        <v>1520305</v>
+        <v>1520705</v>
       </c>
       <c r="E400" s="2">
-        <v>5247051423</v>
+        <v>5201001123</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="G400" s="2" t="s">
-        <v>1826</v>
+        <v>1818</v>
       </c>
       <c r="H400" s="2" t="s">
-        <v>1827</v>
+        <v>1819</v>
       </c>
       <c r="I400" s="2" t="s">
-        <v>1828</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="401" spans="1:9">
       <c r="A401" s="2">
         <v>400</v>
       </c>
       <c r="B401" s="2" t="s">
-        <v>1829</v>
+        <v>1821</v>
       </c>
       <c r="C401" s="2" t="s">
-        <v>10</v>
+        <v>1779</v>
       </c>
       <c r="D401" s="2">
-        <v>1520306</v>
+        <v>1520706</v>
       </c>
       <c r="E401" s="2">
-        <v>5249099766</v>
+        <v>5204001178</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="G401" s="2" t="s">
-        <v>1830</v>
+        <v>1822</v>
       </c>
       <c r="H401" s="2" t="s">
-        <v>1831</v>
+        <v>1823</v>
       </c>
       <c r="I401" s="2" t="s">
-        <v>1832</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="402" spans="1:9">
       <c r="A402" s="2">
         <v>401</v>
       </c>
       <c r="B402" s="2" t="s">
-        <v>1833</v>
+        <v>1825</v>
       </c>
       <c r="C402" s="2" t="s">
-        <v>10</v>
+        <v>1779</v>
       </c>
       <c r="D402" s="2">
-        <v>1520307</v>
+        <v>1520708</v>
       </c>
       <c r="E402" s="2">
-        <v>5261052926</v>
+        <v>5244031027</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1834</v>
+        <v>19</v>
       </c>
       <c r="G402" s="2" t="s">
-        <v>1835</v>
+        <v>1826</v>
       </c>
       <c r="H402" s="2" t="s">
-        <v>1836</v>
+        <v>1827</v>
       </c>
       <c r="I402" s="2" t="s">
-        <v>1837</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="403" spans="1:9">
       <c r="A403" s="2">
         <v>402</v>
       </c>
       <c r="B403" s="2" t="s">
-        <v>1838</v>
+        <v>1829</v>
       </c>
       <c r="C403" s="2" t="s">
-        <v>10</v>
+        <v>1830</v>
       </c>
       <c r="D403" s="2">
-        <v>1520308</v>
+        <v>1520775</v>
       </c>
       <c r="E403" s="2">
-        <v>5260248556</v>
+        <v>5213005813</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>248</v>
+        <v>67</v>
       </c>
       <c r="G403" s="2" t="s">
-        <v>1839</v>
+        <v>1831</v>
       </c>
       <c r="H403" s="2" t="s">
-        <v>1840</v>
+        <v>1832</v>
       </c>
       <c r="I403" s="2" t="s">
-        <v>1841</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="404" spans="1:9">
       <c r="A404" s="2">
         <v>403</v>
       </c>
       <c r="B404" s="2" t="s">
-        <v>1842</v>
+        <v>1834</v>
       </c>
       <c r="C404" s="2" t="s">
-        <v>10</v>
+        <v>1835</v>
       </c>
       <c r="D404" s="2">
-        <v>1520309</v>
+        <v>1520815</v>
       </c>
       <c r="E404" s="2">
-        <v>5216017398</v>
+        <v>5215995034</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>1843</v>
+        <v>67</v>
       </c>
       <c r="G404" s="2" t="s">
-        <v>1844</v>
+        <v>1836</v>
       </c>
       <c r="H404" s="2" t="s">
-        <v>1845</v>
+        <v>1837</v>
       </c>
       <c r="I404" s="2" t="s">
-        <v>1846</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="405" spans="1:9">
       <c r="A405" s="2">
         <v>404</v>
       </c>
       <c r="B405" s="2" t="s">
-        <v>1847</v>
+        <v>1839</v>
       </c>
       <c r="C405" s="2" t="s">
-        <v>10</v>
+        <v>1835</v>
       </c>
       <c r="D405" s="2">
-        <v>1520310</v>
+        <v>1520816</v>
       </c>
       <c r="E405" s="2">
-        <v>5260447150</v>
+        <v>5228009137</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>184</v>
+        <v>67</v>
       </c>
       <c r="G405" s="2" t="s">
-        <v>1848</v>
+        <v>1840</v>
       </c>
       <c r="H405" s="2" t="s">
-        <v>1849</v>
+        <v>1841</v>
       </c>
       <c r="I405" s="2" t="s">
-        <v>1850</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="406" spans="1:9">
       <c r="A406" s="2">
         <v>405</v>
       </c>
       <c r="B406" s="2" t="s">
-        <v>1851</v>
+        <v>1843</v>
       </c>
       <c r="C406" s="2" t="s">
-        <v>456</v>
+        <v>1844</v>
       </c>
       <c r="D406" s="2">
-        <v>1520311</v>
+        <v>1520818</v>
       </c>
       <c r="E406" s="2">
-        <v>5245995024</v>
+        <v>5223995013</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G406" s="2" t="s">
-        <v>1852</v>
+        <v>1845</v>
       </c>
       <c r="H406" s="2" t="s">
-        <v>1853</v>
+        <v>1846</v>
       </c>
       <c r="I406" s="2" t="s">
-        <v>1854</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="407" spans="1:9">
       <c r="A407" s="2">
         <v>406</v>
       </c>
       <c r="B407" s="2" t="s">
-        <v>1855</v>
+        <v>1848</v>
       </c>
       <c r="C407" s="2" t="s">
-        <v>456</v>
+        <v>1849</v>
       </c>
       <c r="D407" s="2">
-        <v>1520312</v>
+        <v>1520821</v>
       </c>
       <c r="E407" s="2">
-        <v>5222995028</v>
+        <v>5203003398</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G407" s="2" t="s">
-        <v>1856</v>
+        <v>1850</v>
       </c>
       <c r="H407" s="2" t="s">
-        <v>1857</v>
+        <v>1851</v>
       </c>
       <c r="I407" s="2" t="s">
-        <v>1858</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="408" spans="1:9">
       <c r="A408" s="2">
         <v>407</v>
       </c>
       <c r="B408" s="2" t="s">
-        <v>1859</v>
+        <v>1853</v>
       </c>
       <c r="C408" s="2" t="s">
-        <v>456</v>
+        <v>1854</v>
       </c>
       <c r="D408" s="2">
-        <v>1520313</v>
+        <v>1520822</v>
       </c>
       <c r="E408" s="2">
-        <v>5249088098</v>
+        <v>5208003909</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>1860</v>
+        <v>67</v>
       </c>
       <c r="G408" s="2" t="s">
-        <v>1861</v>
+        <v>1855</v>
       </c>
       <c r="H408" s="2" t="s">
-        <v>1862</v>
+        <v>1856</v>
       </c>
       <c r="I408" s="2" t="s">
-        <v>1863</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="409" spans="1:9">
       <c r="A409" s="2">
         <v>408</v>
       </c>
       <c r="B409" s="2" t="s">
-        <v>1864</v>
+        <v>1858</v>
       </c>
       <c r="C409" s="2" t="s">
-        <v>456</v>
+        <v>610</v>
       </c>
       <c r="D409" s="2">
-        <v>1520314</v>
+        <v>1520824</v>
       </c>
       <c r="E409" s="2">
-        <v>5235006031</v>
+        <v>5221003376</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G409" s="2" t="s">
-        <v>1865</v>
+        <v>1859</v>
       </c>
       <c r="H409" s="2" t="s">
-        <v>1866</v>
+        <v>1860</v>
       </c>
       <c r="I409" s="2" t="s">
-        <v>1867</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="410" spans="1:9">
       <c r="A410" s="2">
         <v>409</v>
       </c>
       <c r="B410" s="2" t="s">
-        <v>1868</v>
+        <v>1862</v>
       </c>
       <c r="C410" s="2" t="s">
-        <v>456</v>
+        <v>1863</v>
       </c>
       <c r="D410" s="2">
-        <v>1520315</v>
+        <v>1520833</v>
       </c>
       <c r="E410" s="2">
-        <v>5216995012</v>
+        <v>5260464243</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>554</v>
+        <v>67</v>
       </c>
       <c r="G410" s="2" t="s">
-        <v>1869</v>
+        <v>1864</v>
       </c>
       <c r="H410" s="2" t="s">
-        <v>1870</v>
+        <v>1865</v>
       </c>
       <c r="I410" s="2" t="s">
-        <v>1871</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="411" spans="1:9">
       <c r="A411" s="2">
         <v>410</v>
       </c>
       <c r="B411" s="2" t="s">
-        <v>1872</v>
+        <v>1867</v>
       </c>
       <c r="C411" s="2" t="s">
-        <v>456</v>
+        <v>1868</v>
       </c>
       <c r="D411" s="2">
-        <v>1520316</v>
+        <v>1520890</v>
       </c>
       <c r="E411" s="2">
-        <v>5248040664</v>
+        <v>5227001505</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="G411" s="2" t="s">
-        <v>1873</v>
+        <v>1869</v>
       </c>
       <c r="H411" s="2" t="s">
-        <v>1874</v>
+        <v>1870</v>
       </c>
       <c r="I411" s="2" t="s">
-        <v>1875</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="412" spans="1:9">
       <c r="A412" s="2">
         <v>411</v>
       </c>
       <c r="B412" s="2" t="s">
-        <v>1876</v>
+        <v>1872</v>
       </c>
       <c r="C412" s="2" t="s">
-        <v>456</v>
+        <v>1868</v>
       </c>
       <c r="D412" s="2">
-        <v>1520317</v>
+        <v>1520891</v>
       </c>
       <c r="E412" s="2">
-        <v>5231005661</v>
+        <v>5206004897</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G412" s="2" t="s">
-        <v>1877</v>
+        <v>1873</v>
       </c>
       <c r="H412" s="2" t="s">
-        <v>1878</v>
+        <v>1874</v>
       </c>
       <c r="I412" s="2" t="s">
-        <v>1879</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="413" spans="1:9">
       <c r="A413" s="2">
         <v>412</v>
       </c>
       <c r="B413" s="2" t="s">
+        <v>1876</v>
+      </c>
+      <c r="C413" s="2" t="s">
+        <v>1877</v>
+      </c>
+      <c r="D413" s="2">
+        <v>1520892</v>
+      </c>
+      <c r="E413" s="2">
+        <v>5250995005</v>
+      </c>
+      <c r="F413" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G413" s="2" t="s">
+        <v>1878</v>
+      </c>
+      <c r="H413" s="2" t="s">
+        <v>1879</v>
+      </c>
+      <c r="I413" s="2" t="s">
         <v>1880</v>
-      </c>
-[...19 lines deleted...]
-        <v>1883</v>
       </c>
     </row>
     <row r="414" spans="1:9">
       <c r="A414" s="2">
         <v>413</v>
       </c>
       <c r="B414" s="2" t="s">
+        <v>1881</v>
+      </c>
+      <c r="C414" s="2" t="s">
+        <v>1505</v>
+      </c>
+      <c r="D414" s="2">
+        <v>1520917</v>
+      </c>
+      <c r="E414" s="2">
+        <v>5260487226</v>
+      </c>
+      <c r="F414" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G414" s="2" t="s">
+        <v>1882</v>
+      </c>
+      <c r="H414" s="2" t="s">
+        <v>1883</v>
+      </c>
+      <c r="I414" s="2" t="s">
         <v>1884</v>
-      </c>
-[...19 lines deleted...]
-        <v>1887</v>
       </c>
     </row>
     <row r="415" spans="1:9">
       <c r="A415" s="2">
         <v>414</v>
       </c>
       <c r="B415" s="2" t="s">
+        <v>1885</v>
+      </c>
+      <c r="C415" s="2" t="s">
+        <v>1886</v>
+      </c>
+      <c r="D415" s="2">
+        <v>1520921</v>
+      </c>
+      <c r="E415" s="2">
+        <v>5254496303</v>
+      </c>
+      <c r="F415" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G415" s="2" t="s">
+        <v>1887</v>
+      </c>
+      <c r="H415" s="2" t="s">
         <v>1888</v>
       </c>
-      <c r="C415" s="2" t="s">
+      <c r="I415" s="2" t="s">
         <v>1889</v>
-      </c>
-[...16 lines deleted...]
-        <v>1892</v>
       </c>
     </row>
     <row r="416" spans="1:9">
       <c r="A416" s="2">
         <v>415</v>
       </c>
       <c r="B416" s="2" t="s">
+        <v>1890</v>
+      </c>
+      <c r="C416" s="2" t="s">
+        <v>1891</v>
+      </c>
+      <c r="D416" s="2">
+        <v>1520973</v>
+      </c>
+      <c r="E416" s="2">
+        <v>5248045944</v>
+      </c>
+      <c r="F416" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G416" s="2" t="s">
+        <v>1892</v>
+      </c>
+      <c r="H416" s="2" t="s">
         <v>1893</v>
       </c>
-      <c r="C416" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G416" s="2" t="s">
+      <c r="I416" s="2" t="s">
         <v>1894</v>
-      </c>
-[...4 lines deleted...]
-        <v>1896</v>
       </c>
     </row>
     <row r="417" spans="1:9">
       <c r="A417" s="2">
         <v>416</v>
       </c>
       <c r="B417" s="2" t="s">
+        <v>1895</v>
+      </c>
+      <c r="C417" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D417" s="2">
+        <v>1530311</v>
+      </c>
+      <c r="E417" s="2">
+        <v>5321059541</v>
+      </c>
+      <c r="F417" s="2" t="s">
+        <v>820</v>
+      </c>
+      <c r="G417" s="2" t="s">
+        <v>1896</v>
+      </c>
+      <c r="H417" s="2" t="s">
         <v>1897</v>
       </c>
-      <c r="C417" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G417" s="2" t="s">
+      <c r="I417" s="2" t="s">
         <v>1898</v>
-      </c>
-[...4 lines deleted...]
-        <v>1900</v>
       </c>
     </row>
     <row r="418" spans="1:9">
       <c r="A418" s="2">
         <v>417</v>
       </c>
       <c r="B418" s="2" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C418" s="2" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D418" s="2">
+        <v>1530749</v>
+      </c>
+      <c r="E418" s="2">
+        <v>5321165998</v>
+      </c>
+      <c r="F418" s="2" t="s">
         <v>1901</v>
-      </c>
-[...10 lines deleted...]
-        <v>68</v>
       </c>
       <c r="G418" s="2" t="s">
         <v>1902</v>
       </c>
       <c r="H418" s="2" t="s">
         <v>1903</v>
       </c>
       <c r="I418" s="2" t="s">
         <v>1904</v>
       </c>
     </row>
     <row r="419" spans="1:9">
       <c r="A419" s="2">
         <v>418</v>
       </c>
       <c r="B419" s="2" t="s">
         <v>1905</v>
       </c>
       <c r="C419" s="2" t="s">
-        <v>1889</v>
+        <v>1906</v>
       </c>
       <c r="D419" s="2">
-        <v>1520698</v>
+        <v>1530761</v>
       </c>
       <c r="E419" s="2">
-        <v>5207995009</v>
+        <v>5321200265</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>68</v>
+        <v>207</v>
       </c>
       <c r="G419" s="2" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="H419" s="2" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="I419" s="2" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="420" spans="1:9">
       <c r="A420" s="2">
         <v>419</v>
       </c>
       <c r="B420" s="2" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="C420" s="2" t="s">
-        <v>1889</v>
+        <v>1906</v>
       </c>
       <c r="D420" s="2">
-        <v>1520699</v>
+        <v>1530762</v>
       </c>
       <c r="E420" s="2">
-        <v>5248029935</v>
+        <v>5321010842</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="G420" s="2" t="s">
-        <v>1911</v>
+        <v>1912</v>
       </c>
       <c r="H420" s="2" t="s">
-        <v>1815</v>
+        <v>1913</v>
       </c>
       <c r="I420" s="2" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="421" spans="1:9">
       <c r="A421" s="2">
         <v>420</v>
       </c>
       <c r="B421" s="2" t="s">
-        <v>1115</v>
+        <v>1915</v>
       </c>
       <c r="C421" s="2" t="s">
-        <v>1889</v>
+        <v>1916</v>
       </c>
       <c r="D421" s="2">
-        <v>1520700</v>
+        <v>1530922</v>
       </c>
       <c r="E421" s="2">
-        <v>5254482501</v>
+        <v>5300006958</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>68</v>
+        <v>207</v>
       </c>
       <c r="G421" s="2" t="s">
-        <v>1913</v>
+        <v>1917</v>
       </c>
       <c r="H421" s="2" t="s">
-        <v>1914</v>
+        <v>1918</v>
       </c>
       <c r="I421" s="2" t="s">
-        <v>1915</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="422" spans="1:9">
       <c r="A422" s="2">
         <v>421</v>
       </c>
       <c r="B422" s="2" t="s">
-        <v>1916</v>
+        <v>1920</v>
       </c>
       <c r="C422" s="2" t="s">
-        <v>1889</v>
+        <v>1921</v>
       </c>
       <c r="D422" s="2">
-        <v>1520701</v>
+        <v>1540312</v>
       </c>
       <c r="E422" s="2">
-        <v>5232995002</v>
+        <v>5406524477</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>68</v>
+        <v>32</v>
       </c>
       <c r="G422" s="2" t="s">
-        <v>1917</v>
+        <v>1922</v>
       </c>
       <c r="H422" s="2" t="s">
-        <v>1918</v>
+        <v>1923</v>
       </c>
       <c r="I422" s="2" t="s">
-        <v>1919</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="423" spans="1:9">
       <c r="A423" s="2">
         <v>422</v>
       </c>
       <c r="B423" s="2" t="s">
-        <v>1920</v>
+        <v>1925</v>
       </c>
       <c r="C423" s="2" t="s">
-        <v>1889</v>
+        <v>1926</v>
       </c>
       <c r="D423" s="2">
-        <v>1520702</v>
+        <v>1540313</v>
       </c>
       <c r="E423" s="2">
-        <v>5205995010</v>
+        <v>5406570716</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="G423" s="2" t="s">
-        <v>1921</v>
+        <v>1927</v>
       </c>
       <c r="H423" s="2" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="I423" s="2" t="s">
-        <v>1923</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="424" spans="1:9">
       <c r="A424" s="2">
         <v>423</v>
       </c>
       <c r="B424" s="2" t="s">
-        <v>1924</v>
+        <v>1929</v>
       </c>
       <c r="C424" s="2" t="s">
-        <v>1889</v>
+        <v>1930</v>
       </c>
       <c r="D424" s="2">
-        <v>1520703</v>
+        <v>1540756</v>
       </c>
       <c r="E424" s="2">
-        <v>5251995015</v>
+        <v>5405049148</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>68</v>
+        <v>1931</v>
       </c>
       <c r="G424" s="2" t="s">
-        <v>1925</v>
+        <v>1922</v>
       </c>
       <c r="H424" s="2" t="s">
-        <v>1926</v>
+        <v>1923</v>
       </c>
       <c r="I424" s="2" t="s">
-        <v>1927</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="425" spans="1:9">
       <c r="A425" s="2">
         <v>424</v>
       </c>
       <c r="B425" s="2" t="s">
-        <v>1928</v>
+        <v>1933</v>
       </c>
       <c r="C425" s="2" t="s">
-        <v>1889</v>
+        <v>1934</v>
       </c>
       <c r="D425" s="2">
-        <v>1520704</v>
+        <v>1540843</v>
       </c>
       <c r="E425" s="2">
-        <v>5252022040</v>
+        <v>5433141963</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>1860</v>
+        <v>809</v>
       </c>
       <c r="G425" s="2" t="s">
-        <v>1929</v>
+        <v>1935</v>
       </c>
       <c r="H425" s="2" t="s">
-        <v>1930</v>
+        <v>1936</v>
       </c>
       <c r="I425" s="2" t="s">
-        <v>1931</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="426" spans="1:9">
       <c r="A426" s="2">
         <v>425</v>
       </c>
       <c r="B426" s="2" t="s">
-        <v>1932</v>
+        <v>1938</v>
       </c>
       <c r="C426" s="2" t="s">
-        <v>1889</v>
+        <v>1934</v>
       </c>
       <c r="D426" s="2">
-        <v>1520705</v>
+        <v>1540844</v>
       </c>
       <c r="E426" s="2">
-        <v>5201001123</v>
+        <v>5406550220</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>68</v>
+        <v>1939</v>
       </c>
       <c r="G426" s="2" t="s">
-        <v>1933</v>
+        <v>1940</v>
       </c>
       <c r="H426" s="2" t="s">
-        <v>1934</v>
+        <v>1941</v>
       </c>
       <c r="I426" s="2" t="s">
-        <v>1935</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="427" spans="1:9">
       <c r="A427" s="2">
         <v>426</v>
       </c>
       <c r="B427" s="2" t="s">
-        <v>1936</v>
+        <v>1943</v>
       </c>
       <c r="C427" s="2" t="s">
-        <v>1889</v>
+        <v>1944</v>
       </c>
       <c r="D427" s="2">
-        <v>1520706</v>
+        <v>1541019</v>
       </c>
       <c r="E427" s="2">
-        <v>5204001178</v>
+        <v>5433158910</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="G427" s="2" t="s">
-        <v>1937</v>
+        <v>1945</v>
       </c>
       <c r="H427" s="2" t="s">
-        <v>1938</v>
+        <v>1946</v>
       </c>
       <c r="I427" s="2" t="s">
-        <v>1939</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="428" spans="1:9">
       <c r="A428" s="2">
         <v>427</v>
       </c>
       <c r="B428" s="2" t="s">
-        <v>1940</v>
+        <v>1948</v>
       </c>
       <c r="C428" s="2" t="s">
-        <v>1889</v>
+        <v>10</v>
       </c>
       <c r="D428" s="2">
-        <v>1520707</v>
+        <v>1550314</v>
       </c>
       <c r="E428" s="2">
-        <v>5214995000</v>
+        <v>5503114518</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>68</v>
+        <v>1949</v>
       </c>
       <c r="G428" s="2" t="s">
-        <v>1941</v>
+        <v>1950</v>
       </c>
       <c r="H428" s="2" t="s">
-        <v>1942</v>
+        <v>1951</v>
       </c>
       <c r="I428" s="2" t="s">
-        <v>1943</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="429" spans="1:9">
       <c r="A429" s="2">
         <v>428</v>
       </c>
       <c r="B429" s="2" t="s">
-        <v>1944</v>
+        <v>1953</v>
       </c>
       <c r="C429" s="2" t="s">
-        <v>1889</v>
+        <v>10</v>
       </c>
       <c r="D429" s="2">
-        <v>1520708</v>
+        <v>1550315</v>
       </c>
       <c r="E429" s="2">
-        <v>5244031027</v>
+        <v>5503134176</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G429" s="2" t="s">
-        <v>1945</v>
+        <v>1954</v>
       </c>
       <c r="H429" s="2" t="s">
-        <v>1946</v>
+        <v>1951</v>
       </c>
       <c r="I429" s="2" t="s">
-        <v>1947</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="430" spans="1:9">
       <c r="A430" s="2">
         <v>429</v>
       </c>
       <c r="B430" s="2" t="s">
-        <v>1948</v>
+        <v>1956</v>
       </c>
       <c r="C430" s="2" t="s">
-        <v>1949</v>
+        <v>10</v>
       </c>
       <c r="D430" s="2">
-        <v>1520775</v>
+        <v>1550316</v>
       </c>
       <c r="E430" s="2">
-        <v>5213005813</v>
+        <v>5504240138</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>1950</v>
+        <v>1742</v>
       </c>
       <c r="G430" s="2" t="s">
-        <v>1951</v>
+        <v>1957</v>
       </c>
       <c r="H430" s="2" t="s">
-        <v>1952</v>
+        <v>1958</v>
       </c>
       <c r="I430" s="2" t="s">
-        <v>1953</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="431" spans="1:9">
       <c r="A431" s="2">
         <v>430</v>
       </c>
       <c r="B431" s="2" t="s">
-        <v>1954</v>
+        <v>1960</v>
       </c>
       <c r="C431" s="2" t="s">
-        <v>1955</v>
+        <v>10</v>
       </c>
       <c r="D431" s="2">
-        <v>1520815</v>
+        <v>1550317</v>
       </c>
       <c r="E431" s="2">
-        <v>5215995034</v>
+        <v>5504223936</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>1950</v>
+        <v>207</v>
       </c>
       <c r="G431" s="2" t="s">
-        <v>1956</v>
+        <v>1961</v>
       </c>
       <c r="H431" s="2" t="s">
-        <v>1957</v>
+        <v>1962</v>
       </c>
       <c r="I431" s="2" t="s">
-        <v>1958</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="432" spans="1:9">
       <c r="A432" s="2">
         <v>431</v>
       </c>
       <c r="B432" s="2" t="s">
-        <v>1959</v>
+        <v>1964</v>
       </c>
       <c r="C432" s="2" t="s">
-        <v>1955</v>
+        <v>1965</v>
       </c>
       <c r="D432" s="2">
-        <v>1520816</v>
+        <v>1550863</v>
       </c>
       <c r="E432" s="2">
-        <v>5228009137</v>
+        <v>5505022076</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>1950</v>
+        <v>19</v>
       </c>
       <c r="G432" s="2" t="s">
-        <v>1960</v>
+        <v>1966</v>
       </c>
       <c r="H432" s="2" t="s">
-        <v>1961</v>
+        <v>1967</v>
       </c>
       <c r="I432" s="2" t="s">
-        <v>1962</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="433" spans="1:9">
       <c r="A433" s="2">
         <v>432</v>
       </c>
       <c r="B433" s="2" t="s">
-        <v>1963</v>
+        <v>1969</v>
       </c>
       <c r="C433" s="2" t="s">
-        <v>1964</v>
+        <v>10</v>
       </c>
       <c r="D433" s="2">
-        <v>1520818</v>
+        <v>1560318</v>
       </c>
       <c r="E433" s="2">
-        <v>5223995013</v>
+        <v>5614028582</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>1950</v>
+        <v>19</v>
       </c>
       <c r="G433" s="2" t="s">
-        <v>1965</v>
+        <v>1970</v>
       </c>
       <c r="H433" s="2" t="s">
-        <v>1966</v>
+        <v>1971</v>
       </c>
       <c r="I433" s="2" t="s">
-        <v>1967</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="434" spans="1:9">
       <c r="A434" s="2">
         <v>433</v>
       </c>
       <c r="B434" s="2" t="s">
-        <v>1968</v>
+        <v>1973</v>
       </c>
       <c r="C434" s="2" t="s">
-        <v>1969</v>
+        <v>10</v>
       </c>
       <c r="D434" s="2">
-        <v>1520821</v>
+        <v>1560319</v>
       </c>
       <c r="E434" s="2">
-        <v>5203003398</v>
+        <v>5607018209</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>68</v>
+        <v>632</v>
       </c>
       <c r="G434" s="2" t="s">
-        <v>1970</v>
+        <v>1974</v>
       </c>
       <c r="H434" s="2" t="s">
-        <v>1971</v>
+        <v>1975</v>
       </c>
       <c r="I434" s="2" t="s">
-        <v>1972</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="435" spans="1:9">
       <c r="A435" s="2">
         <v>434</v>
       </c>
       <c r="B435" s="2" t="s">
-        <v>1973</v>
+        <v>1977</v>
       </c>
       <c r="C435" s="2" t="s">
-        <v>1974</v>
+        <v>10</v>
       </c>
       <c r="D435" s="2">
-        <v>1520822</v>
+        <v>1560320</v>
       </c>
       <c r="E435" s="2">
-        <v>5208003909</v>
+        <v>5610046774</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>1950</v>
+        <v>12</v>
       </c>
       <c r="G435" s="2" t="s">
-        <v>1975</v>
+        <v>1978</v>
       </c>
       <c r="H435" s="2" t="s">
-        <v>1976</v>
+        <v>1979</v>
       </c>
       <c r="I435" s="2" t="s">
-        <v>1977</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="436" spans="1:9">
       <c r="A436" s="2">
         <v>435</v>
       </c>
       <c r="B436" s="2" t="s">
-        <v>1978</v>
+        <v>1981</v>
       </c>
       <c r="C436" s="2" t="s">
-        <v>648</v>
+        <v>10</v>
       </c>
       <c r="D436" s="2">
-        <v>1520824</v>
+        <v>1560321</v>
       </c>
       <c r="E436" s="2">
-        <v>5221003376</v>
+        <v>5609046635</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>1950</v>
+        <v>19</v>
       </c>
       <c r="G436" s="2" t="s">
-        <v>1979</v>
+        <v>1982</v>
       </c>
       <c r="H436" s="2" t="s">
-        <v>1980</v>
+        <v>1983</v>
       </c>
       <c r="I436" s="2" t="s">
-        <v>1981</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="437" spans="1:9">
       <c r="A437" s="2">
         <v>436</v>
       </c>
       <c r="B437" s="2" t="s">
-        <v>1982</v>
+        <v>1985</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>1983</v>
+        <v>10</v>
       </c>
       <c r="D437" s="2">
-        <v>1520833</v>
+        <v>1560322</v>
       </c>
       <c r="E437" s="2">
-        <v>5260464243</v>
+        <v>5609050670</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>68</v>
+        <v>32</v>
       </c>
       <c r="G437" s="2" t="s">
-        <v>1984</v>
+        <v>1986</v>
       </c>
       <c r="H437" s="2" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="I437" s="2" t="s">
-        <v>1986</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="438" spans="1:9">
       <c r="A438" s="2">
         <v>437</v>
       </c>
       <c r="B438" s="2" t="s">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="C438" s="2" t="s">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="D438" s="2">
-        <v>1520890</v>
+        <v>1560774</v>
       </c>
       <c r="E438" s="2">
-        <v>5227001505</v>
+        <v>5609194640</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>68</v>
+        <v>1991</v>
       </c>
       <c r="G438" s="2" t="s">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="H438" s="2" t="s">
-        <v>1990</v>
+        <v>1993</v>
       </c>
       <c r="I438" s="2" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="439" spans="1:9">
       <c r="A439" s="2">
         <v>438</v>
       </c>
       <c r="B439" s="2" t="s">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="C439" s="2" t="s">
-        <v>1988</v>
+        <v>10</v>
       </c>
       <c r="D439" s="2">
-        <v>1520891</v>
+        <v>1570325</v>
       </c>
       <c r="E439" s="2">
-        <v>5206004897</v>
+        <v>5753990170</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>68</v>
+        <v>920</v>
       </c>
       <c r="G439" s="2" t="s">
-        <v>1993</v>
+        <v>1996</v>
       </c>
       <c r="H439" s="2" t="s">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="I439" s="2" t="s">
-        <v>1995</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="440" spans="1:9">
       <c r="A440" s="2">
         <v>439</v>
       </c>
       <c r="B440" s="2" t="s">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="C440" s="2" t="s">
-        <v>1997</v>
+        <v>10</v>
       </c>
       <c r="D440" s="2">
-        <v>1520892</v>
+        <v>1570326</v>
       </c>
       <c r="E440" s="2">
-        <v>5250995005</v>
+        <v>5753990187</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>68</v>
+        <v>951</v>
       </c>
       <c r="G440" s="2" t="s">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="H440" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="I440" s="2" t="s">
-        <v>2000</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="441" spans="1:9">
       <c r="A441" s="2">
         <v>440</v>
       </c>
       <c r="B441" s="2" t="s">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="C441" s="2" t="s">
-        <v>1605</v>
+        <v>2004</v>
       </c>
       <c r="D441" s="2">
-        <v>1520917</v>
+        <v>1570934</v>
       </c>
       <c r="E441" s="2">
-        <v>5260487226</v>
+        <v>5753076456</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>38</v>
+        <v>118</v>
       </c>
       <c r="G441" s="2" t="s">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="H441" s="2" t="s">
-        <v>1840</v>
+        <v>2006</v>
       </c>
       <c r="I441" s="2" t="s">
-        <v>2003</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="442" spans="1:9">
       <c r="A442" s="2">
         <v>441</v>
       </c>
       <c r="B442" s="2" t="s">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="C442" s="2" t="s">
-        <v>2005</v>
+        <v>10</v>
       </c>
       <c r="D442" s="2">
-        <v>1520921</v>
+        <v>1580327</v>
       </c>
       <c r="E442" s="2">
-        <v>5254496303</v>
+        <v>5835073174</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>68</v>
+        <v>213</v>
       </c>
       <c r="G442" s="2" t="s">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="H442" s="2" t="s">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="I442" s="2" t="s">
-        <v>2008</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="443" spans="1:9">
       <c r="A443" s="2">
         <v>442</v>
       </c>
       <c r="B443" s="2" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="C443" s="2" t="s">
-        <v>2010</v>
+        <v>10</v>
       </c>
       <c r="D443" s="2">
-        <v>1520973</v>
+        <v>1580328</v>
       </c>
       <c r="E443" s="2">
-        <v>5248045944</v>
+        <v>5836636863</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>68</v>
+        <v>2013</v>
       </c>
       <c r="G443" s="2" t="s">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="H443" s="2" t="s">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="I443" s="2" t="s">
-        <v>2013</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="444" spans="1:9">
       <c r="A444" s="2">
         <v>443</v>
       </c>
       <c r="B444" s="2" t="s">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="C444" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D444" s="2">
-        <v>1530311</v>
+        <v>1580329</v>
       </c>
       <c r="E444" s="2">
-        <v>5321059541</v>
+        <v>5834052735</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>883</v>
+        <v>2018</v>
       </c>
       <c r="G444" s="2" t="s">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="H444" s="2" t="s">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="I444" s="2" t="s">
-        <v>2017</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="445" spans="1:9">
       <c r="A445" s="2">
         <v>444</v>
       </c>
       <c r="B445" s="2" t="s">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="C445" s="2" t="s">
-        <v>2019</v>
+        <v>10</v>
       </c>
       <c r="D445" s="2">
-        <v>1530749</v>
+        <v>1580330</v>
       </c>
       <c r="E445" s="2">
-        <v>5321165998</v>
+        <v>5836681979</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>867</v>
+        <v>585</v>
       </c>
       <c r="G445" s="2" t="s">
-        <v>2020</v>
+        <v>2009</v>
       </c>
       <c r="H445" s="2" t="s">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="I445" s="2" t="s">
-        <v>2022</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="446" spans="1:9">
       <c r="A446" s="2">
         <v>445</v>
       </c>
       <c r="B446" s="2" t="s">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="C446" s="2" t="s">
-        <v>2024</v>
+        <v>10</v>
       </c>
       <c r="D446" s="2">
-        <v>1530761</v>
+        <v>1580331</v>
       </c>
       <c r="E446" s="2">
-        <v>5321200265</v>
+        <v>5835072413</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>242</v>
+        <v>1729</v>
       </c>
       <c r="G446" s="2" t="s">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="H446" s="2" t="s">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="I446" s="2" t="s">
-        <v>2027</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="447" spans="1:9">
       <c r="A447" s="2">
         <v>446</v>
       </c>
       <c r="B447" s="2" t="s">
-        <v>2028</v>
+        <v>2029</v>
       </c>
       <c r="C447" s="2" t="s">
-        <v>2024</v>
+        <v>2030</v>
       </c>
       <c r="D447" s="2">
-        <v>1530762</v>
+        <v>1580905</v>
       </c>
       <c r="E447" s="2">
-        <v>5321010842</v>
+        <v>5836689199</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>2029</v>
+        <v>2031</v>
       </c>
       <c r="G447" s="2" t="s">
-        <v>2030</v>
+        <v>2032</v>
       </c>
       <c r="H447" s="2" t="s">
-        <v>2031</v>
+        <v>2033</v>
       </c>
       <c r="I447" s="2" t="s">
-        <v>2032</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="448" spans="1:9">
       <c r="A448" s="2">
         <v>447</v>
       </c>
       <c r="B448" s="2" t="s">
-        <v>2033</v>
+        <v>2035</v>
       </c>
       <c r="C448" s="2" t="s">
-        <v>2034</v>
+        <v>2036</v>
       </c>
       <c r="D448" s="2">
-        <v>1530922</v>
+        <v>1580906</v>
       </c>
       <c r="E448" s="2">
-        <v>5300006958</v>
+        <v>5805013925</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>242</v>
+        <v>537</v>
       </c>
       <c r="G448" s="2" t="s">
-        <v>2035</v>
+        <v>2037</v>
       </c>
       <c r="H448" s="2" t="s">
-        <v>2036</v>
+        <v>2038</v>
       </c>
       <c r="I448" s="2" t="s">
-        <v>2037</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="449" spans="1:9">
       <c r="A449" s="2">
         <v>448</v>
       </c>
       <c r="B449" s="2" t="s">
-        <v>2038</v>
+        <v>2040</v>
       </c>
       <c r="C449" s="2" t="s">
-        <v>2039</v>
+        <v>2041</v>
       </c>
       <c r="D449" s="2">
-        <v>1540312</v>
+        <v>1580955</v>
       </c>
       <c r="E449" s="2">
-        <v>5406524477</v>
+        <v>5837070066</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>32</v>
+        <v>380</v>
       </c>
       <c r="G449" s="2" t="s">
-        <v>2040</v>
+        <v>2042</v>
       </c>
       <c r="H449" s="2" t="s">
-        <v>2041</v>
+        <v>2043</v>
       </c>
       <c r="I449" s="2" t="s">
-        <v>2042</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="450" spans="1:9">
       <c r="A450" s="2">
         <v>449</v>
       </c>
       <c r="B450" s="2" t="s">
-        <v>2043</v>
+        <v>2045</v>
       </c>
       <c r="C450" s="2" t="s">
-        <v>2044</v>
+        <v>654</v>
       </c>
       <c r="D450" s="2">
-        <v>1540313</v>
+        <v>1581038</v>
       </c>
       <c r="E450" s="2">
-        <v>5406570716</v>
+        <v>5838070735</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G450" s="2" t="s">
-        <v>2045</v>
+        <v>2046</v>
       </c>
       <c r="H450" s="2" t="s">
-        <v>2041</v>
+        <v>2047</v>
       </c>
       <c r="I450" s="2" t="s">
-        <v>2046</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="451" spans="1:9">
       <c r="A451" s="2">
         <v>450</v>
       </c>
       <c r="B451" s="2" t="s">
-        <v>2047</v>
+        <v>2049</v>
       </c>
       <c r="C451" s="2" t="s">
-        <v>2048</v>
+        <v>10</v>
       </c>
       <c r="D451" s="2">
-        <v>1540756</v>
+        <v>1590332</v>
       </c>
       <c r="E451" s="2">
-        <v>5405049148</v>
+        <v>5902220892</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>2049</v>
+        <v>32</v>
       </c>
       <c r="G451" s="2" t="s">
-        <v>2040</v>
+        <v>2050</v>
       </c>
       <c r="H451" s="2" t="s">
-        <v>2041</v>
+        <v>2051</v>
       </c>
       <c r="I451" s="2" t="s">
-        <v>2050</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="452" spans="1:9">
       <c r="A452" s="2">
         <v>451</v>
       </c>
       <c r="B452" s="2" t="s">
+        <v>2053</v>
+      </c>
+      <c r="C452" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D452" s="2">
+        <v>1590333</v>
+      </c>
+      <c r="E452" s="2">
+        <v>5902198365</v>
+      </c>
+      <c r="F452" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G452" s="2" t="s">
+        <v>2054</v>
+      </c>
+      <c r="H452" s="2" t="s">
         <v>2051</v>
-      </c>
-[...16 lines deleted...]
-        <v>2054</v>
       </c>
       <c r="I452" s="2" t="s">
         <v>2055</v>
       </c>
     </row>
     <row r="453" spans="1:9">
       <c r="A453" s="2">
         <v>452</v>
       </c>
       <c r="B453" s="2" t="s">
         <v>2056</v>
       </c>
       <c r="C453" s="2" t="s">
-        <v>2052</v>
+        <v>10</v>
       </c>
       <c r="D453" s="2">
-        <v>1540844</v>
+        <v>1590334</v>
       </c>
       <c r="E453" s="2">
-        <v>5406550220</v>
+        <v>5902989906</v>
       </c>
       <c r="F453" s="2" t="s">
         <v>2057</v>
       </c>
       <c r="G453" s="2" t="s">
         <v>2058</v>
       </c>
       <c r="H453" s="2" t="s">
         <v>2059</v>
       </c>
       <c r="I453" s="2" t="s">
         <v>2060</v>
       </c>
     </row>
     <row r="454" spans="1:9">
       <c r="A454" s="2">
         <v>453</v>
       </c>
       <c r="B454" s="2" t="s">
         <v>2061</v>
       </c>
       <c r="C454" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D454" s="2">
+        <v>1590335</v>
+      </c>
+      <c r="E454" s="2">
+        <v>5948021770</v>
+      </c>
+      <c r="F454" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G454" s="2" t="s">
         <v>2062</v>
       </c>
-      <c r="D454" s="2">
-[...8 lines deleted...]
-      <c r="G454" s="2" t="s">
+      <c r="H454" s="2" t="s">
         <v>2063</v>
       </c>
-      <c r="H454" s="2" t="s">
+      <c r="I454" s="2" t="s">
         <v>2064</v>
-      </c>
-[...1 lines deleted...]
-        <v>2065</v>
       </c>
     </row>
     <row r="455" spans="1:9">
       <c r="A455" s="2">
         <v>454</v>
       </c>
       <c r="B455" s="2" t="s">
-        <v>2066</v>
+        <v>2065</v>
       </c>
       <c r="C455" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D455" s="2">
-        <v>1550314</v>
+        <v>1590336</v>
       </c>
       <c r="E455" s="2">
-        <v>5503114518</v>
+        <v>5902998570</v>
       </c>
       <c r="F455" s="2" t="s">
+        <v>2066</v>
+      </c>
+      <c r="G455" s="2" t="s">
         <v>2067</v>
       </c>
-      <c r="G455" s="2" t="s">
+      <c r="H455" s="2" t="s">
         <v>2068</v>
       </c>
-      <c r="H455" s="2" t="s">
+      <c r="I455" s="2" t="s">
         <v>2069</v>
-      </c>
-[...1 lines deleted...]
-        <v>2070</v>
       </c>
     </row>
     <row r="456" spans="1:9">
       <c r="A456" s="2">
         <v>455</v>
       </c>
       <c r="B456" s="2" t="s">
-        <v>2071</v>
+        <v>2070</v>
       </c>
       <c r="C456" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D456" s="2">
-        <v>1550315</v>
+        <v>1590337</v>
       </c>
       <c r="E456" s="2">
-        <v>5503134176</v>
+        <v>5904302861</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>38</v>
+        <v>207</v>
       </c>
       <c r="G456" s="2" t="s">
+        <v>2071</v>
+      </c>
+      <c r="H456" s="2" t="s">
         <v>2072</v>
       </c>
-      <c r="H456" s="2" t="s">
+      <c r="I456" s="2" t="s">
         <v>2073</v>
-      </c>
-[...1 lines deleted...]
-        <v>2074</v>
       </c>
     </row>
     <row r="457" spans="1:9">
       <c r="A457" s="2">
         <v>456</v>
       </c>
       <c r="B457" s="2" t="s">
+        <v>2074</v>
+      </c>
+      <c r="C457" s="2" t="s">
         <v>2075</v>
       </c>
-      <c r="C457" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D457" s="2">
-        <v>1550316</v>
+        <v>1590783</v>
       </c>
       <c r="E457" s="2">
-        <v>5504240138</v>
+        <v>5911061134</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>184</v>
+        <v>131</v>
       </c>
       <c r="G457" s="2" t="s">
         <v>2076</v>
       </c>
       <c r="H457" s="2" t="s">
         <v>2077</v>
       </c>
       <c r="I457" s="2" t="s">
         <v>2078</v>
       </c>
     </row>
     <row r="458" spans="1:9">
       <c r="A458" s="2">
         <v>457</v>
       </c>
       <c r="B458" s="2" t="s">
         <v>2079</v>
       </c>
       <c r="C458" s="2" t="s">
-        <v>10</v>
+        <v>2075</v>
       </c>
       <c r="D458" s="2">
-        <v>1550317</v>
+        <v>1590785</v>
       </c>
       <c r="E458" s="2">
-        <v>5504223936</v>
+        <v>5918840683</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>242</v>
+        <v>131</v>
       </c>
       <c r="G458" s="2" t="s">
         <v>2080</v>
       </c>
       <c r="H458" s="2" t="s">
         <v>2081</v>
       </c>
       <c r="I458" s="2" t="s">
         <v>2082</v>
       </c>
     </row>
     <row r="459" spans="1:9">
       <c r="A459" s="2">
         <v>458</v>
       </c>
       <c r="B459" s="2" t="s">
         <v>2083</v>
       </c>
       <c r="C459" s="2" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D459" s="2">
+        <v>1590786</v>
+      </c>
+      <c r="E459" s="2">
+        <v>5951006860</v>
+      </c>
+      <c r="F459" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G459" s="2" t="s">
         <v>2084</v>
       </c>
-      <c r="D459" s="2">
-[...8 lines deleted...]
-      <c r="G459" s="2" t="s">
+      <c r="H459" s="2" t="s">
         <v>2085</v>
       </c>
-      <c r="H459" s="2" t="s">
+      <c r="I459" s="2" t="s">
         <v>2086</v>
-      </c>
-[...1 lines deleted...]
-        <v>2087</v>
       </c>
     </row>
     <row r="460" spans="1:9">
       <c r="A460" s="2">
         <v>459</v>
       </c>
       <c r="B460" s="2" t="s">
-        <v>2088</v>
+        <v>2087</v>
       </c>
       <c r="C460" s="2" t="s">
-        <v>10</v>
+        <v>2075</v>
       </c>
       <c r="D460" s="2">
-        <v>1560318</v>
+        <v>1590787</v>
       </c>
       <c r="E460" s="2">
-        <v>5614028582</v>
+        <v>5921029500</v>
       </c>
       <c r="F460" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G460" s="2" t="s">
+        <v>2088</v>
+      </c>
+      <c r="H460" s="2" t="s">
         <v>2089</v>
       </c>
-      <c r="H460" s="2" t="s">
+      <c r="I460" s="2" t="s">
         <v>2090</v>
-      </c>
-[...1 lines deleted...]
-        <v>2091</v>
       </c>
     </row>
     <row r="461" spans="1:9">
       <c r="A461" s="2">
         <v>460</v>
       </c>
       <c r="B461" s="2" t="s">
+        <v>2091</v>
+      </c>
+      <c r="C461" s="2" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D461" s="2">
+        <v>1590788</v>
+      </c>
+      <c r="E461" s="2">
+        <v>5921027372</v>
+      </c>
+      <c r="F461" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G461" s="2" t="s">
         <v>2092</v>
       </c>
-      <c r="C461" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G461" s="2" t="s">
+      <c r="H461" s="2" t="s">
         <v>2093</v>
       </c>
-      <c r="H461" s="2" t="s">
+      <c r="I461" s="2" t="s">
         <v>2094</v>
-      </c>
-[...1 lines deleted...]
-        <v>2095</v>
       </c>
     </row>
     <row r="462" spans="1:9">
       <c r="A462" s="2">
         <v>461</v>
       </c>
       <c r="B462" s="2" t="s">
+        <v>2095</v>
+      </c>
+      <c r="C462" s="2" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D462" s="2">
+        <v>1590789</v>
+      </c>
+      <c r="E462" s="2">
+        <v>5981998594</v>
+      </c>
+      <c r="F462" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G462" s="2" t="s">
         <v>2096</v>
       </c>
-      <c r="C462" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G462" s="2" t="s">
+      <c r="H462" s="2" t="s">
         <v>2097</v>
       </c>
-      <c r="H462" s="2" t="s">
+      <c r="I462" s="2" t="s">
         <v>2098</v>
-      </c>
-[...1 lines deleted...]
-        <v>2099</v>
       </c>
     </row>
     <row r="463" spans="1:9">
       <c r="A463" s="2">
         <v>462</v>
       </c>
       <c r="B463" s="2" t="s">
+        <v>2099</v>
+      </c>
+      <c r="C463" s="2" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D463" s="2">
+        <v>1590790</v>
+      </c>
+      <c r="E463" s="2">
+        <v>5917591064</v>
+      </c>
+      <c r="F463" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G463" s="2" t="s">
         <v>2100</v>
       </c>
-      <c r="C463" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G463" s="2" t="s">
+      <c r="H463" s="2" t="s">
         <v>2101</v>
       </c>
-      <c r="H463" s="2" t="s">
+      <c r="I463" s="2" t="s">
         <v>2102</v>
-      </c>
-[...1 lines deleted...]
-        <v>2103</v>
       </c>
     </row>
     <row r="464" spans="1:9">
       <c r="A464" s="2">
         <v>463</v>
       </c>
       <c r="B464" s="2" t="s">
+        <v>2103</v>
+      </c>
+      <c r="C464" s="2" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D464" s="2">
+        <v>1590791</v>
+      </c>
+      <c r="E464" s="2">
+        <v>5903067301</v>
+      </c>
+      <c r="F464" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="G464" s="2" t="s">
         <v>2104</v>
       </c>
-      <c r="C464" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G464" s="2" t="s">
+      <c r="H464" s="2" t="s">
         <v>2105</v>
       </c>
-      <c r="H464" s="2" t="s">
+      <c r="I464" s="2" t="s">
         <v>2106</v>
-      </c>
-[...1 lines deleted...]
-        <v>2107</v>
       </c>
     </row>
     <row r="465" spans="1:9">
       <c r="A465" s="2">
         <v>464</v>
       </c>
       <c r="B465" s="2" t="s">
+        <v>2107</v>
+      </c>
+      <c r="C465" s="2" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D465" s="2">
+        <v>1590792</v>
+      </c>
+      <c r="E465" s="2">
+        <v>5907024588</v>
+      </c>
+      <c r="F465" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G465" s="2" t="s">
         <v>2108</v>
       </c>
-      <c r="C465" s="2" t="s">
+      <c r="H465" s="2" t="s">
         <v>2109</v>
       </c>
-      <c r="D465" s="2">
-[...5 lines deleted...]
-      <c r="F465" s="2" t="s">
+      <c r="I465" s="2" t="s">
         <v>2110</v>
-      </c>
-[...7 lines deleted...]
-        <v>2113</v>
       </c>
     </row>
     <row r="466" spans="1:9">
       <c r="A466" s="2">
         <v>465</v>
       </c>
       <c r="B466" s="2" t="s">
+        <v>2111</v>
+      </c>
+      <c r="C466" s="2" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D466" s="2">
+        <v>1590794</v>
+      </c>
+      <c r="E466" s="2">
+        <v>5947014089</v>
+      </c>
+      <c r="F466" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G466" s="2" t="s">
+        <v>2112</v>
+      </c>
+      <c r="H466" s="2" t="s">
+        <v>2113</v>
+      </c>
+      <c r="I466" s="2" t="s">
         <v>2114</v>
-      </c>
-[...19 lines deleted...]
-        <v>2117</v>
       </c>
     </row>
     <row r="467" spans="1:9">
       <c r="A467" s="2">
         <v>466</v>
       </c>
       <c r="B467" s="2" t="s">
+        <v>2115</v>
+      </c>
+      <c r="C467" s="2" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D467" s="2">
+        <v>1590795</v>
+      </c>
+      <c r="E467" s="2">
+        <v>5981998587</v>
+      </c>
+      <c r="F467" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G467" s="2" t="s">
+        <v>2116</v>
+      </c>
+      <c r="H467" s="2" t="s">
+        <v>2117</v>
+      </c>
+      <c r="I467" s="2" t="s">
         <v>2118</v>
-      </c>
-[...19 lines deleted...]
-        <v>2121</v>
       </c>
     </row>
     <row r="468" spans="1:9">
       <c r="A468" s="2">
         <v>467</v>
       </c>
       <c r="B468" s="2" t="s">
+        <v>2119</v>
+      </c>
+      <c r="C468" s="2" t="s">
+        <v>579</v>
+      </c>
+      <c r="D468" s="2">
+        <v>1590813</v>
+      </c>
+      <c r="E468" s="2">
+        <v>5939006550</v>
+      </c>
+      <c r="F468" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G468" s="2" t="s">
+        <v>2120</v>
+      </c>
+      <c r="H468" s="2" t="s">
+        <v>2121</v>
+      </c>
+      <c r="I468" s="2" t="s">
         <v>2122</v>
-      </c>
-[...19 lines deleted...]
-        <v>2125</v>
       </c>
     </row>
     <row r="469" spans="1:9">
       <c r="A469" s="2">
         <v>468</v>
       </c>
       <c r="B469" s="2" t="s">
+        <v>2123</v>
+      </c>
+      <c r="C469" s="2" t="s">
+        <v>579</v>
+      </c>
+      <c r="D469" s="2">
+        <v>1590814</v>
+      </c>
+      <c r="E469" s="2">
+        <v>5981003288</v>
+      </c>
+      <c r="F469" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G469" s="2" t="s">
+        <v>2124</v>
+      </c>
+      <c r="H469" s="2" t="s">
+        <v>2125</v>
+      </c>
+      <c r="I469" s="2" t="s">
         <v>2126</v>
-      </c>
-[...19 lines deleted...]
-        <v>2130</v>
       </c>
     </row>
     <row r="470" spans="1:9">
       <c r="A470" s="2">
         <v>469</v>
       </c>
       <c r="B470" s="2" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C470" s="2" t="s">
+        <v>2128</v>
+      </c>
+      <c r="D470" s="2">
+        <v>1590828</v>
+      </c>
+      <c r="E470" s="2">
+        <v>5957819438</v>
+      </c>
+      <c r="F470" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G470" s="2" t="s">
+        <v>2129</v>
+      </c>
+      <c r="H470" s="2" t="s">
+        <v>2130</v>
+      </c>
+      <c r="I470" s="2" t="s">
         <v>2131</v>
-      </c>
-[...19 lines deleted...]
-        <v>2134</v>
       </c>
     </row>
     <row r="471" spans="1:9">
       <c r="A471" s="2">
         <v>470</v>
       </c>
       <c r="B471" s="2" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C471" s="2" t="s">
+        <v>2133</v>
+      </c>
+      <c r="D471" s="2">
+        <v>1590885</v>
+      </c>
+      <c r="E471" s="2">
+        <v>5981002936</v>
+      </c>
+      <c r="F471" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G471" s="2" t="s">
+        <v>2134</v>
+      </c>
+      <c r="H471" s="2" t="s">
         <v>2135</v>
       </c>
-      <c r="C471" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F471" s="2" t="s">
+      <c r="I471" s="2" t="s">
         <v>2136</v>
-      </c>
-[...7 lines deleted...]
-        <v>2139</v>
       </c>
     </row>
     <row r="472" spans="1:9">
       <c r="A472" s="2">
         <v>471</v>
       </c>
       <c r="B472" s="2" t="s">
+        <v>2137</v>
+      </c>
+      <c r="C472" s="2" t="s">
+        <v>2133</v>
+      </c>
+      <c r="D472" s="2">
+        <v>1590886</v>
+      </c>
+      <c r="E472" s="2">
+        <v>5921020521</v>
+      </c>
+      <c r="F472" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="G472" s="2" t="s">
+        <v>2138</v>
+      </c>
+      <c r="H472" s="2" t="s">
+        <v>2139</v>
+      </c>
+      <c r="I472" s="2" t="s">
         <v>2140</v>
-      </c>
-[...19 lines deleted...]
-        <v>2144</v>
       </c>
     </row>
     <row r="473" spans="1:9">
       <c r="A473" s="2">
         <v>472</v>
       </c>
       <c r="B473" s="2" t="s">
-        <v>2145</v>
+        <v>2141</v>
       </c>
       <c r="C473" s="2" t="s">
-        <v>10</v>
+        <v>2133</v>
       </c>
       <c r="D473" s="2">
-        <v>1580330</v>
+        <v>1590887</v>
       </c>
       <c r="E473" s="2">
-        <v>5836681979</v>
+        <v>5957402034</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>623</v>
+        <v>131</v>
       </c>
       <c r="G473" s="2" t="s">
-        <v>2132</v>
+        <v>2142</v>
       </c>
       <c r="H473" s="2" t="s">
-        <v>2146</v>
+        <v>2143</v>
       </c>
       <c r="I473" s="2" t="s">
-        <v>2147</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="474" spans="1:9">
       <c r="A474" s="2">
         <v>473</v>
       </c>
       <c r="B474" s="2" t="s">
+        <v>2145</v>
+      </c>
+      <c r="C474" s="2" t="s">
+        <v>2146</v>
+      </c>
+      <c r="D474" s="2">
+        <v>1590894</v>
+      </c>
+      <c r="E474" s="2">
+        <v>5902225932</v>
+      </c>
+      <c r="F474" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="G474" s="2" t="s">
+        <v>2147</v>
+      </c>
+      <c r="H474" s="2" t="s">
         <v>2148</v>
       </c>
-      <c r="C474" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G474" s="2" t="s">
+      <c r="I474" s="2" t="s">
         <v>2149</v>
-      </c>
-[...4 lines deleted...]
-        <v>2151</v>
       </c>
     </row>
     <row r="475" spans="1:9">
       <c r="A475" s="2">
         <v>474</v>
       </c>
       <c r="B475" s="2" t="s">
+        <v>2150</v>
+      </c>
+      <c r="C475" s="2" t="s">
+        <v>2151</v>
+      </c>
+      <c r="D475" s="2">
+        <v>1590898</v>
+      </c>
+      <c r="E475" s="2">
+        <v>5920023400</v>
+      </c>
+      <c r="F475" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G475" s="2" t="s">
         <v>2152</v>
       </c>
-      <c r="C475" s="2" t="s">
+      <c r="H475" s="2" t="s">
         <v>2153</v>
       </c>
-      <c r="D475" s="2">
-[...5 lines deleted...]
-      <c r="F475" s="2" t="s">
+      <c r="I475" s="2" t="s">
         <v>2154</v>
-      </c>
-[...7 lines deleted...]
-        <v>2157</v>
       </c>
     </row>
     <row r="476" spans="1:9">
       <c r="A476" s="2">
         <v>475</v>
       </c>
       <c r="B476" s="2" t="s">
+        <v>2155</v>
+      </c>
+      <c r="C476" s="2" t="s">
+        <v>321</v>
+      </c>
+      <c r="D476" s="2">
+        <v>1590945</v>
+      </c>
+      <c r="E476" s="2">
+        <v>5918219980</v>
+      </c>
+      <c r="F476" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G476" s="2" t="s">
+        <v>2156</v>
+      </c>
+      <c r="H476" s="2" t="s">
+        <v>2157</v>
+      </c>
+      <c r="I476" s="2" t="s">
         <v>2158</v>
-      </c>
-[...19 lines deleted...]
-        <v>2162</v>
       </c>
     </row>
     <row r="477" spans="1:9">
       <c r="A477" s="2">
         <v>476</v>
       </c>
       <c r="B477" s="2" t="s">
+        <v>2159</v>
+      </c>
+      <c r="C477" s="2" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D477" s="2">
+        <v>1590989</v>
+      </c>
+      <c r="E477" s="2">
+        <v>5906164046</v>
+      </c>
+      <c r="F477" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="G477" s="2" t="s">
+        <v>2161</v>
+      </c>
+      <c r="H477" s="2" t="s">
+        <v>2162</v>
+      </c>
+      <c r="I477" s="2" t="s">
         <v>2163</v>
-      </c>
-[...19 lines deleted...]
-        <v>2168</v>
       </c>
     </row>
     <row r="478" spans="1:9">
       <c r="A478" s="2">
         <v>477</v>
       </c>
       <c r="B478" s="2" t="s">
-        <v>2169</v>
+        <v>2164</v>
       </c>
       <c r="C478" s="2" t="s">
-        <v>692</v>
+        <v>2165</v>
       </c>
       <c r="D478" s="2">
-        <v>1581038</v>
+        <v>1591000</v>
       </c>
       <c r="E478" s="2">
-        <v>5838070735</v>
+        <v>5981003418</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>38</v>
+        <v>131</v>
       </c>
       <c r="G478" s="2" t="s">
-        <v>2170</v>
+        <v>2166</v>
       </c>
       <c r="H478" s="2" t="s">
-        <v>2171</v>
+        <v>2167</v>
       </c>
       <c r="I478" s="2" t="s">
-        <v>2172</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="479" spans="1:9">
       <c r="A479" s="2">
         <v>478</v>
       </c>
       <c r="B479" s="2" t="s">
-        <v>2173</v>
+        <v>2169</v>
       </c>
       <c r="C479" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D479" s="2">
-        <v>1590332</v>
+        <v>1600338</v>
       </c>
       <c r="E479" s="2">
-        <v>5902220892</v>
+        <v>6027123709</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>32</v>
+        <v>2170</v>
       </c>
       <c r="G479" s="2" t="s">
-        <v>2174</v>
+        <v>2171</v>
       </c>
       <c r="H479" s="2" t="s">
-        <v>2175</v>
+        <v>2172</v>
       </c>
       <c r="I479" s="2" t="s">
-        <v>2176</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="480" spans="1:9">
       <c r="A480" s="2">
         <v>479</v>
       </c>
       <c r="B480" s="2" t="s">
-        <v>2177</v>
+        <v>2174</v>
       </c>
       <c r="C480" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D480" s="2">
-        <v>1590333</v>
+        <v>1600339</v>
       </c>
       <c r="E480" s="2">
-        <v>5902198365</v>
+        <v>6027129771</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="G480" s="2" t="s">
-        <v>2178</v>
+        <v>2175</v>
       </c>
       <c r="H480" s="2" t="s">
-        <v>2175</v>
+        <v>2176</v>
       </c>
       <c r="I480" s="2" t="s">
-        <v>2179</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="481" spans="1:9">
       <c r="A481" s="2">
         <v>480</v>
       </c>
       <c r="B481" s="2" t="s">
+        <v>2178</v>
+      </c>
+      <c r="C481" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="D481" s="2">
+        <v>1600341</v>
+      </c>
+      <c r="E481" s="2">
+        <v>6015007144</v>
+      </c>
+      <c r="F481" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="G481" s="2" t="s">
+        <v>2179</v>
+      </c>
+      <c r="H481" s="2" t="s">
         <v>2180</v>
       </c>
-      <c r="C481" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F481" s="2" t="s">
+      <c r="I481" s="2" t="s">
         <v>2181</v>
-      </c>
-[...7 lines deleted...]
-        <v>2184</v>
       </c>
     </row>
     <row r="482" spans="1:9">
       <c r="A482" s="2">
         <v>481</v>
       </c>
       <c r="B482" s="2" t="s">
+        <v>2182</v>
+      </c>
+      <c r="C482" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="D482" s="2">
+        <v>1600342</v>
+      </c>
+      <c r="E482" s="2">
+        <v>6004004085</v>
+      </c>
+      <c r="F482" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G482" s="2" t="s">
+        <v>2183</v>
+      </c>
+      <c r="H482" s="2" t="s">
+        <v>2184</v>
+      </c>
+      <c r="I482" s="2" t="s">
         <v>2185</v>
-      </c>
-[...19 lines deleted...]
-        <v>2188</v>
       </c>
     </row>
     <row r="483" spans="1:9">
       <c r="A483" s="2">
         <v>482</v>
       </c>
       <c r="B483" s="2" t="s">
+        <v>2186</v>
+      </c>
+      <c r="C483" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="D483" s="2">
+        <v>1600345</v>
+      </c>
+      <c r="E483" s="2">
+        <v>6025035359</v>
+      </c>
+      <c r="F483" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="G483" s="2" t="s">
+        <v>2187</v>
+      </c>
+      <c r="H483" s="2" t="s">
+        <v>2188</v>
+      </c>
+      <c r="I483" s="2" t="s">
         <v>2189</v>
-      </c>
-[...19 lines deleted...]
-        <v>2193</v>
       </c>
     </row>
     <row r="484" spans="1:9">
       <c r="A484" s="2">
         <v>483</v>
       </c>
       <c r="B484" s="2" t="s">
-        <v>2194</v>
+        <v>2190</v>
       </c>
       <c r="C484" s="2" t="s">
-        <v>10</v>
+        <v>2191</v>
       </c>
       <c r="D484" s="2">
-        <v>1590337</v>
+        <v>1600893</v>
       </c>
       <c r="E484" s="2">
-        <v>5904302861</v>
+        <v>6027207324</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>242</v>
+        <v>32</v>
       </c>
       <c r="G484" s="2" t="s">
-        <v>2195</v>
+        <v>2171</v>
       </c>
       <c r="H484" s="2" t="s">
-        <v>2196</v>
+        <v>2192</v>
       </c>
       <c r="I484" s="2" t="s">
-        <v>2197</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="485" spans="1:9">
       <c r="A485" s="2">
         <v>484</v>
       </c>
       <c r="B485" s="2" t="s">
-        <v>2198</v>
+        <v>2194</v>
       </c>
       <c r="C485" s="2" t="s">
-        <v>2199</v>
+        <v>1609</v>
       </c>
       <c r="D485" s="2">
-        <v>1590783</v>
+        <v>1600936</v>
       </c>
       <c r="E485" s="2">
-        <v>5911061134</v>
+        <v>6025027710</v>
       </c>
       <c r="F485" s="2" t="s">
-        <v>132</v>
+        <v>1633</v>
       </c>
       <c r="G485" s="2" t="s">
-        <v>2200</v>
+        <v>2195</v>
       </c>
       <c r="H485" s="2" t="s">
-        <v>2201</v>
+        <v>2196</v>
       </c>
       <c r="I485" s="2" t="s">
-        <v>2202</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="486" spans="1:9">
       <c r="A486" s="2">
         <v>485</v>
       </c>
       <c r="B486" s="2" t="s">
-        <v>2203</v>
+        <v>2198</v>
       </c>
       <c r="C486" s="2" t="s">
         <v>2199</v>
       </c>
       <c r="D486" s="2">
-        <v>1590785</v>
+        <v>1601025</v>
       </c>
       <c r="E486" s="2">
-        <v>5918840683</v>
+        <v>6027205310</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>132</v>
+        <v>51</v>
       </c>
       <c r="G486" s="2" t="s">
-        <v>2204</v>
+        <v>2200</v>
       </c>
       <c r="H486" s="2" t="s">
-        <v>2205</v>
+        <v>2201</v>
       </c>
       <c r="I486" s="2" t="s">
-        <v>2206</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="487" spans="1:9">
       <c r="A487" s="2">
         <v>486</v>
       </c>
       <c r="B487" s="2" t="s">
-        <v>2207</v>
+        <v>2203</v>
       </c>
       <c r="C487" s="2" t="s">
-        <v>2199</v>
+        <v>814</v>
       </c>
       <c r="D487" s="2">
-        <v>1590786</v>
+        <v>1601035</v>
       </c>
       <c r="E487" s="2">
-        <v>5951006860</v>
+        <v>6025024237</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>132</v>
+        <v>312</v>
       </c>
       <c r="G487" s="2" t="s">
-        <v>2208</v>
+        <v>2204</v>
       </c>
       <c r="H487" s="2" t="s">
-        <v>2209</v>
+        <v>2205</v>
       </c>
       <c r="I487" s="2" t="s">
-        <v>2210</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="488" spans="1:9">
       <c r="A488" s="2">
         <v>487</v>
       </c>
       <c r="B488" s="2" t="s">
-        <v>2211</v>
+        <v>2207</v>
       </c>
       <c r="C488" s="2" t="s">
-        <v>2199</v>
+        <v>10</v>
       </c>
       <c r="D488" s="2">
-        <v>1590787</v>
+        <v>1610341</v>
       </c>
       <c r="E488" s="2">
-        <v>5921029500</v>
+        <v>6163098963</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="G488" s="2" t="s">
-        <v>2212</v>
+        <v>2208</v>
       </c>
       <c r="H488" s="2" t="s">
-        <v>2213</v>
+        <v>2209</v>
       </c>
       <c r="I488" s="2" t="s">
-        <v>2214</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="489" spans="1:9">
       <c r="A489" s="2">
         <v>488</v>
       </c>
       <c r="B489" s="2" t="s">
+        <v>2211</v>
+      </c>
+      <c r="C489" s="2" t="s">
+        <v>2212</v>
+      </c>
+      <c r="D489" s="2">
+        <v>1610808</v>
+      </c>
+      <c r="E489" s="2">
+        <v>6163207186</v>
+      </c>
+      <c r="F489" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="G489" s="2" t="s">
+        <v>2213</v>
+      </c>
+      <c r="H489" s="2" t="s">
+        <v>2214</v>
+      </c>
+      <c r="I489" s="2" t="s">
         <v>2215</v>
-      </c>
-[...19 lines deleted...]
-        <v>2218</v>
       </c>
     </row>
     <row r="490" spans="1:9">
       <c r="A490" s="2">
         <v>489</v>
       </c>
       <c r="B490" s="2" t="s">
+        <v>2216</v>
+      </c>
+      <c r="C490" s="2" t="s">
+        <v>2217</v>
+      </c>
+      <c r="D490" s="2">
+        <v>1610831</v>
+      </c>
+      <c r="E490" s="2">
+        <v>6164109350</v>
+      </c>
+      <c r="F490" s="2" t="s">
+        <v>2218</v>
+      </c>
+      <c r="G490" s="2" t="s">
         <v>2219</v>
       </c>
-      <c r="C490" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G490" s="2" t="s">
+      <c r="H490" s="2" t="s">
         <v>2220</v>
       </c>
-      <c r="H490" s="2" t="s">
+      <c r="I490" s="2" t="s">
         <v>2221</v>
-      </c>
-[...1 lines deleted...]
-        <v>2222</v>
       </c>
     </row>
     <row r="491" spans="1:9">
       <c r="A491" s="2">
         <v>490</v>
       </c>
       <c r="B491" s="2" t="s">
+        <v>2222</v>
+      </c>
+      <c r="C491" s="2" t="s">
         <v>2223</v>
       </c>
-      <c r="C491" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D491" s="2">
-        <v>1590790</v>
+        <v>1610869</v>
       </c>
       <c r="E491" s="2">
-        <v>5917591064</v>
+        <v>6155026757</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="G491" s="2" t="s">
         <v>2224</v>
       </c>
       <c r="H491" s="2" t="s">
         <v>2225</v>
       </c>
       <c r="I491" s="2" t="s">
         <v>2226</v>
       </c>
     </row>
     <row r="492" spans="1:9">
       <c r="A492" s="2">
         <v>491</v>
       </c>
       <c r="B492" s="2" t="s">
         <v>2227</v>
       </c>
       <c r="C492" s="2" t="s">
-        <v>2199</v>
+        <v>2223</v>
       </c>
       <c r="D492" s="2">
-        <v>1590791</v>
+        <v>1610870</v>
       </c>
       <c r="E492" s="2">
-        <v>5903067301</v>
+        <v>6164074612</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>19</v>
+        <v>632</v>
       </c>
       <c r="G492" s="2" t="s">
         <v>2228</v>
       </c>
       <c r="H492" s="2" t="s">
         <v>2229</v>
       </c>
       <c r="I492" s="2" t="s">
         <v>2230</v>
       </c>
     </row>
     <row r="493" spans="1:9">
       <c r="A493" s="2">
         <v>492</v>
       </c>
       <c r="B493" s="2" t="s">
         <v>2231</v>
       </c>
       <c r="C493" s="2" t="s">
-        <v>2199</v>
+        <v>2223</v>
       </c>
       <c r="D493" s="2">
-        <v>1590792</v>
+        <v>1610871</v>
       </c>
       <c r="E493" s="2">
-        <v>5907024588</v>
+        <v>6163113192</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>132</v>
+        <v>111</v>
       </c>
       <c r="G493" s="2" t="s">
         <v>2232</v>
       </c>
       <c r="H493" s="2" t="s">
         <v>2233</v>
       </c>
       <c r="I493" s="2" t="s">
         <v>2234</v>
       </c>
     </row>
     <row r="494" spans="1:9">
       <c r="A494" s="2">
         <v>493</v>
       </c>
       <c r="B494" s="2" t="s">
         <v>2235</v>
       </c>
       <c r="C494" s="2" t="s">
-        <v>2199</v>
+        <v>2223</v>
       </c>
       <c r="D494" s="2">
-        <v>1590794</v>
+        <v>1610872</v>
       </c>
       <c r="E494" s="2">
-        <v>5947014089</v>
+        <v>6163214634</v>
       </c>
       <c r="F494" s="2" t="s">
-        <v>132</v>
+        <v>2236</v>
       </c>
       <c r="G494" s="2" t="s">
-        <v>2236</v>
+        <v>2237</v>
       </c>
       <c r="H494" s="2" t="s">
-        <v>2237</v>
+        <v>2238</v>
       </c>
       <c r="I494" s="2" t="s">
-        <v>2238</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="495" spans="1:9">
       <c r="A495" s="2">
         <v>494</v>
       </c>
       <c r="B495" s="2" t="s">
-        <v>2239</v>
+        <v>2240</v>
       </c>
       <c r="C495" s="2" t="s">
-        <v>2199</v>
+        <v>2223</v>
       </c>
       <c r="D495" s="2">
-        <v>1590795</v>
+        <v>1610873</v>
       </c>
       <c r="E495" s="2">
-        <v>5981998587</v>
+        <v>6145005116</v>
       </c>
       <c r="F495" s="2" t="s">
-        <v>132</v>
+        <v>632</v>
       </c>
       <c r="G495" s="2" t="s">
-        <v>2240</v>
+        <v>2241</v>
       </c>
       <c r="H495" s="2" t="s">
-        <v>2241</v>
+        <v>2242</v>
       </c>
       <c r="I495" s="2" t="s">
-        <v>2242</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="496" spans="1:9">
       <c r="A496" s="2">
         <v>495</v>
       </c>
       <c r="B496" s="2" t="s">
-        <v>2243</v>
+        <v>2244</v>
       </c>
       <c r="C496" s="2" t="s">
-        <v>617</v>
+        <v>2223</v>
       </c>
       <c r="D496" s="2">
-        <v>1590813</v>
+        <v>1610874</v>
       </c>
       <c r="E496" s="2">
-        <v>5939006550</v>
+        <v>6154035727</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>132</v>
+        <v>632</v>
       </c>
       <c r="G496" s="2" t="s">
-        <v>2244</v>
+        <v>2245</v>
       </c>
       <c r="H496" s="2" t="s">
-        <v>2245</v>
+        <v>2246</v>
       </c>
       <c r="I496" s="2" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="497" spans="1:9">
       <c r="A497" s="2">
         <v>496</v>
       </c>
       <c r="B497" s="2" t="s">
-        <v>2247</v>
+        <v>2248</v>
       </c>
       <c r="C497" s="2" t="s">
-        <v>617</v>
+        <v>2223</v>
       </c>
       <c r="D497" s="2">
-        <v>1590814</v>
+        <v>1610875</v>
       </c>
       <c r="E497" s="2">
-        <v>5981003288</v>
+        <v>6151009581</v>
       </c>
       <c r="F497" s="2" t="s">
-        <v>132</v>
+        <v>632</v>
       </c>
       <c r="G497" s="2" t="s">
-        <v>2248</v>
+        <v>2249</v>
       </c>
       <c r="H497" s="2" t="s">
-        <v>2249</v>
+        <v>2250</v>
       </c>
       <c r="I497" s="2" t="s">
-        <v>2250</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="498" spans="1:9">
       <c r="A498" s="2">
         <v>497</v>
       </c>
       <c r="B498" s="2" t="s">
-        <v>2251</v>
+        <v>2252</v>
       </c>
       <c r="C498" s="2" t="s">
-        <v>2252</v>
+        <v>2223</v>
       </c>
       <c r="D498" s="2">
-        <v>1590828</v>
+        <v>1610876</v>
       </c>
       <c r="E498" s="2">
-        <v>5957819438</v>
+        <v>6165216877</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>132</v>
+        <v>2253</v>
       </c>
       <c r="G498" s="2" t="s">
-        <v>2253</v>
+        <v>2254</v>
       </c>
       <c r="H498" s="2" t="s">
-        <v>2254</v>
+        <v>2255</v>
       </c>
       <c r="I498" s="2" t="s">
-        <v>2255</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="499" spans="1:9">
       <c r="A499" s="2">
         <v>498</v>
       </c>
       <c r="B499" s="2" t="s">
-        <v>2256</v>
+        <v>2257</v>
       </c>
       <c r="C499" s="2" t="s">
-        <v>2257</v>
+        <v>2223</v>
       </c>
       <c r="D499" s="2">
-        <v>1590885</v>
+        <v>1610877</v>
       </c>
       <c r="E499" s="2">
-        <v>5981002936</v>
+        <v>6146004348</v>
       </c>
       <c r="F499" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="G499" s="2" t="s">
         <v>2258</v>
       </c>
       <c r="H499" s="2" t="s">
         <v>2259</v>
       </c>
       <c r="I499" s="2" t="s">
         <v>2260</v>
       </c>
     </row>
     <row r="500" spans="1:9">
       <c r="A500" s="2">
         <v>499</v>
       </c>
       <c r="B500" s="2" t="s">
         <v>2261</v>
       </c>
       <c r="C500" s="2" t="s">
-        <v>2257</v>
+        <v>422</v>
       </c>
       <c r="D500" s="2">
-        <v>1590886</v>
+        <v>1620343</v>
       </c>
       <c r="E500" s="2">
-        <v>5921020521</v>
+        <v>6209003727</v>
       </c>
       <c r="F500" s="2" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="G500" s="2" t="s">
         <v>2262</v>
       </c>
       <c r="H500" s="2" t="s">
         <v>2263</v>
       </c>
       <c r="I500" s="2" t="s">
         <v>2264</v>
       </c>
     </row>
     <row r="501" spans="1:9">
       <c r="A501" s="2">
         <v>500</v>
       </c>
       <c r="B501" s="2" t="s">
         <v>2265</v>
       </c>
       <c r="C501" s="2" t="s">
-        <v>2257</v>
+        <v>422</v>
       </c>
       <c r="D501" s="2">
-        <v>1590887</v>
+        <v>1620344</v>
       </c>
       <c r="E501" s="2">
-        <v>5957402034</v>
+        <v>6201990013</v>
       </c>
       <c r="F501" s="2" t="s">
-        <v>132</v>
+        <v>67</v>
       </c>
       <c r="G501" s="2" t="s">
         <v>2266</v>
       </c>
       <c r="H501" s="2" t="s">
         <v>2267</v>
       </c>
       <c r="I501" s="2" t="s">
         <v>2268</v>
       </c>
     </row>
     <row r="502" spans="1:9">
       <c r="A502" s="2">
         <v>501</v>
       </c>
       <c r="B502" s="2" t="s">
         <v>2269</v>
       </c>
       <c r="C502" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="D502" s="2">
+        <v>1620345</v>
+      </c>
+      <c r="E502" s="2">
+        <v>6202990016</v>
+      </c>
+      <c r="F502" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G502" s="2" t="s">
         <v>2270</v>
       </c>
-      <c r="D502" s="2">
-[...8 lines deleted...]
-      <c r="G502" s="2" t="s">
+      <c r="H502" s="2" t="s">
         <v>2271</v>
       </c>
-      <c r="H502" s="2" t="s">
+      <c r="I502" s="2" t="s">
         <v>2272</v>
-      </c>
-[...1 lines deleted...]
-        <v>2273</v>
       </c>
     </row>
     <row r="503" spans="1:9">
       <c r="A503" s="2">
         <v>502</v>
       </c>
       <c r="B503" s="2" t="s">
+        <v>2273</v>
+      </c>
+      <c r="C503" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="D503" s="2">
+        <v>1620347</v>
+      </c>
+      <c r="E503" s="2">
+        <v>6226010805</v>
+      </c>
+      <c r="F503" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G503" s="2" t="s">
         <v>2274</v>
       </c>
-      <c r="C503" s="2" t="s">
+      <c r="H503" s="2" t="s">
         <v>2275</v>
       </c>
-      <c r="D503" s="2">
-[...8 lines deleted...]
-      <c r="G503" s="2" t="s">
+      <c r="I503" s="2" t="s">
         <v>2276</v>
-      </c>
-[...4 lines deleted...]
-        <v>2278</v>
       </c>
     </row>
     <row r="504" spans="1:9">
       <c r="A504" s="2">
         <v>503</v>
       </c>
       <c r="B504" s="2" t="s">
+        <v>2277</v>
+      </c>
+      <c r="C504" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="D504" s="2">
+        <v>1620348</v>
+      </c>
+      <c r="E504" s="2">
+        <v>6205990014</v>
+      </c>
+      <c r="F504" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G504" s="2" t="s">
+        <v>2278</v>
+      </c>
+      <c r="H504" s="2" t="s">
         <v>2279</v>
       </c>
-      <c r="C504" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G504" s="2" t="s">
+      <c r="I504" s="2" t="s">
         <v>2280</v>
-      </c>
-[...4 lines deleted...]
-        <v>2282</v>
       </c>
     </row>
     <row r="505" spans="1:9">
       <c r="A505" s="2">
         <v>504</v>
       </c>
       <c r="B505" s="2" t="s">
+        <v>2281</v>
+      </c>
+      <c r="C505" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="D505" s="2">
+        <v>1620350</v>
+      </c>
+      <c r="E505" s="2">
+        <v>6207004002</v>
+      </c>
+      <c r="F505" s="2" t="s">
+        <v>2282</v>
+      </c>
+      <c r="G505" s="2" t="s">
         <v>2283</v>
       </c>
-      <c r="C505" s="2" t="s">
+      <c r="H505" s="2" t="s">
         <v>2284</v>
       </c>
-      <c r="D505" s="2">
-[...8 lines deleted...]
-      <c r="G505" s="2" t="s">
+      <c r="I505" s="2" t="s">
         <v>2285</v>
-      </c>
-[...4 lines deleted...]
-        <v>2287</v>
       </c>
     </row>
     <row r="506" spans="1:9">
       <c r="A506" s="2">
         <v>505</v>
       </c>
       <c r="B506" s="2" t="s">
+        <v>2286</v>
+      </c>
+      <c r="C506" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="D506" s="2">
+        <v>1620351</v>
+      </c>
+      <c r="E506" s="2">
+        <v>6208010961</v>
+      </c>
+      <c r="F506" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G506" s="2" t="s">
+        <v>2287</v>
+      </c>
+      <c r="H506" s="2" t="s">
         <v>2288</v>
       </c>
-      <c r="C506" s="2" t="s">
+      <c r="I506" s="2" t="s">
         <v>2289</v>
-      </c>
-[...16 lines deleted...]
-        <v>2292</v>
       </c>
     </row>
     <row r="507" spans="1:9">
       <c r="A507" s="2">
         <v>506</v>
       </c>
       <c r="B507" s="2" t="s">
+        <v>2290</v>
+      </c>
+      <c r="C507" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="D507" s="2">
+        <v>1620353</v>
+      </c>
+      <c r="E507" s="2">
+        <v>6211990012</v>
+      </c>
+      <c r="F507" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G507" s="2" t="s">
+        <v>2291</v>
+      </c>
+      <c r="H507" s="2" t="s">
+        <v>2292</v>
+      </c>
+      <c r="I507" s="2" t="s">
         <v>2293</v>
-      </c>
-[...19 lines deleted...]
-        <v>2297</v>
       </c>
     </row>
     <row r="508" spans="1:9">
       <c r="A508" s="2">
         <v>507</v>
       </c>
       <c r="B508" s="2" t="s">
-        <v>2298</v>
+        <v>2294</v>
       </c>
       <c r="C508" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D508" s="2">
-        <v>1600339</v>
+        <v>1620354</v>
       </c>
       <c r="E508" s="2">
-        <v>6027129771</v>
+        <v>6213009841</v>
       </c>
       <c r="F508" s="2" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="G508" s="2" t="s">
-        <v>2299</v>
+        <v>2295</v>
       </c>
       <c r="H508" s="2" t="s">
-        <v>2300</v>
+        <v>2296</v>
       </c>
       <c r="I508" s="2" t="s">
-        <v>2301</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="509" spans="1:9">
       <c r="A509" s="2">
         <v>508</v>
       </c>
       <c r="B509" s="2" t="s">
-        <v>2302</v>
+        <v>2298</v>
       </c>
       <c r="C509" s="2" t="s">
-        <v>456</v>
+        <v>422</v>
       </c>
       <c r="D509" s="2">
-        <v>1600341</v>
+        <v>1620355</v>
       </c>
       <c r="E509" s="2">
-        <v>6015007144</v>
+        <v>6214006917</v>
       </c>
       <c r="F509" s="2" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="G509" s="2" t="s">
-        <v>2303</v>
+        <v>2299</v>
       </c>
       <c r="H509" s="2" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="I509" s="2" t="s">
-        <v>2305</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="510" spans="1:9">
       <c r="A510" s="2">
         <v>509</v>
       </c>
       <c r="B510" s="2" t="s">
-        <v>2306</v>
+        <v>2302</v>
       </c>
       <c r="C510" s="2" t="s">
-        <v>456</v>
+        <v>422</v>
       </c>
       <c r="D510" s="2">
-        <v>1600342</v>
+        <v>1620356</v>
       </c>
       <c r="E510" s="2">
-        <v>6004004085</v>
+        <v>6215024852</v>
       </c>
       <c r="F510" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G510" s="2" t="s">
-        <v>2307</v>
+        <v>2303</v>
       </c>
       <c r="H510" s="2" t="s">
-        <v>2308</v>
+        <v>2304</v>
       </c>
       <c r="I510" s="2" t="s">
-        <v>2309</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="511" spans="1:9">
       <c r="A511" s="2">
         <v>510</v>
       </c>
       <c r="B511" s="2" t="s">
-        <v>2310</v>
+        <v>2306</v>
       </c>
       <c r="C511" s="2" t="s">
-        <v>456</v>
+        <v>422</v>
       </c>
       <c r="D511" s="2">
-        <v>1600345</v>
+        <v>1620357</v>
       </c>
       <c r="E511" s="2">
-        <v>6025035359</v>
+        <v>6216098991</v>
       </c>
       <c r="F511" s="2" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="G511" s="2" t="s">
-        <v>2311</v>
+        <v>2307</v>
       </c>
       <c r="H511" s="2" t="s">
-        <v>2312</v>
+        <v>2308</v>
       </c>
       <c r="I511" s="2" t="s">
-        <v>2313</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="512" spans="1:9">
       <c r="A512" s="2">
         <v>511</v>
       </c>
       <c r="B512" s="2" t="s">
-        <v>2314</v>
+        <v>2310</v>
       </c>
       <c r="C512" s="2" t="s">
-        <v>2315</v>
+        <v>422</v>
       </c>
       <c r="D512" s="2">
-        <v>1600347</v>
+        <v>1620360</v>
       </c>
       <c r="E512" s="2">
-        <v>6027180150</v>
+        <v>6220008655</v>
       </c>
       <c r="F512" s="2" t="s">
-        <v>184</v>
+        <v>2282</v>
       </c>
       <c r="G512" s="2" t="s">
-        <v>2316</v>
+        <v>2311</v>
       </c>
       <c r="H512" s="2" t="s">
-        <v>2317</v>
+        <v>2312</v>
       </c>
       <c r="I512" s="2" t="s">
-        <v>2318</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="513" spans="1:9">
       <c r="A513" s="2">
         <v>512</v>
       </c>
       <c r="B513" s="2" t="s">
-        <v>2319</v>
+        <v>2314</v>
       </c>
       <c r="C513" s="2" t="s">
-        <v>2320</v>
+        <v>422</v>
       </c>
       <c r="D513" s="2">
-        <v>1600893</v>
+        <v>1620362</v>
       </c>
       <c r="E513" s="2">
-        <v>6027207324</v>
+        <v>6222115839</v>
       </c>
       <c r="F513" s="2" t="s">
-        <v>32</v>
+        <v>67</v>
       </c>
       <c r="G513" s="2" t="s">
-        <v>2295</v>
+        <v>2315</v>
       </c>
       <c r="H513" s="2" t="s">
-        <v>2321</v>
+        <v>2316</v>
       </c>
       <c r="I513" s="2" t="s">
-        <v>2322</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="514" spans="1:9">
       <c r="A514" s="2">
         <v>513</v>
       </c>
       <c r="B514" s="2" t="s">
-        <v>2323</v>
+        <v>2318</v>
       </c>
       <c r="C514" s="2" t="s">
-        <v>1709</v>
+        <v>422</v>
       </c>
       <c r="D514" s="2">
-        <v>1600936</v>
+        <v>1620364</v>
       </c>
       <c r="E514" s="2">
-        <v>6025027710</v>
+        <v>6224006120</v>
       </c>
       <c r="F514" s="2" t="s">
-        <v>2324</v>
+        <v>67</v>
       </c>
       <c r="G514" s="2" t="s">
-        <v>2325</v>
+        <v>2319</v>
       </c>
       <c r="H514" s="2" t="s">
-        <v>2326</v>
+        <v>2320</v>
       </c>
       <c r="I514" s="2" t="s">
-        <v>2327</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="515" spans="1:9">
       <c r="A515" s="2">
         <v>514</v>
       </c>
       <c r="B515" s="2" t="s">
-        <v>2328</v>
+        <v>2322</v>
       </c>
       <c r="C515" s="2" t="s">
-        <v>2329</v>
+        <v>422</v>
       </c>
       <c r="D515" s="2">
-        <v>1601025</v>
+        <v>1620365</v>
       </c>
       <c r="E515" s="2">
-        <v>6027205310</v>
+        <v>6225009557</v>
       </c>
       <c r="F515" s="2" t="s">
-        <v>52</v>
+        <v>67</v>
       </c>
       <c r="G515" s="2" t="s">
-        <v>2330</v>
+        <v>2323</v>
       </c>
       <c r="H515" s="2" t="s">
-        <v>2331</v>
+        <v>2324</v>
       </c>
       <c r="I515" s="2" t="s">
-        <v>2332</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="516" spans="1:9">
       <c r="A516" s="2">
         <v>515</v>
       </c>
       <c r="B516" s="2" t="s">
-        <v>2333</v>
+        <v>2326</v>
       </c>
       <c r="C516" s="2" t="s">
-        <v>877</v>
+        <v>422</v>
       </c>
       <c r="D516" s="2">
-        <v>1601035</v>
+        <v>1620366</v>
       </c>
       <c r="E516" s="2">
-        <v>6025024237</v>
+        <v>6226010611</v>
       </c>
       <c r="F516" s="2" t="s">
-        <v>795</v>
+        <v>67</v>
       </c>
       <c r="G516" s="2" t="s">
-        <v>2334</v>
+        <v>2327</v>
       </c>
       <c r="H516" s="2" t="s">
-        <v>2335</v>
+        <v>2328</v>
       </c>
       <c r="I516" s="2" t="s">
-        <v>2336</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="517" spans="1:9">
       <c r="A517" s="2">
         <v>516</v>
       </c>
       <c r="B517" s="2" t="s">
-        <v>2337</v>
+        <v>2330</v>
       </c>
       <c r="C517" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D517" s="2">
-        <v>1610341</v>
+        <v>1620367</v>
       </c>
       <c r="E517" s="2">
-        <v>6163098963</v>
+        <v>6232008339</v>
       </c>
       <c r="F517" s="2" t="s">
-        <v>32</v>
+        <v>67</v>
       </c>
       <c r="G517" s="2" t="s">
-        <v>2338</v>
+        <v>2331</v>
       </c>
       <c r="H517" s="2" t="s">
-        <v>2339</v>
+        <v>2332</v>
       </c>
       <c r="I517" s="2" t="s">
-        <v>2340</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="518" spans="1:9">
       <c r="A518" s="2">
         <v>517</v>
       </c>
       <c r="B518" s="2" t="s">
-        <v>2341</v>
+        <v>2334</v>
       </c>
       <c r="C518" s="2" t="s">
-        <v>2342</v>
+        <v>422</v>
       </c>
       <c r="D518" s="2">
-        <v>1610808</v>
+        <v>1620368</v>
       </c>
       <c r="E518" s="2">
-        <v>6163207186</v>
+        <v>6233005972</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>98</v>
+        <v>2335</v>
       </c>
       <c r="G518" s="2" t="s">
-        <v>2343</v>
+        <v>2336</v>
       </c>
       <c r="H518" s="2" t="s">
-        <v>2344</v>
+        <v>2337</v>
       </c>
       <c r="I518" s="2" t="s">
-        <v>2345</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="519" spans="1:9">
       <c r="A519" s="2">
         <v>518</v>
       </c>
       <c r="B519" s="2" t="s">
-        <v>2346</v>
+        <v>2339</v>
       </c>
       <c r="C519" s="2" t="s">
-        <v>2347</v>
+        <v>422</v>
       </c>
       <c r="D519" s="2">
-        <v>1610831</v>
+        <v>1620369</v>
       </c>
       <c r="E519" s="2">
-        <v>6164109350</v>
+        <v>6212990015</v>
       </c>
       <c r="F519" s="2" t="s">
-        <v>2348</v>
+        <v>67</v>
       </c>
       <c r="G519" s="2" t="s">
-        <v>2349</v>
+        <v>2340</v>
       </c>
       <c r="H519" s="2" t="s">
-        <v>2350</v>
+        <v>2341</v>
       </c>
       <c r="I519" s="2" t="s">
-        <v>2351</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="520" spans="1:9">
       <c r="A520" s="2">
         <v>519</v>
       </c>
       <c r="B520" s="2" t="s">
-        <v>2352</v>
+        <v>2343</v>
       </c>
       <c r="C520" s="2" t="s">
-        <v>2353</v>
+        <v>422</v>
       </c>
       <c r="D520" s="2">
-        <v>1610869</v>
+        <v>1620370</v>
       </c>
       <c r="E520" s="2">
-        <v>6155026757</v>
+        <v>6228033318</v>
       </c>
       <c r="F520" s="2" t="s">
-        <v>132</v>
+        <v>12</v>
       </c>
       <c r="G520" s="2" t="s">
-        <v>2354</v>
+        <v>2344</v>
       </c>
       <c r="H520" s="2" t="s">
-        <v>2355</v>
+        <v>2345</v>
       </c>
       <c r="I520" s="2" t="s">
-        <v>2356</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="521" spans="1:9">
       <c r="A521" s="2">
         <v>520</v>
       </c>
       <c r="B521" s="2" t="s">
-        <v>2357</v>
+        <v>2347</v>
       </c>
       <c r="C521" s="2" t="s">
-        <v>2353</v>
+        <v>422</v>
       </c>
       <c r="D521" s="2">
-        <v>1610870</v>
+        <v>1620371</v>
       </c>
       <c r="E521" s="2">
-        <v>6164074612</v>
+        <v>6234174170</v>
       </c>
       <c r="F521" s="2" t="s">
-        <v>670</v>
+        <v>2348</v>
       </c>
       <c r="G521" s="2" t="s">
-        <v>2358</v>
+        <v>2349</v>
       </c>
       <c r="H521" s="2" t="s">
-        <v>2359</v>
+        <v>2350</v>
       </c>
       <c r="I521" s="2" t="s">
-        <v>2360</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="522" spans="1:9">
       <c r="A522" s="2">
         <v>521</v>
       </c>
       <c r="B522" s="2" t="s">
-        <v>2361</v>
+        <v>2352</v>
       </c>
       <c r="C522" s="2" t="s">
         <v>2353</v>
       </c>
       <c r="D522" s="2">
-        <v>1610871</v>
+        <v>1620771</v>
       </c>
       <c r="E522" s="2">
-        <v>6163113192</v>
+        <v>6234188542</v>
       </c>
       <c r="F522" s="2" t="s">
-        <v>112</v>
+        <v>32</v>
       </c>
       <c r="G522" s="2" t="s">
-        <v>2362</v>
+        <v>2349</v>
       </c>
       <c r="H522" s="2" t="s">
-        <v>2363</v>
+        <v>2354</v>
       </c>
       <c r="I522" s="2" t="s">
-        <v>2364</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="523" spans="1:9">
       <c r="A523" s="2">
         <v>522</v>
       </c>
       <c r="B523" s="2" t="s">
-        <v>2365</v>
+        <v>2356</v>
       </c>
       <c r="C523" s="2" t="s">
-        <v>2353</v>
+        <v>2357</v>
       </c>
       <c r="D523" s="2">
-        <v>1610872</v>
+        <v>1620776</v>
       </c>
       <c r="E523" s="2">
-        <v>6163214634</v>
+        <v>6234189810</v>
       </c>
       <c r="F523" s="2" t="s">
-        <v>2366</v>
+        <v>486</v>
       </c>
       <c r="G523" s="2" t="s">
-        <v>2367</v>
+        <v>2349</v>
       </c>
       <c r="H523" s="2" t="s">
-        <v>2368</v>
+        <v>2358</v>
       </c>
       <c r="I523" s="2" t="s">
-        <v>2369</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="524" spans="1:9">
       <c r="A524" s="2">
         <v>523</v>
       </c>
       <c r="B524" s="2" t="s">
-        <v>2370</v>
+        <v>2360</v>
       </c>
       <c r="C524" s="2" t="s">
-        <v>2353</v>
+        <v>851</v>
       </c>
       <c r="D524" s="2">
-        <v>1610873</v>
+        <v>1620864</v>
       </c>
       <c r="E524" s="2">
-        <v>6145005116</v>
+        <v>6234198043</v>
       </c>
       <c r="F524" s="2" t="s">
-        <v>670</v>
+        <v>301</v>
       </c>
       <c r="G524" s="2" t="s">
-        <v>2371</v>
+        <v>2361</v>
       </c>
       <c r="H524" s="2" t="s">
-        <v>2372</v>
+        <v>2362</v>
       </c>
       <c r="I524" s="2" t="s">
-        <v>2373</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="525" spans="1:9">
       <c r="A525" s="2">
         <v>524</v>
       </c>
       <c r="B525" s="2" t="s">
-        <v>2374</v>
+        <v>2364</v>
       </c>
       <c r="C525" s="2" t="s">
-        <v>2353</v>
+        <v>2365</v>
       </c>
       <c r="D525" s="2">
-        <v>1610874</v>
+        <v>1620954</v>
       </c>
       <c r="E525" s="2">
-        <v>6154035727</v>
+        <v>6225011309</v>
       </c>
       <c r="F525" s="2" t="s">
-        <v>670</v>
+        <v>537</v>
       </c>
       <c r="G525" s="2" t="s">
-        <v>2375</v>
+        <v>2366</v>
       </c>
       <c r="H525" s="2" t="s">
-        <v>2376</v>
+        <v>2367</v>
       </c>
       <c r="I525" s="2" t="s">
-        <v>2377</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="526" spans="1:9">
       <c r="A526" s="2">
         <v>525</v>
       </c>
       <c r="B526" s="2" t="s">
-        <v>2378</v>
+        <v>2369</v>
       </c>
       <c r="C526" s="2" t="s">
-        <v>2353</v>
+        <v>2370</v>
       </c>
       <c r="D526" s="2">
-        <v>1610875</v>
+        <v>1621039</v>
       </c>
       <c r="E526" s="2">
-        <v>6151009581</v>
+        <v>6234116361</v>
       </c>
       <c r="F526" s="2" t="s">
-        <v>670</v>
+        <v>595</v>
       </c>
       <c r="G526" s="2" t="s">
-        <v>2379</v>
+        <v>2371</v>
       </c>
       <c r="H526" s="2" t="s">
-        <v>2380</v>
+        <v>2372</v>
       </c>
       <c r="I526" s="2" t="s">
-        <v>2381</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="527" spans="1:9">
       <c r="A527" s="2">
         <v>526</v>
       </c>
       <c r="B527" s="2" t="s">
-        <v>2382</v>
+        <v>2374</v>
       </c>
       <c r="C527" s="2" t="s">
-        <v>2353</v>
+        <v>10</v>
       </c>
       <c r="D527" s="2">
-        <v>1610876</v>
+        <v>1630343</v>
       </c>
       <c r="E527" s="2">
-        <v>6165216877</v>
+        <v>6315007931</v>
       </c>
       <c r="F527" s="2" t="s">
-        <v>2383</v>
+        <v>213</v>
       </c>
       <c r="G527" s="2" t="s">
-        <v>2384</v>
+        <v>2375</v>
       </c>
       <c r="H527" s="2" t="s">
-        <v>2385</v>
+        <v>2376</v>
       </c>
       <c r="I527" s="2" t="s">
-        <v>2386</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="528" spans="1:9">
       <c r="A528" s="2">
         <v>527</v>
       </c>
       <c r="B528" s="2" t="s">
-        <v>2387</v>
+        <v>2378</v>
       </c>
       <c r="C528" s="2" t="s">
-        <v>2353</v>
+        <v>2379</v>
       </c>
       <c r="D528" s="2">
-        <v>1610877</v>
+        <v>1630754</v>
       </c>
       <c r="E528" s="2">
-        <v>6146004348</v>
+        <v>6315990105</v>
       </c>
       <c r="F528" s="2" t="s">
-        <v>132</v>
+        <v>25</v>
       </c>
       <c r="G528" s="2" t="s">
-        <v>2388</v>
+        <v>2380</v>
       </c>
       <c r="H528" s="2" t="s">
-        <v>2389</v>
+        <v>2381</v>
       </c>
       <c r="I528" s="2" t="s">
-        <v>2390</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="529" spans="1:9">
       <c r="A529" s="2">
         <v>528</v>
       </c>
       <c r="B529" s="2" t="s">
-        <v>2391</v>
+        <v>2383</v>
       </c>
       <c r="C529" s="2" t="s">
-        <v>456</v>
+        <v>2384</v>
       </c>
       <c r="D529" s="2">
-        <v>1620343</v>
+        <v>1630769</v>
       </c>
       <c r="E529" s="2">
-        <v>6209003727</v>
+        <v>6324015110</v>
       </c>
       <c r="F529" s="2" t="s">
-        <v>68</v>
+        <v>632</v>
       </c>
       <c r="G529" s="2" t="s">
-        <v>2392</v>
+        <v>2385</v>
       </c>
       <c r="H529" s="2" t="s">
-        <v>2393</v>
+        <v>2386</v>
       </c>
       <c r="I529" s="2" t="s">
-        <v>2394</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="530" spans="1:9">
       <c r="A530" s="2">
         <v>529</v>
       </c>
       <c r="B530" s="2" t="s">
-        <v>2395</v>
+        <v>2388</v>
       </c>
       <c r="C530" s="2" t="s">
-        <v>456</v>
+        <v>2384</v>
       </c>
       <c r="D530" s="2">
-        <v>1620344</v>
+        <v>1630770</v>
       </c>
       <c r="E530" s="2">
-        <v>6201990013</v>
+        <v>6321234869</v>
       </c>
       <c r="F530" s="2" t="s">
-        <v>68</v>
+        <v>19</v>
       </c>
       <c r="G530" s="2" t="s">
-        <v>2396</v>
+        <v>2389</v>
       </c>
       <c r="H530" s="2" t="s">
-        <v>2397</v>
+        <v>2390</v>
       </c>
       <c r="I530" s="2" t="s">
-        <v>2398</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="531" spans="1:9">
       <c r="A531" s="2">
         <v>530</v>
       </c>
       <c r="B531" s="2" t="s">
-        <v>2399</v>
+        <v>2392</v>
       </c>
       <c r="C531" s="2" t="s">
-        <v>456</v>
+        <v>1230</v>
       </c>
       <c r="D531" s="2">
-        <v>1620345</v>
+        <v>1630778</v>
       </c>
       <c r="E531" s="2">
-        <v>6202990016</v>
+        <v>6316077949</v>
       </c>
       <c r="F531" s="2" t="s">
-        <v>68</v>
+        <v>2393</v>
       </c>
       <c r="G531" s="2" t="s">
-        <v>2400</v>
+        <v>2394</v>
       </c>
       <c r="H531" s="2" t="s">
-        <v>2401</v>
+        <v>2395</v>
       </c>
       <c r="I531" s="2" t="s">
-        <v>2402</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="532" spans="1:9">
       <c r="A532" s="2">
         <v>531</v>
       </c>
       <c r="B532" s="2" t="s">
-        <v>2403</v>
+        <v>2397</v>
       </c>
       <c r="C532" s="2" t="s">
-        <v>456</v>
+        <v>2398</v>
       </c>
       <c r="D532" s="2">
-        <v>1620347</v>
+        <v>1631023</v>
       </c>
       <c r="E532" s="2">
-        <v>6226010805</v>
+        <v>6314043905</v>
       </c>
       <c r="F532" s="2" t="s">
-        <v>68</v>
+        <v>19</v>
       </c>
       <c r="G532" s="2" t="s">
-        <v>2404</v>
+        <v>2399</v>
       </c>
       <c r="H532" s="2" t="s">
-        <v>2405</v>
+        <v>2400</v>
       </c>
       <c r="I532" s="2" t="s">
-        <v>2406</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="533" spans="1:9">
       <c r="A533" s="2">
         <v>532</v>
       </c>
       <c r="B533" s="2" t="s">
-        <v>2407</v>
+        <v>2402</v>
       </c>
       <c r="C533" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D533" s="2">
-        <v>1620348</v>
+        <v>1640344</v>
       </c>
       <c r="E533" s="2">
-        <v>6205990014</v>
+        <v>6450939546</v>
       </c>
       <c r="F533" s="2" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="G533" s="2" t="s">
-        <v>2408</v>
+        <v>2403</v>
       </c>
       <c r="H533" s="2" t="s">
-        <v>2409</v>
+        <v>2404</v>
       </c>
       <c r="I533" s="2" t="s">
-        <v>2410</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="534" spans="1:9">
       <c r="A534" s="2">
         <v>533</v>
       </c>
       <c r="B534" s="2" t="s">
-        <v>2411</v>
+        <v>2406</v>
       </c>
       <c r="C534" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D534" s="2">
-        <v>1620350</v>
+        <v>1640345</v>
       </c>
       <c r="E534" s="2">
-        <v>6207004002</v>
+        <v>6455067088</v>
       </c>
       <c r="F534" s="2" t="s">
-        <v>2412</v>
+        <v>611</v>
       </c>
       <c r="G534" s="2" t="s">
-        <v>2413</v>
+        <v>2407</v>
       </c>
       <c r="H534" s="2" t="s">
-        <v>2414</v>
+        <v>2408</v>
       </c>
       <c r="I534" s="2" t="s">
-        <v>2415</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="535" spans="1:9">
       <c r="A535" s="2">
         <v>534</v>
       </c>
       <c r="B535" s="2" t="s">
-        <v>2416</v>
+        <v>2410</v>
       </c>
       <c r="C535" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D535" s="2">
-        <v>1620351</v>
+        <v>1640346</v>
       </c>
       <c r="E535" s="2">
-        <v>6208010961</v>
+        <v>6455046176</v>
       </c>
       <c r="F535" s="2" t="s">
-        <v>68</v>
+        <v>32</v>
       </c>
       <c r="G535" s="2" t="s">
-        <v>2417</v>
+        <v>2411</v>
       </c>
       <c r="H535" s="2" t="s">
-        <v>2418</v>
+        <v>2412</v>
       </c>
       <c r="I535" s="2" t="s">
-        <v>2419</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="536" spans="1:9">
       <c r="A536" s="2">
         <v>535</v>
       </c>
       <c r="B536" s="2" t="s">
-        <v>2420</v>
+        <v>2414</v>
       </c>
       <c r="C536" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D536" s="2">
-        <v>1620352</v>
+        <v>1640347</v>
       </c>
       <c r="E536" s="2">
-        <v>6210002816</v>
+        <v>6452146944</v>
       </c>
       <c r="F536" s="2" t="s">
-        <v>68</v>
+        <v>1031</v>
       </c>
       <c r="G536" s="2" t="s">
-        <v>2421</v>
+        <v>2415</v>
       </c>
       <c r="H536" s="2" t="s">
-        <v>2422</v>
+        <v>2416</v>
       </c>
       <c r="I536" s="2" t="s">
-        <v>2423</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="537" spans="1:9">
       <c r="A537" s="2">
         <v>536</v>
       </c>
       <c r="B537" s="2" t="s">
-        <v>2424</v>
+        <v>2418</v>
       </c>
       <c r="C537" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D537" s="2">
-        <v>1620353</v>
+        <v>1640348</v>
       </c>
       <c r="E537" s="2">
-        <v>6211990012</v>
+        <v>6439072556</v>
       </c>
       <c r="F537" s="2" t="s">
-        <v>68</v>
+        <v>19</v>
       </c>
       <c r="G537" s="2" t="s">
-        <v>2425</v>
+        <v>2419</v>
       </c>
       <c r="H537" s="2" t="s">
-        <v>2426</v>
+        <v>2420</v>
       </c>
       <c r="I537" s="2" t="s">
-        <v>2427</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="538" spans="1:9">
       <c r="A538" s="2">
         <v>537</v>
       </c>
       <c r="B538" s="2" t="s">
-        <v>2428</v>
+        <v>2422</v>
       </c>
       <c r="C538" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D538" s="2">
-        <v>1620354</v>
+        <v>1640349</v>
       </c>
       <c r="E538" s="2">
-        <v>6213009841</v>
+        <v>6449069009</v>
       </c>
       <c r="F538" s="2" t="s">
-        <v>68</v>
+        <v>2423</v>
       </c>
       <c r="G538" s="2" t="s">
-        <v>2429</v>
+        <v>2424</v>
       </c>
       <c r="H538" s="2" t="s">
-        <v>2430</v>
+        <v>2425</v>
       </c>
       <c r="I538" s="2" t="s">
-        <v>2431</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="539" spans="1:9">
       <c r="A539" s="2">
         <v>538</v>
       </c>
       <c r="B539" s="2" t="s">
-        <v>2432</v>
+        <v>2427</v>
       </c>
       <c r="C539" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D539" s="2">
-        <v>1620355</v>
+        <v>1640350</v>
       </c>
       <c r="E539" s="2">
-        <v>6214006917</v>
+        <v>6450922729</v>
       </c>
       <c r="F539" s="2" t="s">
-        <v>68</v>
+        <v>2428</v>
       </c>
       <c r="G539" s="2" t="s">
-        <v>2433</v>
+        <v>2429</v>
       </c>
       <c r="H539" s="2" t="s">
-        <v>2434</v>
+        <v>2430</v>
       </c>
       <c r="I539" s="2" t="s">
-        <v>2435</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="540" spans="1:9">
       <c r="A540" s="2">
         <v>539</v>
       </c>
       <c r="B540" s="2" t="s">
-        <v>2436</v>
+        <v>2432</v>
       </c>
       <c r="C540" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D540" s="2">
-        <v>1620356</v>
+        <v>1640351</v>
       </c>
       <c r="E540" s="2">
-        <v>6215024852</v>
+        <v>6455067955</v>
       </c>
       <c r="F540" s="2" t="s">
-        <v>68</v>
+        <v>111</v>
       </c>
       <c r="G540" s="2" t="s">
-        <v>2437</v>
+        <v>2433</v>
       </c>
       <c r="H540" s="2" t="s">
-        <v>2438</v>
+        <v>2434</v>
       </c>
       <c r="I540" s="2" t="s">
-        <v>2439</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="541" spans="1:9">
       <c r="A541" s="2">
         <v>540</v>
       </c>
       <c r="B541" s="2" t="s">
+        <v>2436</v>
+      </c>
+      <c r="C541" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D541" s="2">
+        <v>1650352</v>
+      </c>
+      <c r="E541" s="2">
+        <v>6501287362</v>
+      </c>
+      <c r="F541" s="2" t="s">
+        <v>2437</v>
+      </c>
+      <c r="G541" s="2" t="s">
+        <v>2438</v>
+      </c>
+      <c r="H541" s="2" t="s">
+        <v>2439</v>
+      </c>
+      <c r="I541" s="2" t="s">
         <v>2440</v>
-      </c>
-[...19 lines deleted...]
-        <v>2443</v>
       </c>
     </row>
     <row r="542" spans="1:9">
       <c r="A542" s="2">
         <v>541</v>
       </c>
       <c r="B542" s="2" t="s">
+        <v>2441</v>
+      </c>
+      <c r="C542" s="2" t="s">
+        <v>2442</v>
+      </c>
+      <c r="D542" s="2">
+        <v>1651001</v>
+      </c>
+      <c r="E542" s="2">
+        <v>6500013464</v>
+      </c>
+      <c r="F542" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="G542" s="2" t="s">
+        <v>2443</v>
+      </c>
+      <c r="H542" s="2" t="s">
         <v>2444</v>
       </c>
-      <c r="C542" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G542" s="2" t="s">
+      <c r="I542" s="2" t="s">
         <v>2445</v>
-      </c>
-[...4 lines deleted...]
-        <v>2447</v>
       </c>
     </row>
     <row r="543" spans="1:9">
       <c r="A543" s="2">
         <v>542</v>
       </c>
       <c r="B543" s="2" t="s">
+        <v>2446</v>
+      </c>
+      <c r="C543" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D543" s="2">
+        <v>1660353</v>
+      </c>
+      <c r="E543" s="2">
+        <v>6671118019</v>
+      </c>
+      <c r="F543" s="2" t="s">
+        <v>2447</v>
+      </c>
+      <c r="G543" s="2" t="s">
         <v>2448</v>
       </c>
-      <c r="C543" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G543" s="2" t="s">
+      <c r="H543" s="2" t="s">
         <v>2449</v>
       </c>
-      <c r="H543" s="2" t="s">
+      <c r="I543" s="2" t="s">
         <v>2450</v>
-      </c>
-[...1 lines deleted...]
-        <v>2451</v>
       </c>
     </row>
     <row r="544" spans="1:9">
       <c r="A544" s="2">
         <v>543</v>
       </c>
       <c r="B544" s="2" t="s">
+        <v>2451</v>
+      </c>
+      <c r="C544" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D544" s="2">
+        <v>1660354</v>
+      </c>
+      <c r="E544" s="2">
+        <v>6617006331</v>
+      </c>
+      <c r="F544" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="G544" s="2" t="s">
         <v>2452</v>
       </c>
-      <c r="C544" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G544" s="2" t="s">
+      <c r="H544" s="2" t="s">
         <v>2453</v>
       </c>
-      <c r="H544" s="2" t="s">
+      <c r="I544" s="2" t="s">
         <v>2454</v>
-      </c>
-[...1 lines deleted...]
-        <v>2455</v>
       </c>
     </row>
     <row r="545" spans="1:9">
       <c r="A545" s="2">
         <v>544</v>
       </c>
       <c r="B545" s="2" t="s">
+        <v>2455</v>
+      </c>
+      <c r="C545" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="D545" s="2">
+        <v>1660879</v>
+      </c>
+      <c r="E545" s="2">
+        <v>6617023383</v>
+      </c>
+      <c r="F545" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="G545" s="2" t="s">
         <v>2456</v>
       </c>
-      <c r="C545" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G545" s="2" t="s">
+      <c r="H545" s="2" t="s">
         <v>2457</v>
       </c>
-      <c r="H545" s="2" t="s">
+      <c r="I545" s="2" t="s">
         <v>2458</v>
-      </c>
-[...1 lines deleted...]
-        <v>2459</v>
       </c>
     </row>
     <row r="546" spans="1:9">
       <c r="A546" s="2">
         <v>545</v>
       </c>
       <c r="B546" s="2" t="s">
+        <v>2459</v>
+      </c>
+      <c r="C546" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="D546" s="2">
+        <v>1660880</v>
+      </c>
+      <c r="E546" s="2">
+        <v>6685178931</v>
+      </c>
+      <c r="F546" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="G546" s="2" t="s">
         <v>2460</v>
       </c>
-      <c r="C546" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G546" s="2" t="s">
+      <c r="H546" s="2" t="s">
+        <v>2457</v>
+      </c>
+      <c r="I546" s="2" t="s">
         <v>2461</v>
-      </c>
-[...4 lines deleted...]
-        <v>2463</v>
       </c>
     </row>
     <row r="547" spans="1:9">
       <c r="A547" s="2">
         <v>546</v>
       </c>
       <c r="B547" s="2" t="s">
+        <v>2462</v>
+      </c>
+      <c r="C547" s="2" t="s">
+        <v>2463</v>
+      </c>
+      <c r="D547" s="2">
+        <v>1660925</v>
+      </c>
+      <c r="E547" s="2">
+        <v>6685150164</v>
+      </c>
+      <c r="F547" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G547" s="2" t="s">
         <v>2464</v>
       </c>
-      <c r="C547" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G547" s="2" t="s">
+      <c r="H547" s="2" t="s">
         <v>2465</v>
       </c>
-      <c r="H547" s="2" t="s">
+      <c r="I547" s="2" t="s">
         <v>2466</v>
-      </c>
-[...1 lines deleted...]
-        <v>2467</v>
       </c>
     </row>
     <row r="548" spans="1:9">
       <c r="A548" s="2">
         <v>547</v>
       </c>
       <c r="B548" s="2" t="s">
+        <v>2467</v>
+      </c>
+      <c r="C548" s="2" t="s">
+        <v>2463</v>
+      </c>
+      <c r="D548" s="2">
+        <v>1660926</v>
+      </c>
+      <c r="E548" s="2">
+        <v>6671313852</v>
+      </c>
+      <c r="F548" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="G548" s="2" t="s">
         <v>2468</v>
       </c>
-      <c r="C548" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F548" s="2" t="s">
+      <c r="H548" s="2" t="s">
         <v>2469</v>
       </c>
-      <c r="G548" s="2" t="s">
+      <c r="I548" s="2" t="s">
         <v>2470</v>
-      </c>
-[...4 lines deleted...]
-        <v>2472</v>
       </c>
     </row>
     <row r="549" spans="1:9">
       <c r="A549" s="2">
         <v>548</v>
       </c>
       <c r="B549" s="2" t="s">
+        <v>2471</v>
+      </c>
+      <c r="C549" s="2" t="s">
+        <v>2472</v>
+      </c>
+      <c r="D549" s="2">
+        <v>1660958</v>
+      </c>
+      <c r="E549" s="2">
+        <v>6617012913</v>
+      </c>
+      <c r="F549" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G549" s="2" t="s">
         <v>2473</v>
       </c>
-      <c r="C549" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G549" s="2" t="s">
+      <c r="H549" s="2" t="s">
         <v>2474</v>
       </c>
-      <c r="H549" s="2" t="s">
+      <c r="I549" s="2" t="s">
         <v>2475</v>
-      </c>
-[...1 lines deleted...]
-        <v>2476</v>
       </c>
     </row>
     <row r="550" spans="1:9">
       <c r="A550" s="2">
         <v>549</v>
       </c>
       <c r="B550" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="C550" s="2" t="s">
         <v>2477</v>
       </c>
-      <c r="C550" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D550" s="2">
-        <v>1620370</v>
+        <v>1660959</v>
       </c>
       <c r="E550" s="2">
-        <v>6228033318</v>
+        <v>6607007061</v>
       </c>
       <c r="F550" s="2" t="s">
-        <v>38</v>
+        <v>104</v>
       </c>
       <c r="G550" s="2" t="s">
         <v>2478</v>
       </c>
       <c r="H550" s="2" t="s">
         <v>2479</v>
       </c>
       <c r="I550" s="2" t="s">
         <v>2480</v>
       </c>
     </row>
     <row r="551" spans="1:9">
       <c r="A551" s="2">
         <v>550</v>
       </c>
       <c r="B551" s="2" t="s">
         <v>2481</v>
       </c>
       <c r="C551" s="2" t="s">
-        <v>456</v>
+        <v>2482</v>
       </c>
       <c r="D551" s="2">
-        <v>1620371</v>
+        <v>1660960</v>
       </c>
       <c r="E551" s="2">
-        <v>6234174170</v>
+        <v>6647004902</v>
       </c>
       <c r="F551" s="2" t="s">
-        <v>2482</v>
+        <v>131</v>
       </c>
       <c r="G551" s="2" t="s">
         <v>2483</v>
       </c>
       <c r="H551" s="2" t="s">
         <v>2484</v>
       </c>
       <c r="I551" s="2" t="s">
         <v>2485</v>
       </c>
     </row>
     <row r="552" spans="1:9">
       <c r="A552" s="2">
         <v>551</v>
       </c>
       <c r="B552" s="2" t="s">
         <v>2486</v>
       </c>
       <c r="C552" s="2" t="s">
+        <v>2482</v>
+      </c>
+      <c r="D552" s="2">
+        <v>1660961</v>
+      </c>
+      <c r="E552" s="2">
+        <v>6633027106</v>
+      </c>
+      <c r="F552" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G552" s="2" t="s">
         <v>2487</v>
-      </c>
-[...10 lines deleted...]
-        <v>2483</v>
       </c>
       <c r="H552" s="2" t="s">
         <v>2488</v>
       </c>
       <c r="I552" s="2" t="s">
         <v>2489</v>
       </c>
     </row>
     <row r="553" spans="1:9">
       <c r="A553" s="2">
         <v>552</v>
       </c>
       <c r="B553" s="2" t="s">
         <v>2490</v>
       </c>
       <c r="C553" s="2" t="s">
         <v>2491</v>
       </c>
       <c r="D553" s="2">
-        <v>1620776</v>
+        <v>1660964</v>
       </c>
       <c r="E553" s="2">
-        <v>6234189810</v>
+        <v>6603008113</v>
       </c>
       <c r="F553" s="2" t="s">
-        <v>524</v>
+        <v>131</v>
       </c>
       <c r="G553" s="2" t="s">
-        <v>2483</v>
+        <v>2492</v>
       </c>
       <c r="H553" s="2" t="s">
-        <v>2492</v>
+        <v>2493</v>
       </c>
       <c r="I553" s="2" t="s">
-        <v>2493</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="554" spans="1:9">
       <c r="A554" s="2">
         <v>553</v>
       </c>
       <c r="B554" s="2" t="s">
-        <v>2494</v>
+        <v>2495</v>
       </c>
       <c r="C554" s="2" t="s">
-        <v>913</v>
+        <v>2496</v>
       </c>
       <c r="D554" s="2">
-        <v>1620864</v>
+        <v>1660965</v>
       </c>
       <c r="E554" s="2">
-        <v>6234198043</v>
+        <v>6686996023</v>
       </c>
       <c r="F554" s="2" t="s">
-        <v>867</v>
+        <v>131</v>
       </c>
       <c r="G554" s="2" t="s">
-        <v>2495</v>
+        <v>2497</v>
       </c>
       <c r="H554" s="2" t="s">
-        <v>2496</v>
+        <v>2498</v>
       </c>
       <c r="I554" s="2" t="s">
-        <v>2497</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="555" spans="1:9">
       <c r="A555" s="2">
         <v>554</v>
       </c>
       <c r="B555" s="2" t="s">
-        <v>2498</v>
+        <v>2500</v>
       </c>
       <c r="C555" s="2" t="s">
-        <v>2499</v>
+        <v>2501</v>
       </c>
       <c r="D555" s="2">
-        <v>1620954</v>
+        <v>1660966</v>
       </c>
       <c r="E555" s="2">
-        <v>6225011309</v>
+        <v>6621009744</v>
       </c>
       <c r="F555" s="2" t="s">
-        <v>575</v>
+        <v>131</v>
       </c>
       <c r="G555" s="2" t="s">
-        <v>2500</v>
+        <v>2502</v>
       </c>
       <c r="H555" s="2" t="s">
-        <v>2501</v>
+        <v>2503</v>
       </c>
       <c r="I555" s="2" t="s">
-        <v>2502</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="556" spans="1:9">
       <c r="A556" s="2">
         <v>555</v>
       </c>
       <c r="B556" s="2" t="s">
-        <v>2503</v>
+        <v>2505</v>
       </c>
       <c r="C556" s="2" t="s">
-        <v>2504</v>
+        <v>2501</v>
       </c>
       <c r="D556" s="2">
-        <v>1621039</v>
+        <v>1660967</v>
       </c>
       <c r="E556" s="2">
-        <v>6234116361</v>
+        <v>6620013554</v>
       </c>
       <c r="F556" s="2" t="s">
-        <v>633</v>
+        <v>131</v>
       </c>
       <c r="G556" s="2" t="s">
-        <v>2505</v>
+        <v>2506</v>
       </c>
       <c r="H556" s="2" t="s">
-        <v>2506</v>
+        <v>2507</v>
       </c>
       <c r="I556" s="2" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="557" spans="1:9">
       <c r="A557" s="2">
         <v>556</v>
       </c>
       <c r="B557" s="2" t="s">
-        <v>2508</v>
+        <v>2509</v>
       </c>
       <c r="C557" s="2" t="s">
-        <v>10</v>
+        <v>2510</v>
       </c>
       <c r="D557" s="2">
-        <v>1630343</v>
+        <v>1660968</v>
       </c>
       <c r="E557" s="2">
-        <v>6315007931</v>
+        <v>6676005273</v>
       </c>
       <c r="F557" s="2" t="s">
-        <v>248</v>
+        <v>131</v>
       </c>
       <c r="G557" s="2" t="s">
-        <v>2509</v>
+        <v>2511</v>
       </c>
       <c r="H557" s="2" t="s">
-        <v>2510</v>
+        <v>2512</v>
       </c>
       <c r="I557" s="2" t="s">
-        <v>2511</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="558" spans="1:9">
       <c r="A558" s="2">
         <v>557</v>
       </c>
       <c r="B558" s="2" t="s">
-        <v>2512</v>
+        <v>2514</v>
       </c>
       <c r="C558" s="2" t="s">
-        <v>2513</v>
+        <v>2510</v>
       </c>
       <c r="D558" s="2">
-        <v>1630754</v>
+        <v>1660969</v>
       </c>
       <c r="E558" s="2">
-        <v>6315990105</v>
+        <v>6604015924</v>
       </c>
       <c r="F558" s="2" t="s">
-        <v>25</v>
+        <v>131</v>
       </c>
       <c r="G558" s="2" t="s">
-        <v>2514</v>
+        <v>2515</v>
       </c>
       <c r="H558" s="2" t="s">
-        <v>2515</v>
+        <v>2516</v>
       </c>
       <c r="I558" s="2" t="s">
-        <v>2516</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="559" spans="1:9">
       <c r="A559" s="2">
         <v>558</v>
       </c>
       <c r="B559" s="2" t="s">
-        <v>2517</v>
+        <v>2518</v>
       </c>
       <c r="C559" s="2" t="s">
-        <v>2518</v>
+        <v>2519</v>
       </c>
       <c r="D559" s="2">
-        <v>1630769</v>
+        <v>1660970</v>
       </c>
       <c r="E559" s="2">
-        <v>6324015110</v>
+        <v>6683998544</v>
       </c>
       <c r="F559" s="2" t="s">
-        <v>670</v>
+        <v>104</v>
       </c>
       <c r="G559" s="2" t="s">
-        <v>2519</v>
+        <v>2520</v>
       </c>
       <c r="H559" s="2" t="s">
-        <v>2520</v>
+        <v>2521</v>
       </c>
       <c r="I559" s="2" t="s">
-        <v>2521</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="560" spans="1:9">
       <c r="A560" s="2">
         <v>559</v>
       </c>
       <c r="B560" s="2" t="s">
-        <v>2522</v>
+        <v>2523</v>
       </c>
       <c r="C560" s="2" t="s">
-        <v>2518</v>
+        <v>2519</v>
       </c>
       <c r="D560" s="2">
-        <v>1630770</v>
+        <v>1660971</v>
       </c>
       <c r="E560" s="2">
-        <v>6321234869</v>
+        <v>6628001913</v>
       </c>
       <c r="F560" s="2" t="s">
-        <v>19</v>
+        <v>104</v>
       </c>
       <c r="G560" s="2" t="s">
-        <v>2523</v>
+        <v>2524</v>
       </c>
       <c r="H560" s="2" t="s">
-        <v>2524</v>
+        <v>2525</v>
       </c>
       <c r="I560" s="2" t="s">
-        <v>2525</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="561" spans="1:9">
       <c r="A561" s="2">
         <v>560</v>
       </c>
       <c r="B561" s="2" t="s">
-        <v>2526</v>
+        <v>2527</v>
       </c>
       <c r="C561" s="2" t="s">
-        <v>1315</v>
+        <v>2528</v>
       </c>
       <c r="D561" s="2">
-        <v>1630778</v>
+        <v>1660975</v>
       </c>
       <c r="E561" s="2">
-        <v>6316077949</v>
+        <v>6627014250</v>
       </c>
       <c r="F561" s="2" t="s">
-        <v>2527</v>
+        <v>131</v>
       </c>
       <c r="G561" s="2" t="s">
-        <v>2528</v>
+        <v>2529</v>
       </c>
       <c r="H561" s="2" t="s">
-        <v>2529</v>
+        <v>2530</v>
       </c>
       <c r="I561" s="2" t="s">
-        <v>2530</v>
+        <v>2531</v>
       </c>
     </row>
     <row r="562" spans="1:9">
       <c r="A562" s="2">
         <v>561</v>
       </c>
       <c r="B562" s="2" t="s">
-        <v>2531</v>
+        <v>2532</v>
       </c>
       <c r="C562" s="2" t="s">
-        <v>2532</v>
+        <v>2528</v>
       </c>
       <c r="D562" s="2">
-        <v>1631023</v>
+        <v>1660976</v>
       </c>
       <c r="E562" s="2">
-        <v>6314043905</v>
+        <v>6640003508</v>
       </c>
       <c r="F562" s="2" t="s">
-        <v>19</v>
+        <v>131</v>
       </c>
       <c r="G562" s="2" t="s">
         <v>2533</v>
       </c>
       <c r="H562" s="2" t="s">
         <v>2534</v>
       </c>
       <c r="I562" s="2" t="s">
         <v>2535</v>
       </c>
     </row>
     <row r="563" spans="1:9">
       <c r="A563" s="2">
         <v>562</v>
       </c>
       <c r="B563" s="2" t="s">
         <v>2536</v>
       </c>
       <c r="C563" s="2" t="s">
-        <v>10</v>
+        <v>2537</v>
       </c>
       <c r="D563" s="2">
-        <v>1640344</v>
+        <v>1660977</v>
       </c>
       <c r="E563" s="2">
-        <v>6450939546</v>
+        <v>6614006277</v>
       </c>
       <c r="F563" s="2" t="s">
-        <v>38</v>
+        <v>104</v>
       </c>
       <c r="G563" s="2" t="s">
-        <v>2537</v>
+        <v>2538</v>
       </c>
       <c r="H563" s="2" t="s">
-        <v>2538</v>
+        <v>2539</v>
       </c>
       <c r="I563" s="2" t="s">
-        <v>2539</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="564" spans="1:9">
       <c r="A564" s="2">
         <v>563</v>
       </c>
       <c r="B564" s="2" t="s">
-        <v>2540</v>
+        <v>2541</v>
       </c>
       <c r="C564" s="2" t="s">
-        <v>10</v>
+        <v>2537</v>
       </c>
       <c r="D564" s="2">
-        <v>1640345</v>
+        <v>1660978</v>
       </c>
       <c r="E564" s="2">
-        <v>6455067088</v>
+        <v>6612005905</v>
       </c>
       <c r="F564" s="2" t="s">
-        <v>649</v>
+        <v>131</v>
       </c>
       <c r="G564" s="2" t="s">
-        <v>2541</v>
+        <v>2542</v>
       </c>
       <c r="H564" s="2" t="s">
-        <v>2542</v>
+        <v>2543</v>
       </c>
       <c r="I564" s="2" t="s">
-        <v>2543</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="565" spans="1:9">
       <c r="A565" s="2">
         <v>564</v>
       </c>
       <c r="B565" s="2" t="s">
-        <v>2544</v>
+        <v>2545</v>
       </c>
       <c r="C565" s="2" t="s">
-        <v>10</v>
+        <v>2546</v>
       </c>
       <c r="D565" s="2">
-        <v>1640346</v>
+        <v>1660979</v>
       </c>
       <c r="E565" s="2">
-        <v>6455046176</v>
+        <v>6683998520</v>
       </c>
       <c r="F565" s="2" t="s">
-        <v>32</v>
+        <v>131</v>
       </c>
       <c r="G565" s="2" t="s">
-        <v>2545</v>
+        <v>2547</v>
       </c>
       <c r="H565" s="2" t="s">
-        <v>2546</v>
+        <v>2548</v>
       </c>
       <c r="I565" s="2" t="s">
-        <v>2547</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="566" spans="1:9">
       <c r="A566" s="2">
         <v>565</v>
       </c>
       <c r="B566" s="2" t="s">
-        <v>2548</v>
+        <v>2550</v>
       </c>
       <c r="C566" s="2" t="s">
-        <v>10</v>
+        <v>2546</v>
       </c>
       <c r="D566" s="2">
-        <v>1640347</v>
+        <v>1660980</v>
       </c>
       <c r="E566" s="2">
-        <v>6452146944</v>
+        <v>6676005770</v>
       </c>
       <c r="F566" s="2" t="s">
-        <v>1098</v>
+        <v>131</v>
       </c>
       <c r="G566" s="2" t="s">
-        <v>2549</v>
+        <v>2551</v>
       </c>
       <c r="H566" s="2" t="s">
-        <v>2550</v>
+        <v>2552</v>
       </c>
       <c r="I566" s="2" t="s">
-        <v>2551</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="567" spans="1:9">
       <c r="A567" s="2">
         <v>566</v>
       </c>
       <c r="B567" s="2" t="s">
-        <v>2552</v>
+        <v>2554</v>
       </c>
       <c r="C567" s="2" t="s">
-        <v>10</v>
+        <v>2555</v>
       </c>
       <c r="D567" s="2">
-        <v>1640348</v>
+        <v>1660981</v>
       </c>
       <c r="E567" s="2">
-        <v>6439072556</v>
+        <v>6619999558</v>
       </c>
       <c r="F567" s="2" t="s">
-        <v>19</v>
+        <v>131</v>
       </c>
       <c r="G567" s="2" t="s">
-        <v>2553</v>
+        <v>2556</v>
       </c>
       <c r="H567" s="2" t="s">
-        <v>2554</v>
+        <v>2557</v>
       </c>
       <c r="I567" s="2" t="s">
-        <v>2555</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="568" spans="1:9">
       <c r="A568" s="2">
         <v>567</v>
       </c>
       <c r="B568" s="2" t="s">
-        <v>2556</v>
+        <v>2559</v>
       </c>
       <c r="C568" s="2" t="s">
-        <v>10</v>
+        <v>2560</v>
       </c>
       <c r="D568" s="2">
-        <v>1640349</v>
+        <v>1660985</v>
       </c>
       <c r="E568" s="2">
-        <v>6449069009</v>
+        <v>6668021088</v>
       </c>
       <c r="F568" s="2" t="s">
-        <v>2557</v>
+        <v>131</v>
       </c>
       <c r="G568" s="2" t="s">
-        <v>2558</v>
+        <v>2561</v>
       </c>
       <c r="H568" s="2" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="I568" s="2" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="569" spans="1:9">
       <c r="A569" s="2">
         <v>568</v>
       </c>
       <c r="B569" s="2" t="s">
-        <v>2561</v>
+        <v>2564</v>
       </c>
       <c r="C569" s="2" t="s">
-        <v>10</v>
+        <v>2560</v>
       </c>
       <c r="D569" s="2">
-        <v>1640350</v>
+        <v>1660986</v>
       </c>
       <c r="E569" s="2">
-        <v>6450922729</v>
+        <v>6601004762</v>
       </c>
       <c r="F569" s="2" t="s">
-        <v>2562</v>
+        <v>131</v>
       </c>
       <c r="G569" s="2" t="s">
-        <v>2563</v>
+        <v>2565</v>
       </c>
       <c r="H569" s="2" t="s">
-        <v>2564</v>
+        <v>2566</v>
       </c>
       <c r="I569" s="2" t="s">
-        <v>2565</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="570" spans="1:9">
       <c r="A570" s="2">
         <v>569</v>
       </c>
       <c r="B570" s="2" t="s">
-        <v>2566</v>
+        <v>2568</v>
       </c>
       <c r="C570" s="2" t="s">
-        <v>10</v>
+        <v>2560</v>
       </c>
       <c r="D570" s="2">
-        <v>1640351</v>
+        <v>1660987</v>
       </c>
       <c r="E570" s="2">
-        <v>6455067955</v>
+        <v>6630012912</v>
       </c>
       <c r="F570" s="2" t="s">
-        <v>112</v>
+        <v>131</v>
       </c>
       <c r="G570" s="2" t="s">
-        <v>2567</v>
+        <v>2569</v>
       </c>
       <c r="H570" s="2" t="s">
-        <v>2568</v>
+        <v>2570</v>
       </c>
       <c r="I570" s="2" t="s">
-        <v>2569</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="571" spans="1:9">
       <c r="A571" s="2">
         <v>570</v>
       </c>
       <c r="B571" s="2" t="s">
-        <v>2570</v>
+        <v>2572</v>
       </c>
       <c r="C571" s="2" t="s">
-        <v>10</v>
+        <v>2560</v>
       </c>
       <c r="D571" s="2">
-        <v>1650352</v>
+        <v>1660988</v>
       </c>
       <c r="E571" s="2">
-        <v>6501287362</v>
+        <v>6619025562</v>
       </c>
       <c r="F571" s="2" t="s">
-        <v>1910</v>
+        <v>131</v>
       </c>
       <c r="G571" s="2" t="s">
-        <v>2571</v>
+        <v>2573</v>
       </c>
       <c r="H571" s="2" t="s">
-        <v>2572</v>
+        <v>2574</v>
       </c>
       <c r="I571" s="2" t="s">
-        <v>2573</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="572" spans="1:9">
       <c r="A572" s="2">
         <v>571</v>
       </c>
       <c r="B572" s="2" t="s">
-        <v>2574</v>
+        <v>2576</v>
       </c>
       <c r="C572" s="2" t="s">
-        <v>2575</v>
+        <v>2577</v>
       </c>
       <c r="D572" s="2">
-        <v>1651001</v>
+        <v>1660991</v>
       </c>
       <c r="E572" s="2">
-        <v>6500013464</v>
+        <v>6602006716</v>
       </c>
       <c r="F572" s="2" t="s">
-        <v>32</v>
+        <v>131</v>
       </c>
       <c r="G572" s="2" t="s">
-        <v>2576</v>
+        <v>2578</v>
       </c>
       <c r="H572" s="2" t="s">
-        <v>2577</v>
+        <v>2579</v>
       </c>
       <c r="I572" s="2" t="s">
-        <v>2578</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="573" spans="1:9">
       <c r="A573" s="2">
         <v>572</v>
       </c>
       <c r="B573" s="2" t="s">
-        <v>2579</v>
+        <v>2581</v>
       </c>
       <c r="C573" s="2" t="s">
-        <v>10</v>
+        <v>2582</v>
       </c>
       <c r="D573" s="2">
-        <v>1660353</v>
+        <v>1661003</v>
       </c>
       <c r="E573" s="2">
-        <v>6671118019</v>
+        <v>6611008685</v>
       </c>
       <c r="F573" s="2" t="s">
-        <v>2580</v>
+        <v>131</v>
       </c>
       <c r="G573" s="2" t="s">
-        <v>2581</v>
+        <v>2583</v>
       </c>
       <c r="H573" s="2" t="s">
-        <v>2582</v>
+        <v>2584</v>
       </c>
       <c r="I573" s="2" t="s">
-        <v>2583</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="574" spans="1:9">
       <c r="A574" s="2">
         <v>573</v>
       </c>
       <c r="B574" s="2" t="s">
-        <v>2584</v>
+        <v>2586</v>
       </c>
       <c r="C574" s="2" t="s">
-        <v>10</v>
+        <v>2587</v>
       </c>
       <c r="D574" s="2">
-        <v>1660354</v>
+        <v>1661021</v>
       </c>
       <c r="E574" s="2">
-        <v>6617006331</v>
+        <v>6620015752</v>
       </c>
       <c r="F574" s="2" t="s">
-        <v>105</v>
+        <v>131</v>
       </c>
       <c r="G574" s="2" t="s">
-        <v>2585</v>
+        <v>2588</v>
       </c>
       <c r="H574" s="2" t="s">
-        <v>2586</v>
+        <v>2589</v>
       </c>
       <c r="I574" s="2" t="s">
-        <v>2587</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="575" spans="1:9">
       <c r="A575" s="2">
         <v>574</v>
       </c>
       <c r="B575" s="2" t="s">
-        <v>2588</v>
+        <v>2591</v>
       </c>
       <c r="C575" s="2" t="s">
-        <v>124</v>
+        <v>2199</v>
       </c>
       <c r="D575" s="2">
-        <v>1660879</v>
+        <v>1661024</v>
       </c>
       <c r="E575" s="2">
-        <v>6617023383</v>
+        <v>6639019380</v>
       </c>
       <c r="F575" s="2" t="s">
-        <v>387</v>
+        <v>131</v>
       </c>
       <c r="G575" s="2" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="H575" s="2" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="I575" s="2" t="s">
-        <v>2591</v>
+        <v>2594</v>
       </c>
     </row>
     <row r="576" spans="1:9">
       <c r="A576" s="2">
         <v>575</v>
       </c>
       <c r="B576" s="2" t="s">
-        <v>2592</v>
+        <v>2595</v>
       </c>
       <c r="C576" s="2" t="s">
-        <v>124</v>
+        <v>2596</v>
       </c>
       <c r="D576" s="2">
-        <v>1660880</v>
+        <v>1661025</v>
       </c>
       <c r="E576" s="2">
-        <v>6685178931</v>
+        <v>6615008301</v>
       </c>
       <c r="F576" s="2" t="s">
-        <v>387</v>
+        <v>131</v>
       </c>
       <c r="G576" s="2" t="s">
-        <v>2593</v>
+        <v>2597</v>
       </c>
       <c r="H576" s="2" t="s">
-        <v>2590</v>
+        <v>2598</v>
       </c>
       <c r="I576" s="2" t="s">
-        <v>2594</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="577" spans="1:9">
       <c r="A577" s="2">
         <v>576</v>
       </c>
       <c r="B577" s="2" t="s">
-        <v>2595</v>
+        <v>2600</v>
       </c>
       <c r="C577" s="2" t="s">
         <v>2596</v>
       </c>
       <c r="D577" s="2">
-        <v>1660925</v>
+        <v>1661026</v>
       </c>
       <c r="E577" s="2">
-        <v>6685150164</v>
+        <v>6684024390</v>
       </c>
       <c r="F577" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="G577" s="2" t="s">
-        <v>2597</v>
+        <v>2601</v>
       </c>
       <c r="H577" s="2" t="s">
-        <v>2598</v>
+        <v>2602</v>
       </c>
       <c r="I577" s="2" t="s">
-        <v>2599</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="578" spans="1:9">
       <c r="A578" s="2">
         <v>577</v>
       </c>
       <c r="B578" s="2" t="s">
-        <v>2600</v>
+        <v>2604</v>
       </c>
       <c r="C578" s="2" t="s">
         <v>2596</v>
       </c>
       <c r="D578" s="2">
-        <v>1660926</v>
+        <v>1661027</v>
       </c>
       <c r="E578" s="2">
-        <v>6671313852</v>
+        <v>6606011805</v>
       </c>
       <c r="F578" s="2" t="s">
-        <v>105</v>
+        <v>131</v>
       </c>
       <c r="G578" s="2" t="s">
-        <v>2601</v>
+        <v>2605</v>
       </c>
       <c r="H578" s="2" t="s">
-        <v>2602</v>
+        <v>2606</v>
       </c>
       <c r="I578" s="2" t="s">
-        <v>2603</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="579" spans="1:9">
       <c r="A579" s="2">
         <v>578</v>
       </c>
       <c r="B579" s="2" t="s">
-        <v>2604</v>
+        <v>2608</v>
       </c>
       <c r="C579" s="2" t="s">
-        <v>2605</v>
+        <v>2596</v>
       </c>
       <c r="D579" s="2">
-        <v>1660958</v>
+        <v>1661028</v>
       </c>
       <c r="E579" s="2">
-        <v>6617012913</v>
+        <v>6682998502</v>
       </c>
       <c r="F579" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="G579" s="2" t="s">
-        <v>2606</v>
+        <v>2609</v>
       </c>
       <c r="H579" s="2" t="s">
-        <v>2607</v>
+        <v>2610</v>
       </c>
       <c r="I579" s="2" t="s">
-        <v>2608</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="580" spans="1:9">
       <c r="A580" s="2">
         <v>579</v>
       </c>
       <c r="B580" s="2" t="s">
-        <v>2609</v>
+        <v>2612</v>
       </c>
       <c r="C580" s="2" t="s">
-        <v>2610</v>
+        <v>2596</v>
       </c>
       <c r="D580" s="2">
-        <v>1660959</v>
+        <v>1661029</v>
       </c>
       <c r="E580" s="2">
-        <v>6607007061</v>
+        <v>6631006767</v>
       </c>
       <c r="F580" s="2" t="s">
-        <v>105</v>
+        <v>131</v>
       </c>
       <c r="G580" s="2" t="s">
-        <v>2611</v>
+        <v>2613</v>
       </c>
       <c r="H580" s="2" t="s">
-        <v>2612</v>
+        <v>2614</v>
       </c>
       <c r="I580" s="2" t="s">
-        <v>2613</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="581" spans="1:9">
       <c r="A581" s="2">
         <v>580</v>
       </c>
       <c r="B581" s="2" t="s">
-        <v>2614</v>
+        <v>2616</v>
       </c>
       <c r="C581" s="2" t="s">
-        <v>2615</v>
+        <v>2596</v>
       </c>
       <c r="D581" s="2">
-        <v>1660960</v>
+        <v>1661030</v>
       </c>
       <c r="E581" s="2">
-        <v>6647004902</v>
+        <v>6634005994</v>
       </c>
       <c r="F581" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="G581" s="2" t="s">
-        <v>2616</v>
+        <v>2617</v>
       </c>
       <c r="H581" s="2" t="s">
-        <v>2617</v>
+        <v>2618</v>
       </c>
       <c r="I581" s="2" t="s">
-        <v>2618</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="582" spans="1:9">
       <c r="A582" s="2">
         <v>581</v>
       </c>
       <c r="B582" s="2" t="s">
-        <v>2619</v>
+        <v>2620</v>
       </c>
       <c r="C582" s="2" t="s">
-        <v>2615</v>
+        <v>2596</v>
       </c>
       <c r="D582" s="2">
-        <v>1660961</v>
+        <v>1661031</v>
       </c>
       <c r="E582" s="2">
-        <v>6633027106</v>
+        <v>6681006804</v>
       </c>
       <c r="F582" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="G582" s="2" t="s">
-        <v>2620</v>
+        <v>2621</v>
       </c>
       <c r="H582" s="2" t="s">
-        <v>2621</v>
+        <v>2622</v>
       </c>
       <c r="I582" s="2" t="s">
-        <v>2622</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="583" spans="1:9">
       <c r="A583" s="2">
         <v>582</v>
       </c>
       <c r="B583" s="2" t="s">
-        <v>2623</v>
+        <v>2624</v>
       </c>
       <c r="C583" s="2" t="s">
-        <v>2624</v>
+        <v>1614</v>
       </c>
       <c r="D583" s="2">
-        <v>1660964</v>
+        <v>1661032</v>
       </c>
       <c r="E583" s="2">
-        <v>6603008113</v>
+        <v>6632013407</v>
       </c>
       <c r="F583" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="G583" s="2" t="s">
         <v>2625</v>
       </c>
       <c r="H583" s="2" t="s">
         <v>2626</v>
       </c>
       <c r="I583" s="2" t="s">
         <v>2627</v>
       </c>
     </row>
     <row r="584" spans="1:9">
       <c r="A584" s="2">
         <v>583</v>
       </c>
       <c r="B584" s="2" t="s">
         <v>2628</v>
       </c>
       <c r="C584" s="2" t="s">
+        <v>814</v>
+      </c>
+      <c r="D584" s="2">
+        <v>1661036</v>
+      </c>
+      <c r="E584" s="2">
+        <v>6633025363</v>
+      </c>
+      <c r="F584" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G584" s="2" t="s">
         <v>2629</v>
       </c>
-      <c r="D584" s="2">
-[...8 lines deleted...]
-      <c r="G584" s="2" t="s">
+      <c r="H584" s="2" t="s">
         <v>2630</v>
       </c>
-      <c r="H584" s="2" t="s">
+      <c r="I584" s="2" t="s">
         <v>2631</v>
-      </c>
-[...1 lines deleted...]
-        <v>2632</v>
       </c>
     </row>
     <row r="585" spans="1:9">
       <c r="A585" s="2">
         <v>584</v>
       </c>
       <c r="B585" s="2" t="s">
+        <v>2632</v>
+      </c>
+      <c r="C585" s="2" t="s">
+        <v>814</v>
+      </c>
+      <c r="D585" s="2">
+        <v>1661037</v>
+      </c>
+      <c r="E585" s="2">
+        <v>6633024994</v>
+      </c>
+      <c r="F585" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G585" s="2" t="s">
         <v>2633</v>
       </c>
-      <c r="C585" s="2" t="s">
+      <c r="H585" s="2" t="s">
         <v>2634</v>
       </c>
-      <c r="D585" s="2">
-[...16 lines deleted...]
-      </c>
+      <c r="I585" s="2"/>
     </row>
     <row r="586" spans="1:9">
       <c r="A586" s="2">
         <v>585</v>
       </c>
       <c r="B586" s="2" t="s">
+        <v>2635</v>
+      </c>
+      <c r="C586" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D586" s="2">
+        <v>1670355</v>
+      </c>
+      <c r="E586" s="2">
+        <v>6732136794</v>
+      </c>
+      <c r="F586" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G586" s="2" t="s">
+        <v>2636</v>
+      </c>
+      <c r="H586" s="2" t="s">
+        <v>2637</v>
+      </c>
+      <c r="I586" s="2" t="s">
         <v>2638</v>
-      </c>
-[...19 lines deleted...]
-        <v>2641</v>
       </c>
     </row>
     <row r="587" spans="1:9">
       <c r="A587" s="2">
         <v>586</v>
       </c>
       <c r="B587" s="2" t="s">
+        <v>2639</v>
+      </c>
+      <c r="C587" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D587" s="2">
+        <v>1670356</v>
+      </c>
+      <c r="E587" s="2">
+        <v>6732143784</v>
+      </c>
+      <c r="F587" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="G587" s="2" t="s">
+        <v>2640</v>
+      </c>
+      <c r="H587" s="2" t="s">
+        <v>2641</v>
+      </c>
+      <c r="I587" s="2" t="s">
         <v>2642</v>
-      </c>
-[...19 lines deleted...]
-        <v>2646</v>
       </c>
     </row>
     <row r="588" spans="1:9">
       <c r="A588" s="2">
         <v>587</v>
       </c>
       <c r="B588" s="2" t="s">
+        <v>2643</v>
+      </c>
+      <c r="C588" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D588" s="2">
+        <v>1670358</v>
+      </c>
+      <c r="E588" s="2">
+        <v>6731027048</v>
+      </c>
+      <c r="F588" s="2" t="s">
+        <v>2644</v>
+      </c>
+      <c r="G588" s="2" t="s">
+        <v>2645</v>
+      </c>
+      <c r="H588" s="2" t="s">
+        <v>2646</v>
+      </c>
+      <c r="I588" s="2" t="s">
         <v>2647</v>
-      </c>
-[...19 lines deleted...]
-        <v>2650</v>
       </c>
     </row>
     <row r="589" spans="1:9">
       <c r="A589" s="2">
         <v>588</v>
       </c>
       <c r="B589" s="2" t="s">
+        <v>2648</v>
+      </c>
+      <c r="C589" s="2" t="s">
+        <v>2649</v>
+      </c>
+      <c r="D589" s="2">
+        <v>1670937</v>
+      </c>
+      <c r="E589" s="2">
+        <v>6732042360</v>
+      </c>
+      <c r="F589" s="2" t="s">
+        <v>1442</v>
+      </c>
+      <c r="G589" s="2" t="s">
+        <v>2650</v>
+      </c>
+      <c r="H589" s="2" t="s">
         <v>2651</v>
       </c>
-      <c r="C589" s="2" t="s">
+      <c r="I589" s="2" t="s">
         <v>2652</v>
-      </c>
-[...16 lines deleted...]
-        <v>2655</v>
       </c>
     </row>
     <row r="590" spans="1:9">
       <c r="A590" s="2">
         <v>589</v>
       </c>
       <c r="B590" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="C590" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D590" s="2">
+        <v>1680360</v>
+      </c>
+      <c r="E590" s="2">
+        <v>6829119721</v>
+      </c>
+      <c r="F590" s="2" t="s">
+        <v>2654</v>
+      </c>
+      <c r="G590" s="2" t="s">
+        <v>2655</v>
+      </c>
+      <c r="H590" s="2" t="s">
         <v>2656</v>
       </c>
-      <c r="C590" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G590" s="2" t="s">
+      <c r="I590" s="2" t="s">
         <v>2657</v>
-      </c>
-[...4 lines deleted...]
-        <v>2659</v>
       </c>
     </row>
     <row r="591" spans="1:9">
       <c r="A591" s="2">
         <v>590</v>
       </c>
       <c r="B591" s="2" t="s">
+        <v>2658</v>
+      </c>
+      <c r="C591" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D591" s="2">
+        <v>1680361</v>
+      </c>
+      <c r="E591" s="2">
+        <v>6829127793</v>
+      </c>
+      <c r="F591" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="G591" s="2" t="s">
+        <v>2659</v>
+      </c>
+      <c r="H591" s="2" t="s">
         <v>2660</v>
       </c>
-      <c r="C591" s="2" t="s">
+      <c r="I591" s="2" t="s">
         <v>2661</v>
-      </c>
-[...16 lines deleted...]
-        <v>2664</v>
       </c>
     </row>
     <row r="592" spans="1:9">
       <c r="A592" s="2">
         <v>591</v>
       </c>
       <c r="B592" s="2" t="s">
-        <v>2665</v>
+        <v>2662</v>
       </c>
       <c r="C592" s="2" t="s">
-        <v>2661</v>
+        <v>2146</v>
       </c>
       <c r="D592" s="2">
-        <v>1660976</v>
+        <v>1680895</v>
       </c>
       <c r="E592" s="2">
-        <v>6640003508</v>
+        <v>6829151813</v>
       </c>
       <c r="F592" s="2" t="s">
-        <v>132</v>
+        <v>12</v>
       </c>
       <c r="G592" s="2" t="s">
-        <v>2666</v>
+        <v>2659</v>
       </c>
       <c r="H592" s="2" t="s">
-        <v>2667</v>
+        <v>2660</v>
       </c>
       <c r="I592" s="2" t="s">
-        <v>2668</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="593" spans="1:9">
       <c r="A593" s="2">
         <v>592</v>
       </c>
       <c r="B593" s="2" t="s">
-        <v>2669</v>
+        <v>2664</v>
       </c>
       <c r="C593" s="2" t="s">
-        <v>2670</v>
+        <v>2370</v>
       </c>
       <c r="D593" s="2">
-        <v>1660977</v>
+        <v>1681040</v>
       </c>
       <c r="E593" s="2">
-        <v>6614006277</v>
+        <v>6829138259</v>
       </c>
       <c r="F593" s="2" t="s">
-        <v>105</v>
+        <v>2665</v>
       </c>
       <c r="G593" s="2" t="s">
-        <v>2671</v>
+        <v>2666</v>
       </c>
       <c r="H593" s="2" t="s">
-        <v>2672</v>
+        <v>2667</v>
       </c>
       <c r="I593" s="2" t="s">
-        <v>2673</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="594" spans="1:9">
       <c r="A594" s="2">
         <v>593</v>
       </c>
       <c r="B594" s="2" t="s">
-        <v>2674</v>
+        <v>2669</v>
       </c>
       <c r="C594" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D594" s="2">
+        <v>1690362</v>
+      </c>
+      <c r="E594" s="2">
+        <v>6952000911</v>
+      </c>
+      <c r="F594" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="G594" s="2" t="s">
         <v>2670</v>
       </c>
-      <c r="D594" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="H594" s="2" t="s">
-        <v>2676</v>
+        <v>2671</v>
       </c>
       <c r="I594" s="2" t="s">
-        <v>2677</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="595" spans="1:9">
       <c r="A595" s="2">
         <v>594</v>
       </c>
       <c r="B595" s="2" t="s">
-        <v>2678</v>
+        <v>2673</v>
       </c>
       <c r="C595" s="2" t="s">
-        <v>2679</v>
+        <v>10</v>
       </c>
       <c r="D595" s="2">
-        <v>1660979</v>
+        <v>1690363</v>
       </c>
       <c r="E595" s="2">
-        <v>6683998520</v>
+        <v>6950120970</v>
       </c>
       <c r="F595" s="2" t="s">
-        <v>132</v>
+        <v>19</v>
       </c>
       <c r="G595" s="2" t="s">
-        <v>2680</v>
+        <v>2674</v>
       </c>
       <c r="H595" s="2" t="s">
-        <v>2681</v>
+        <v>2675</v>
       </c>
       <c r="I595" s="2" t="s">
-        <v>2682</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="596" spans="1:9">
       <c r="A596" s="2">
         <v>595</v>
       </c>
       <c r="B596" s="2" t="s">
-        <v>2683</v>
+        <v>2677</v>
       </c>
       <c r="C596" s="2" t="s">
+        <v>2678</v>
+      </c>
+      <c r="D596" s="2">
+        <v>1690678</v>
+      </c>
+      <c r="E596" s="2">
+        <v>6950007189</v>
+      </c>
+      <c r="F596" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="G596" s="2" t="s">
         <v>2679</v>
       </c>
-      <c r="D596" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="H596" s="2" t="s">
-        <v>2685</v>
+        <v>2680</v>
       </c>
       <c r="I596" s="2" t="s">
-        <v>2686</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="597" spans="1:9">
       <c r="A597" s="2">
         <v>596</v>
       </c>
       <c r="B597" s="2" t="s">
-        <v>2687</v>
+        <v>2682</v>
       </c>
       <c r="C597" s="2" t="s">
-        <v>2688</v>
+        <v>2683</v>
       </c>
       <c r="D597" s="2">
-        <v>1660981</v>
+        <v>1690849</v>
       </c>
       <c r="E597" s="2">
-        <v>6619999558</v>
+        <v>6901030330</v>
       </c>
       <c r="F597" s="2" t="s">
-        <v>132</v>
+        <v>312</v>
       </c>
       <c r="G597" s="2" t="s">
-        <v>2689</v>
+        <v>2684</v>
       </c>
       <c r="H597" s="2" t="s">
-        <v>2690</v>
+        <v>2685</v>
       </c>
       <c r="I597" s="2" t="s">
-        <v>2691</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="598" spans="1:9">
       <c r="A598" s="2">
         <v>597</v>
       </c>
       <c r="B598" s="2" t="s">
-        <v>2692</v>
+        <v>2687</v>
       </c>
       <c r="C598" s="2" t="s">
-        <v>2693</v>
+        <v>10</v>
       </c>
       <c r="D598" s="2">
-        <v>1660985</v>
+        <v>1700364</v>
       </c>
       <c r="E598" s="2">
-        <v>6668021088</v>
+        <v>7017227933</v>
       </c>
       <c r="F598" s="2" t="s">
-        <v>132</v>
+        <v>32</v>
       </c>
       <c r="G598" s="2" t="s">
-        <v>2694</v>
+        <v>2688</v>
       </c>
       <c r="H598" s="2" t="s">
-        <v>2695</v>
+        <v>2689</v>
       </c>
       <c r="I598" s="2" t="s">
-        <v>2696</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="599" spans="1:9">
       <c r="A599" s="2">
         <v>598</v>
       </c>
       <c r="B599" s="2" t="s">
-        <v>2697</v>
+        <v>2691</v>
       </c>
       <c r="C599" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D599" s="2">
+        <v>1700365</v>
+      </c>
+      <c r="E599" s="2">
+        <v>7022016110</v>
+      </c>
+      <c r="F599" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G599" s="2" t="s">
+        <v>2692</v>
+      </c>
+      <c r="H599" s="2" t="s">
         <v>2693</v>
       </c>
-      <c r="D599" s="2">
-[...13 lines deleted...]
-      </c>
       <c r="I599" s="2" t="s">
-        <v>2700</v>
+        <v>2694</v>
       </c>
     </row>
     <row r="600" spans="1:9">
       <c r="A600" s="2">
         <v>599</v>
       </c>
       <c r="B600" s="2" t="s">
-        <v>2701</v>
+        <v>2695</v>
       </c>
       <c r="C600" s="2" t="s">
-        <v>2693</v>
+        <v>10</v>
       </c>
       <c r="D600" s="2">
-        <v>1660987</v>
+        <v>1700366</v>
       </c>
       <c r="E600" s="2">
-        <v>6630012912</v>
+        <v>7024999200</v>
       </c>
       <c r="F600" s="2" t="s">
-        <v>132</v>
+        <v>12</v>
       </c>
       <c r="G600" s="2" t="s">
-        <v>2702</v>
+        <v>2696</v>
       </c>
       <c r="H600" s="2" t="s">
-        <v>2703</v>
+        <v>2697</v>
       </c>
       <c r="I600" s="2" t="s">
-        <v>2704</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="601" spans="1:9">
       <c r="A601" s="2">
         <v>600</v>
       </c>
       <c r="B601" s="2" t="s">
-        <v>2705</v>
+        <v>2699</v>
       </c>
       <c r="C601" s="2" t="s">
-        <v>2693</v>
+        <v>422</v>
       </c>
       <c r="D601" s="2">
-        <v>1660988</v>
+        <v>1700370</v>
       </c>
       <c r="E601" s="2">
-        <v>6619025562</v>
+        <v>7017297970</v>
       </c>
       <c r="F601" s="2" t="s">
-        <v>132</v>
+        <v>585</v>
       </c>
       <c r="G601" s="2" t="s">
-        <v>2706</v>
+        <v>2700</v>
       </c>
       <c r="H601" s="2" t="s">
-        <v>2707</v>
+        <v>2701</v>
       </c>
       <c r="I601" s="2" t="s">
-        <v>2708</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="602" spans="1:9">
       <c r="A602" s="2">
         <v>601</v>
       </c>
       <c r="B602" s="2" t="s">
-        <v>2709</v>
+        <v>2703</v>
       </c>
       <c r="C602" s="2" t="s">
-        <v>2710</v>
+        <v>422</v>
       </c>
       <c r="D602" s="2">
-        <v>1660991</v>
+        <v>1700371</v>
       </c>
       <c r="E602" s="2">
-        <v>6602006716</v>
+        <v>7017376678</v>
       </c>
       <c r="F602" s="2" t="s">
-        <v>132</v>
+        <v>118</v>
       </c>
       <c r="G602" s="2" t="s">
-        <v>2711</v>
+        <v>2704</v>
       </c>
       <c r="H602" s="2" t="s">
-        <v>2712</v>
+        <v>2705</v>
       </c>
       <c r="I602" s="2" t="s">
-        <v>2713</v>
+        <v>2706</v>
       </c>
     </row>
     <row r="603" spans="1:9">
       <c r="A603" s="2">
         <v>602</v>
       </c>
       <c r="B603" s="2" t="s">
-        <v>2714</v>
+        <v>2707</v>
       </c>
       <c r="C603" s="2" t="s">
-        <v>2715</v>
+        <v>422</v>
       </c>
       <c r="D603" s="2">
-        <v>1661003</v>
+        <v>1700372</v>
       </c>
       <c r="E603" s="2">
-        <v>6611008685</v>
+        <v>7022016134</v>
       </c>
       <c r="F603" s="2" t="s">
-        <v>132</v>
+        <v>67</v>
       </c>
       <c r="G603" s="2" t="s">
-        <v>2716</v>
+        <v>2708</v>
       </c>
       <c r="H603" s="2" t="s">
-        <v>2717</v>
+        <v>2709</v>
       </c>
       <c r="I603" s="2" t="s">
-        <v>2718</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="604" spans="1:9">
       <c r="A604" s="2">
         <v>603</v>
       </c>
       <c r="B604" s="2" t="s">
-        <v>2719</v>
+        <v>2711</v>
       </c>
       <c r="C604" s="2" t="s">
-        <v>2720</v>
+        <v>422</v>
       </c>
       <c r="D604" s="2">
-        <v>1661021</v>
+        <v>1700373</v>
       </c>
       <c r="E604" s="2">
-        <v>6620015752</v>
+        <v>7003003323</v>
       </c>
       <c r="F604" s="2" t="s">
-        <v>132</v>
+        <v>67</v>
       </c>
       <c r="G604" s="2" t="s">
-        <v>2721</v>
+        <v>2712</v>
       </c>
       <c r="H604" s="2" t="s">
-        <v>2722</v>
+        <v>2713</v>
       </c>
       <c r="I604" s="2" t="s">
-        <v>2723</v>
+        <v>2714</v>
       </c>
     </row>
     <row r="605" spans="1:9">
       <c r="A605" s="2">
         <v>604</v>
       </c>
       <c r="B605" s="2" t="s">
-        <v>2724</v>
+        <v>2715</v>
       </c>
       <c r="C605" s="2" t="s">
-        <v>2329</v>
+        <v>422</v>
       </c>
       <c r="D605" s="2">
-        <v>1661024</v>
+        <v>1700374</v>
       </c>
       <c r="E605" s="2">
-        <v>6639019380</v>
+        <v>7004998015</v>
       </c>
       <c r="F605" s="2" t="s">
-        <v>132</v>
+        <v>67</v>
       </c>
       <c r="G605" s="2" t="s">
-        <v>2725</v>
+        <v>2716</v>
       </c>
       <c r="H605" s="2" t="s">
-        <v>2726</v>
+        <v>2717</v>
       </c>
       <c r="I605" s="2" t="s">
-        <v>2727</v>
+        <v>2718</v>
       </c>
     </row>
     <row r="606" spans="1:9">
       <c r="A606" s="2">
         <v>605</v>
       </c>
       <c r="B606" s="2" t="s">
-        <v>2728</v>
+        <v>2719</v>
       </c>
       <c r="C606" s="2" t="s">
-        <v>2729</v>
+        <v>422</v>
       </c>
       <c r="D606" s="2">
-        <v>1661025</v>
+        <v>1700375</v>
       </c>
       <c r="E606" s="2">
-        <v>6615008301</v>
+        <v>7024022461</v>
       </c>
       <c r="F606" s="2" t="s">
-        <v>132</v>
+        <v>2282</v>
       </c>
       <c r="G606" s="2" t="s">
-        <v>2730</v>
+        <v>2720</v>
       </c>
       <c r="H606" s="2" t="s">
-        <v>2731</v>
+        <v>2721</v>
       </c>
       <c r="I606" s="2" t="s">
-        <v>2732</v>
+        <v>2722</v>
       </c>
     </row>
     <row r="607" spans="1:9">
       <c r="A607" s="2">
         <v>606</v>
       </c>
       <c r="B607" s="2" t="s">
-        <v>2733</v>
+        <v>2723</v>
       </c>
       <c r="C607" s="2" t="s">
-        <v>2729</v>
+        <v>422</v>
       </c>
       <c r="D607" s="2">
-        <v>1661026</v>
+        <v>1700376</v>
       </c>
       <c r="E607" s="2">
-        <v>6684024390</v>
+        <v>7005005492</v>
       </c>
       <c r="F607" s="2" t="s">
-        <v>132</v>
+        <v>67</v>
       </c>
       <c r="G607" s="2" t="s">
-        <v>2734</v>
+        <v>2724</v>
       </c>
       <c r="H607" s="2" t="s">
-        <v>2735</v>
+        <v>2725</v>
       </c>
       <c r="I607" s="2" t="s">
-        <v>2736</v>
+        <v>2726</v>
       </c>
     </row>
     <row r="608" spans="1:9">
       <c r="A608" s="2">
         <v>607</v>
       </c>
       <c r="B608" s="2" t="s">
-        <v>2737</v>
+        <v>2727</v>
       </c>
       <c r="C608" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="D608" s="2">
+        <v>1700377</v>
+      </c>
+      <c r="E608" s="2">
+        <v>7006007573</v>
+      </c>
+      <c r="F608" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G608" s="2" t="s">
+        <v>2728</v>
+      </c>
+      <c r="H608" s="2" t="s">
         <v>2729</v>
       </c>
-      <c r="D608" s="2">
-[...13 lines deleted...]
-      </c>
       <c r="I608" s="2" t="s">
-        <v>2740</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="609" spans="1:9">
       <c r="A609" s="2">
         <v>608</v>
       </c>
       <c r="B609" s="2" t="s">
-        <v>2741</v>
+        <v>2731</v>
       </c>
       <c r="C609" s="2" t="s">
-        <v>2729</v>
+        <v>422</v>
       </c>
       <c r="D609" s="2">
-        <v>1661028</v>
+        <v>1700378</v>
       </c>
       <c r="E609" s="2">
-        <v>6682998502</v>
+        <v>7007007431</v>
       </c>
       <c r="F609" s="2" t="s">
-        <v>132</v>
+        <v>2282</v>
       </c>
       <c r="G609" s="2" t="s">
-        <v>2742</v>
+        <v>2732</v>
       </c>
       <c r="H609" s="2" t="s">
-        <v>2743</v>
+        <v>2733</v>
       </c>
       <c r="I609" s="2" t="s">
-        <v>2744</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="610" spans="1:9">
       <c r="A610" s="2">
         <v>609</v>
       </c>
       <c r="B610" s="2" t="s">
-        <v>2745</v>
+        <v>2707</v>
       </c>
       <c r="C610" s="2" t="s">
-        <v>2729</v>
+        <v>422</v>
       </c>
       <c r="D610" s="2">
-        <v>1661029</v>
+        <v>1700382</v>
       </c>
       <c r="E610" s="2">
-        <v>6631006767</v>
+        <v>7015002564</v>
       </c>
       <c r="F610" s="2" t="s">
-        <v>132</v>
+        <v>67</v>
       </c>
       <c r="G610" s="2" t="s">
-        <v>2746</v>
+        <v>2735</v>
       </c>
       <c r="H610" s="2" t="s">
-        <v>2747</v>
+        <v>2736</v>
       </c>
       <c r="I610" s="2" t="s">
-        <v>2748</v>
+        <v>2737</v>
       </c>
     </row>
     <row r="611" spans="1:9">
       <c r="A611" s="2">
         <v>610</v>
       </c>
       <c r="B611" s="2" t="s">
-        <v>2749</v>
+        <v>2738</v>
       </c>
       <c r="C611" s="2" t="s">
-        <v>2729</v>
+        <v>422</v>
       </c>
       <c r="D611" s="2">
-        <v>1661030</v>
+        <v>1700383</v>
       </c>
       <c r="E611" s="2">
-        <v>6634005994</v>
+        <v>7002010871</v>
       </c>
       <c r="F611" s="2" t="s">
-        <v>132</v>
+        <v>2282</v>
       </c>
       <c r="G611" s="2" t="s">
-        <v>2750</v>
+        <v>2739</v>
       </c>
       <c r="H611" s="2" t="s">
-        <v>2751</v>
+        <v>2740</v>
       </c>
       <c r="I611" s="2" t="s">
-        <v>2752</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="612" spans="1:9">
       <c r="A612" s="2">
         <v>611</v>
       </c>
       <c r="B612" s="2" t="s">
-        <v>2753</v>
+        <v>2742</v>
       </c>
       <c r="C612" s="2" t="s">
-        <v>2729</v>
+        <v>1322</v>
       </c>
       <c r="D612" s="2">
-        <v>1661031</v>
+        <v>1700387</v>
       </c>
       <c r="E612" s="2">
-        <v>6681006804</v>
+        <v>7022019939</v>
       </c>
       <c r="F612" s="2" t="s">
-        <v>132</v>
+        <v>67</v>
       </c>
       <c r="G612" s="2" t="s">
-        <v>2754</v>
+        <v>2743</v>
       </c>
       <c r="H612" s="2" t="s">
-        <v>2755</v>
+        <v>2744</v>
       </c>
       <c r="I612" s="2" t="s">
-        <v>2756</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="613" spans="1:9">
       <c r="A613" s="2">
         <v>612</v>
       </c>
       <c r="B613" s="2" t="s">
-        <v>2757</v>
+        <v>2746</v>
       </c>
       <c r="C613" s="2" t="s">
-        <v>1714</v>
+        <v>2747</v>
       </c>
       <c r="D613" s="2">
-        <v>1661032</v>
+        <v>1700773</v>
       </c>
       <c r="E613" s="2">
-        <v>6632013407</v>
+        <v>7017128812</v>
       </c>
       <c r="F613" s="2" t="s">
-        <v>132</v>
+        <v>12</v>
       </c>
       <c r="G613" s="2" t="s">
-        <v>2758</v>
+        <v>2748</v>
       </c>
       <c r="H613" s="2" t="s">
-        <v>2759</v>
+        <v>2749</v>
       </c>
       <c r="I613" s="2" t="s">
-        <v>2760</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="614" spans="1:9">
       <c r="A614" s="2">
         <v>613</v>
       </c>
       <c r="B614" s="2" t="s">
-        <v>2761</v>
+        <v>2751</v>
       </c>
       <c r="C614" s="2" t="s">
-        <v>877</v>
+        <v>2752</v>
       </c>
       <c r="D614" s="2">
-        <v>1661036</v>
+        <v>1700803</v>
       </c>
       <c r="E614" s="2">
-        <v>6633025363</v>
+        <v>7012005207</v>
       </c>
       <c r="F614" s="2" t="s">
-        <v>132</v>
+        <v>67</v>
       </c>
       <c r="G614" s="2" t="s">
-        <v>2762</v>
+        <v>2753</v>
       </c>
       <c r="H614" s="2" t="s">
-        <v>2763</v>
+        <v>2754</v>
       </c>
       <c r="I614" s="2" t="s">
-        <v>2764</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="615" spans="1:9">
       <c r="A615" s="2">
         <v>614</v>
       </c>
       <c r="B615" s="2" t="s">
-        <v>2765</v>
+        <v>2756</v>
       </c>
       <c r="C615" s="2" t="s">
-        <v>877</v>
+        <v>2752</v>
       </c>
       <c r="D615" s="2">
-        <v>1661037</v>
+        <v>1700804</v>
       </c>
       <c r="E615" s="2">
-        <v>6633024994</v>
+        <v>7008007480</v>
       </c>
       <c r="F615" s="2" t="s">
-        <v>132</v>
+        <v>19</v>
       </c>
       <c r="G615" s="2" t="s">
-        <v>2766</v>
+        <v>2757</v>
       </c>
       <c r="H615" s="2" t="s">
-        <v>2767</v>
-[...1 lines deleted...]
-      <c r="I615" s="2"/>
+        <v>2758</v>
+      </c>
+      <c r="I615" s="2" t="s">
+        <v>2759</v>
+      </c>
     </row>
     <row r="616" spans="1:9">
       <c r="A616" s="2">
         <v>615</v>
       </c>
       <c r="B616" s="2" t="s">
-        <v>2768</v>
+        <v>2760</v>
       </c>
       <c r="C616" s="2" t="s">
-        <v>10</v>
+        <v>2761</v>
       </c>
       <c r="D616" s="2">
-        <v>1670355</v>
+        <v>1700919</v>
       </c>
       <c r="E616" s="2">
-        <v>6732136794</v>
+        <v>7017996632</v>
       </c>
       <c r="F616" s="2" t="s">
-        <v>68</v>
+        <v>516</v>
       </c>
       <c r="G616" s="2" t="s">
-        <v>2769</v>
+        <v>2762</v>
       </c>
       <c r="H616" s="2" t="s">
-        <v>2770</v>
+        <v>2763</v>
       </c>
       <c r="I616" s="2" t="s">
-        <v>2771</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="617" spans="1:9">
       <c r="A617" s="2">
         <v>616</v>
       </c>
       <c r="B617" s="2" t="s">
-        <v>2772</v>
+        <v>2765</v>
       </c>
       <c r="C617" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D617" s="2">
-        <v>1670356</v>
+        <v>1710001</v>
       </c>
       <c r="E617" s="2">
-        <v>6732143784</v>
+        <v>7106015641</v>
       </c>
       <c r="F617" s="2" t="s">
-        <v>112</v>
+        <v>12</v>
       </c>
       <c r="G617" s="2" t="s">
-        <v>2773</v>
+        <v>2766</v>
       </c>
       <c r="H617" s="2" t="s">
-        <v>2774</v>
+        <v>2767</v>
       </c>
       <c r="I617" s="2" t="s">
-        <v>2775</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="618" spans="1:9">
       <c r="A618" s="2">
         <v>617</v>
       </c>
       <c r="B618" s="2" t="s">
-        <v>2776</v>
+        <v>2769</v>
       </c>
       <c r="C618" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D618" s="2">
-        <v>1670358</v>
+        <v>1710002</v>
       </c>
       <c r="E618" s="2">
-        <v>6731027048</v>
+        <v>7104520110</v>
       </c>
       <c r="F618" s="2" t="s">
-        <v>248</v>
+        <v>32</v>
       </c>
       <c r="G618" s="2" t="s">
-        <v>2777</v>
+        <v>2770</v>
       </c>
       <c r="H618" s="2" t="s">
-        <v>2778</v>
+        <v>2771</v>
       </c>
       <c r="I618" s="2" t="s">
-        <v>2779</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="619" spans="1:9">
       <c r="A619" s="2">
         <v>618</v>
       </c>
       <c r="B619" s="2" t="s">
-        <v>2780</v>
+        <v>2773</v>
       </c>
       <c r="C619" s="2" t="s">
-        <v>2781</v>
+        <v>10</v>
       </c>
       <c r="D619" s="2">
-        <v>1670937</v>
+        <v>1710003</v>
       </c>
       <c r="E619" s="2">
-        <v>6732042360</v>
+        <v>7106528019</v>
       </c>
       <c r="F619" s="2" t="s">
-        <v>1542</v>
+        <v>2774</v>
       </c>
       <c r="G619" s="2" t="s">
-        <v>2782</v>
+        <v>2775</v>
       </c>
       <c r="H619" s="2" t="s">
-        <v>2783</v>
+        <v>2776</v>
       </c>
       <c r="I619" s="2" t="s">
-        <v>2784</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="620" spans="1:9">
       <c r="A620" s="2">
         <v>619</v>
       </c>
       <c r="B620" s="2" t="s">
-        <v>2785</v>
+        <v>2778</v>
       </c>
       <c r="C620" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D620" s="2">
-        <v>1680360</v>
+        <v>1710004</v>
       </c>
       <c r="E620" s="2">
-        <v>6829119721</v>
+        <v>7111024480</v>
       </c>
       <c r="F620" s="2" t="s">
-        <v>2786</v>
+        <v>131</v>
       </c>
       <c r="G620" s="2" t="s">
-        <v>2787</v>
+        <v>2779</v>
       </c>
       <c r="H620" s="2" t="s">
-        <v>2788</v>
+        <v>2780</v>
       </c>
       <c r="I620" s="2" t="s">
-        <v>2789</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="621" spans="1:9">
       <c r="A621" s="2">
         <v>620</v>
       </c>
       <c r="B621" s="2" t="s">
-        <v>2790</v>
+        <v>2782</v>
       </c>
       <c r="C621" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D621" s="2">
-        <v>1680361</v>
+        <v>1710005</v>
       </c>
       <c r="E621" s="2">
-        <v>6829127793</v>
+        <v>7115008432</v>
       </c>
       <c r="F621" s="2" t="s">
-        <v>248</v>
+        <v>131</v>
       </c>
       <c r="G621" s="2" t="s">
-        <v>2791</v>
+        <v>2783</v>
       </c>
       <c r="H621" s="2" t="s">
-        <v>2792</v>
+        <v>2784</v>
       </c>
       <c r="I621" s="2" t="s">
-        <v>2793</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="622" spans="1:9">
       <c r="A622" s="2">
         <v>621</v>
       </c>
       <c r="B622" s="2" t="s">
-        <v>2794</v>
+        <v>2786</v>
       </c>
       <c r="C622" s="2" t="s">
-        <v>2270</v>
+        <v>422</v>
       </c>
       <c r="D622" s="2">
-        <v>1680895</v>
+        <v>1710006</v>
       </c>
       <c r="E622" s="2">
-        <v>6829151813</v>
+        <v>7116129704</v>
       </c>
       <c r="F622" s="2" t="s">
-        <v>38</v>
+        <v>131</v>
       </c>
       <c r="G622" s="2" t="s">
-        <v>2791</v>
+        <v>2787</v>
       </c>
       <c r="H622" s="2" t="s">
-        <v>2792</v>
+        <v>2788</v>
       </c>
       <c r="I622" s="2" t="s">
-        <v>2795</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="623" spans="1:9">
       <c r="A623" s="2">
         <v>622</v>
       </c>
       <c r="B623" s="2" t="s">
-        <v>2796</v>
+        <v>2790</v>
       </c>
       <c r="C623" s="2" t="s">
-        <v>2504</v>
+        <v>422</v>
       </c>
       <c r="D623" s="2">
-        <v>1681040</v>
+        <v>1710007</v>
       </c>
       <c r="E623" s="2">
-        <v>6829138259</v>
+        <v>7117013893</v>
       </c>
       <c r="F623" s="2" t="s">
-        <v>2797</v>
+        <v>131</v>
       </c>
       <c r="G623" s="2" t="s">
-        <v>2798</v>
+        <v>2791</v>
       </c>
       <c r="H623" s="2" t="s">
-        <v>2799</v>
+        <v>2792</v>
       </c>
       <c r="I623" s="2" t="s">
-        <v>2800</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="624" spans="1:9">
       <c r="A624" s="2">
         <v>623</v>
       </c>
       <c r="B624" s="2" t="s">
-        <v>2801</v>
+        <v>2794</v>
       </c>
       <c r="C624" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D624" s="2">
-        <v>1690362</v>
+        <v>1710008</v>
       </c>
       <c r="E624" s="2">
-        <v>6952000911</v>
+        <v>7118020300</v>
       </c>
       <c r="F624" s="2" t="s">
-        <v>248</v>
+        <v>131</v>
       </c>
       <c r="G624" s="2" t="s">
-        <v>2802</v>
+        <v>2795</v>
       </c>
       <c r="H624" s="2" t="s">
-        <v>2803</v>
+        <v>2796</v>
       </c>
       <c r="I624" s="2" t="s">
-        <v>2804</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="625" spans="1:9">
       <c r="A625" s="2">
         <v>624</v>
       </c>
       <c r="B625" s="2" t="s">
-        <v>2805</v>
+        <v>2798</v>
       </c>
       <c r="C625" s="2" t="s">
-        <v>10</v>
+        <v>2799</v>
       </c>
       <c r="D625" s="2">
-        <v>1690363</v>
+        <v>1710679</v>
       </c>
       <c r="E625" s="2">
-        <v>6950120970</v>
+        <v>7114010358</v>
       </c>
       <c r="F625" s="2" t="s">
-        <v>19</v>
+        <v>131</v>
       </c>
       <c r="G625" s="2" t="s">
-        <v>2806</v>
+        <v>2800</v>
       </c>
       <c r="H625" s="2" t="s">
-        <v>2807</v>
+        <v>2788</v>
       </c>
       <c r="I625" s="2" t="s">
-        <v>2808</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="626" spans="1:9">
       <c r="A626" s="2">
         <v>625</v>
       </c>
       <c r="B626" s="2" t="s">
-        <v>2809</v>
+        <v>2802</v>
       </c>
       <c r="C626" s="2" t="s">
-        <v>2810</v>
+        <v>2803</v>
       </c>
       <c r="D626" s="2">
-        <v>1690364</v>
+        <v>1710686</v>
       </c>
       <c r="E626" s="2">
-        <v>6952001111</v>
+        <v>7123010428</v>
       </c>
       <c r="F626" s="2" t="s">
-        <v>2811</v>
+        <v>131</v>
       </c>
       <c r="G626" s="2" t="s">
-        <v>2802</v>
+        <v>2804</v>
       </c>
       <c r="H626" s="2" t="s">
-        <v>2812</v>
+        <v>2805</v>
       </c>
       <c r="I626" s="2" t="s">
-        <v>2813</v>
+        <v>2806</v>
       </c>
     </row>
     <row r="627" spans="1:9">
       <c r="A627" s="2">
         <v>626</v>
       </c>
       <c r="B627" s="2" t="s">
-        <v>2814</v>
+        <v>2807</v>
       </c>
       <c r="C627" s="2" t="s">
-        <v>2815</v>
+        <v>2808</v>
       </c>
       <c r="D627" s="2">
-        <v>1690678</v>
+        <v>1710750</v>
       </c>
       <c r="E627" s="2">
-        <v>6950007189</v>
+        <v>7105057303</v>
       </c>
       <c r="F627" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G627" s="2" t="s">
-        <v>2816</v>
+        <v>2809</v>
       </c>
       <c r="H627" s="2" t="s">
-        <v>2817</v>
+        <v>2810</v>
       </c>
       <c r="I627" s="2" t="s">
-        <v>2818</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="628" spans="1:9">
       <c r="A628" s="2">
         <v>627</v>
       </c>
       <c r="B628" s="2" t="s">
-        <v>2819</v>
+        <v>2812</v>
       </c>
       <c r="C628" s="2" t="s">
-        <v>1124</v>
+        <v>1012</v>
       </c>
       <c r="D628" s="2">
-        <v>1690849</v>
+        <v>1710766</v>
       </c>
       <c r="E628" s="2">
-        <v>6901030330</v>
+        <v>7104524805</v>
       </c>
       <c r="F628" s="2" t="s">
-        <v>2820</v>
+        <v>111</v>
       </c>
       <c r="G628" s="2" t="s">
-        <v>2821</v>
+        <v>2813</v>
       </c>
       <c r="H628" s="2" t="s">
-        <v>2822</v>
+        <v>2814</v>
       </c>
       <c r="I628" s="2" t="s">
-        <v>2823</v>
+        <v>2815</v>
       </c>
     </row>
     <row r="629" spans="1:9">
       <c r="A629" s="2">
         <v>628</v>
       </c>
       <c r="B629" s="2" t="s">
-        <v>2824</v>
+        <v>2816</v>
       </c>
       <c r="C629" s="2" t="s">
-        <v>10</v>
+        <v>2817</v>
       </c>
       <c r="D629" s="2">
-        <v>1700364</v>
+        <v>1710840</v>
       </c>
       <c r="E629" s="2">
-        <v>7017227933</v>
+        <v>7107116177</v>
       </c>
       <c r="F629" s="2" t="s">
-        <v>32</v>
+        <v>2428</v>
       </c>
       <c r="G629" s="2" t="s">
-        <v>2825</v>
+        <v>2818</v>
       </c>
       <c r="H629" s="2" t="s">
-        <v>2826</v>
+        <v>2819</v>
       </c>
       <c r="I629" s="2" t="s">
-        <v>2827</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="630" spans="1:9">
       <c r="A630" s="2">
         <v>629</v>
       </c>
       <c r="B630" s="2" t="s">
-        <v>2828</v>
+        <v>2821</v>
       </c>
       <c r="C630" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D630" s="2">
-        <v>1700365</v>
+        <v>1720358</v>
       </c>
       <c r="E630" s="2">
-        <v>7022016110</v>
+        <v>7202098425</v>
       </c>
       <c r="F630" s="2" t="s">
-        <v>38</v>
+        <v>2822</v>
       </c>
       <c r="G630" s="2" t="s">
-        <v>2829</v>
+        <v>2823</v>
       </c>
       <c r="H630" s="2" t="s">
-        <v>2830</v>
+        <v>2824</v>
       </c>
       <c r="I630" s="2" t="s">
-        <v>2831</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="631" spans="1:9">
       <c r="A631" s="2">
         <v>630</v>
       </c>
       <c r="B631" s="2" t="s">
-        <v>2832</v>
+        <v>2826</v>
       </c>
       <c r="C631" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D631" s="2">
-        <v>1700366</v>
+        <v>1720359</v>
       </c>
       <c r="E631" s="2">
-        <v>7024999200</v>
+        <v>7204137581</v>
       </c>
       <c r="F631" s="2" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G631" s="2" t="s">
-        <v>2833</v>
+        <v>2827</v>
       </c>
       <c r="H631" s="2" t="s">
-        <v>2834</v>
+        <v>2828</v>
       </c>
       <c r="I631" s="2" t="s">
-        <v>2835</v>
+        <v>2829</v>
       </c>
     </row>
     <row r="632" spans="1:9">
       <c r="A632" s="2">
         <v>631</v>
       </c>
       <c r="B632" s="2" t="s">
-        <v>2836</v>
+        <v>2830</v>
       </c>
       <c r="C632" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D632" s="2">
-        <v>1700367</v>
+        <v>1720360</v>
       </c>
       <c r="E632" s="2">
-        <v>7017999672</v>
+        <v>7203223118</v>
       </c>
       <c r="F632" s="2" t="s">
-        <v>2837</v>
+        <v>2831</v>
       </c>
       <c r="G632" s="2" t="s">
-        <v>2838</v>
+        <v>2832</v>
       </c>
       <c r="H632" s="2" t="s">
-        <v>2839</v>
+        <v>2833</v>
       </c>
       <c r="I632" s="2" t="s">
-        <v>2840</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="633" spans="1:9">
       <c r="A633" s="2">
         <v>632</v>
       </c>
       <c r="B633" s="2" t="s">
-        <v>2841</v>
+        <v>2835</v>
       </c>
       <c r="C633" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D633" s="2">
-        <v>1700368</v>
+        <v>1720361</v>
       </c>
       <c r="E633" s="2">
-        <v>7017048370</v>
+        <v>7203236163</v>
       </c>
       <c r="F633" s="2" t="s">
-        <v>2842</v>
+        <v>809</v>
       </c>
       <c r="G633" s="2" t="s">
-        <v>2843</v>
+        <v>2836</v>
       </c>
       <c r="H633" s="2" t="s">
-        <v>2844</v>
+        <v>2837</v>
       </c>
       <c r="I633" s="2" t="s">
-        <v>2845</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="634" spans="1:9">
       <c r="A634" s="2">
         <v>633</v>
       </c>
       <c r="B634" s="2" t="s">
-        <v>2846</v>
+        <v>2839</v>
       </c>
       <c r="C634" s="2" t="s">
-        <v>456</v>
+        <v>422</v>
       </c>
       <c r="D634" s="2">
-        <v>1700370</v>
+        <v>1720362</v>
       </c>
       <c r="E634" s="2">
-        <v>7017297970</v>
+        <v>7202246112</v>
       </c>
       <c r="F634" s="2" t="s">
-        <v>623</v>
+        <v>2840</v>
       </c>
       <c r="G634" s="2" t="s">
-        <v>2847</v>
+        <v>2841</v>
       </c>
       <c r="H634" s="2" t="s">
-        <v>2848</v>
+        <v>2842</v>
       </c>
       <c r="I634" s="2" t="s">
-        <v>2849</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="635" spans="1:9">
       <c r="A635" s="2">
         <v>634</v>
       </c>
       <c r="B635" s="2" t="s">
-        <v>2850</v>
+        <v>2844</v>
       </c>
       <c r="C635" s="2" t="s">
-        <v>456</v>
+        <v>2845</v>
       </c>
       <c r="D635" s="2">
-        <v>1700371</v>
+        <v>1720867</v>
       </c>
       <c r="E635" s="2">
-        <v>7017376678</v>
+        <v>7202066550</v>
       </c>
       <c r="F635" s="2" t="s">
-        <v>154</v>
+        <v>97</v>
       </c>
       <c r="G635" s="2" t="s">
-        <v>2851</v>
+        <v>2846</v>
       </c>
       <c r="H635" s="2" t="s">
-        <v>2852</v>
+        <v>2847</v>
       </c>
       <c r="I635" s="2" t="s">
-        <v>2853</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="636" spans="1:9">
       <c r="A636" s="2">
         <v>635</v>
       </c>
       <c r="B636" s="2" t="s">
-        <v>2854</v>
+        <v>2849</v>
       </c>
       <c r="C636" s="2" t="s">
-        <v>456</v>
+        <v>2850</v>
       </c>
       <c r="D636" s="2">
-        <v>1700372</v>
+        <v>1720963</v>
       </c>
       <c r="E636" s="2">
-        <v>7022016134</v>
+        <v>7203527035</v>
       </c>
       <c r="F636" s="2" t="s">
-        <v>68</v>
+        <v>809</v>
       </c>
       <c r="G636" s="2" t="s">
-        <v>2855</v>
+        <v>2851</v>
       </c>
       <c r="H636" s="2" t="s">
-        <v>2856</v>
+        <v>2852</v>
       </c>
       <c r="I636" s="2" t="s">
-        <v>2857</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="637" spans="1:9">
       <c r="A637" s="2">
         <v>636</v>
       </c>
       <c r="B637" s="2" t="s">
+        <v>2854</v>
+      </c>
+      <c r="C637" s="2" t="s">
+        <v>2855</v>
+      </c>
+      <c r="D637" s="2">
+        <v>1721020</v>
+      </c>
+      <c r="E637" s="2">
+        <v>7203498296</v>
+      </c>
+      <c r="F637" s="2" t="s">
+        <v>2856</v>
+      </c>
+      <c r="G637" s="2" t="s">
+        <v>2857</v>
+      </c>
+      <c r="H637" s="2" t="s">
+        <v>2837</v>
+      </c>
+      <c r="I637" s="2" t="s">
         <v>2858</v>
-      </c>
-[...19 lines deleted...]
-        <v>2861</v>
       </c>
     </row>
     <row r="638" spans="1:9">
       <c r="A638" s="2">
         <v>637</v>
       </c>
       <c r="B638" s="2" t="s">
+        <v>2859</v>
+      </c>
+      <c r="C638" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D638" s="2">
+        <v>1730372</v>
+      </c>
+      <c r="E638" s="2">
+        <v>7325088025</v>
+      </c>
+      <c r="F638" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="G638" s="2" t="s">
+        <v>2860</v>
+      </c>
+      <c r="H638" s="2" t="s">
+        <v>2861</v>
+      </c>
+      <c r="I638" s="2" t="s">
         <v>2862</v>
-      </c>
-[...19 lines deleted...]
-        <v>2865</v>
       </c>
     </row>
     <row r="639" spans="1:9">
       <c r="A639" s="2">
         <v>638</v>
       </c>
       <c r="B639" s="2" t="s">
+        <v>2863</v>
+      </c>
+      <c r="C639" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D639" s="2">
+        <v>1730374</v>
+      </c>
+      <c r="E639" s="2">
+        <v>7325092769</v>
+      </c>
+      <c r="F639" s="2" t="s">
+        <v>2864</v>
+      </c>
+      <c r="G639" s="2" t="s">
+        <v>2865</v>
+      </c>
+      <c r="H639" s="2" t="s">
         <v>2866</v>
       </c>
-      <c r="C639" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G639" s="2" t="s">
+      <c r="I639" s="2" t="s">
         <v>2867</v>
-      </c>
-[...4 lines deleted...]
-        <v>2835</v>
       </c>
     </row>
     <row r="640" spans="1:9">
       <c r="A640" s="2">
         <v>639</v>
       </c>
       <c r="B640" s="2" t="s">
+        <v>2868</v>
+      </c>
+      <c r="C640" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D640" s="2">
+        <v>1730375</v>
+      </c>
+      <c r="E640" s="2">
+        <v>7325096925</v>
+      </c>
+      <c r="F640" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G640" s="2" t="s">
         <v>2869</v>
       </c>
-      <c r="C640" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G640" s="2" t="s">
+      <c r="H640" s="2" t="s">
         <v>2870</v>
       </c>
-      <c r="H640" s="2" t="s">
+      <c r="I640" s="2" t="s">
         <v>2871</v>
-      </c>
-[...1 lines deleted...]
-        <v>2872</v>
       </c>
     </row>
     <row r="641" spans="1:9">
       <c r="A641" s="2">
         <v>640</v>
       </c>
       <c r="B641" s="2" t="s">
+        <v>2872</v>
+      </c>
+      <c r="C641" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="D641" s="2">
+        <v>1730932</v>
+      </c>
+      <c r="E641" s="2">
+        <v>7329027344</v>
+      </c>
+      <c r="F641" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="G641" s="2" t="s">
         <v>2873</v>
       </c>
-      <c r="C641" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G641" s="2" t="s">
+      <c r="H641" s="2" t="s">
         <v>2874</v>
       </c>
-      <c r="H641" s="2" t="s">
+      <c r="I641" s="2" t="s">
         <v>2875</v>
-      </c>
-[...1 lines deleted...]
-        <v>2876</v>
       </c>
     </row>
     <row r="642" spans="1:9">
       <c r="A642" s="2">
         <v>641</v>
       </c>
       <c r="B642" s="2" t="s">
+        <v>2876</v>
+      </c>
+      <c r="C642" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="D642" s="2">
+        <v>1730933</v>
+      </c>
+      <c r="E642" s="2">
+        <v>7325081245</v>
+      </c>
+      <c r="F642" s="2" t="s">
         <v>2877</v>
-      </c>
-[...10 lines deleted...]
-        <v>2412</v>
       </c>
       <c r="G642" s="2" t="s">
         <v>2878</v>
       </c>
       <c r="H642" s="2" t="s">
         <v>2879</v>
       </c>
       <c r="I642" s="2" t="s">
         <v>2880</v>
       </c>
     </row>
     <row r="643" spans="1:9">
       <c r="A643" s="2">
         <v>642</v>
       </c>
       <c r="B643" s="2" t="s">
         <v>2881</v>
       </c>
       <c r="C643" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D643" s="2">
-        <v>1700379</v>
+        <v>1740376</v>
       </c>
       <c r="E643" s="2">
-        <v>7011005042</v>
+        <v>7451241241</v>
       </c>
       <c r="F643" s="2" t="s">
-        <v>68</v>
+        <v>19</v>
       </c>
       <c r="G643" s="2" t="s">
         <v>2882</v>
       </c>
       <c r="H643" s="2" t="s">
         <v>2883</v>
       </c>
       <c r="I643" s="2" t="s">
         <v>2884</v>
       </c>
     </row>
     <row r="644" spans="1:9">
       <c r="A644" s="2">
         <v>643</v>
       </c>
       <c r="B644" s="2" t="s">
-        <v>2854</v>
+        <v>2885</v>
       </c>
       <c r="C644" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D644" s="2">
-        <v>1700382</v>
+        <v>1740377</v>
       </c>
       <c r="E644" s="2">
-        <v>7015002564</v>
+        <v>7451281646</v>
       </c>
       <c r="F644" s="2" t="s">
-        <v>68</v>
+        <v>2886</v>
       </c>
       <c r="G644" s="2" t="s">
-        <v>2885</v>
+        <v>2887</v>
       </c>
       <c r="H644" s="2" t="s">
-        <v>2886</v>
+        <v>2888</v>
       </c>
       <c r="I644" s="2" t="s">
-        <v>2887</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="645" spans="1:9">
       <c r="A645" s="2">
         <v>644</v>
       </c>
       <c r="B645" s="2" t="s">
-        <v>2888</v>
+        <v>2890</v>
       </c>
       <c r="C645" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D645" s="2">
-        <v>1700383</v>
+        <v>1740379</v>
       </c>
       <c r="E645" s="2">
-        <v>7002010871</v>
+        <v>7453293069</v>
       </c>
       <c r="F645" s="2" t="s">
-        <v>2412</v>
+        <v>111</v>
       </c>
       <c r="G645" s="2" t="s">
-        <v>2889</v>
+        <v>2891</v>
       </c>
       <c r="H645" s="2" t="s">
-        <v>2890</v>
+        <v>2892</v>
       </c>
       <c r="I645" s="2" t="s">
-        <v>2891</v>
+        <v>2893</v>
       </c>
     </row>
     <row r="646" spans="1:9">
       <c r="A646" s="2">
         <v>645</v>
       </c>
       <c r="B646" s="2" t="s">
-        <v>2892</v>
+        <v>2894</v>
       </c>
       <c r="C646" s="2" t="s">
-        <v>1420</v>
+        <v>10</v>
       </c>
       <c r="D646" s="2">
-        <v>1700387</v>
+        <v>1740380</v>
       </c>
       <c r="E646" s="2">
-        <v>7022019939</v>
+        <v>7453313646</v>
       </c>
       <c r="F646" s="2" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="G646" s="2" t="s">
-        <v>2893</v>
+        <v>2895</v>
       </c>
       <c r="H646" s="2" t="s">
-        <v>2894</v>
+        <v>2896</v>
       </c>
       <c r="I646" s="2" t="s">
-        <v>2895</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="647" spans="1:9">
       <c r="A647" s="2">
         <v>646</v>
       </c>
       <c r="B647" s="2" t="s">
-        <v>2896</v>
+        <v>2898</v>
       </c>
       <c r="C647" s="2" t="s">
-        <v>2897</v>
+        <v>422</v>
       </c>
       <c r="D647" s="2">
-        <v>1700773</v>
+        <v>1740383</v>
       </c>
       <c r="E647" s="2">
-        <v>7017128812</v>
+        <v>7417019864</v>
       </c>
       <c r="F647" s="2" t="s">
-        <v>38</v>
+        <v>67</v>
       </c>
       <c r="G647" s="2" t="s">
-        <v>2898</v>
+        <v>2899</v>
       </c>
       <c r="H647" s="2" t="s">
-        <v>2899</v>
+        <v>2900</v>
       </c>
       <c r="I647" s="2" t="s">
-        <v>2900</v>
+        <v>2901</v>
       </c>
     </row>
     <row r="648" spans="1:9">
       <c r="A648" s="2">
         <v>647</v>
       </c>
       <c r="B648" s="2" t="s">
-        <v>2901</v>
+        <v>2902</v>
       </c>
       <c r="C648" s="2" t="s">
-        <v>2902</v>
+        <v>2903</v>
       </c>
       <c r="D648" s="2">
-        <v>1700803</v>
+        <v>1740712</v>
       </c>
       <c r="E648" s="2">
-        <v>7012005207</v>
+        <v>7404070239</v>
       </c>
       <c r="F648" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G648" s="2" t="s">
-        <v>2903</v>
+        <v>2904</v>
       </c>
       <c r="H648" s="2" t="s">
-        <v>2904</v>
+        <v>2905</v>
       </c>
       <c r="I648" s="2" t="s">
-        <v>2905</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="649" spans="1:9">
       <c r="A649" s="2">
         <v>648</v>
       </c>
       <c r="B649" s="2" t="s">
-        <v>2906</v>
+        <v>2907</v>
       </c>
       <c r="C649" s="2" t="s">
-        <v>2902</v>
+        <v>352</v>
       </c>
       <c r="D649" s="2">
-        <v>1700804</v>
+        <v>1741045</v>
       </c>
       <c r="E649" s="2">
-        <v>7008007480</v>
+        <v>7403005484</v>
       </c>
       <c r="F649" s="2" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G649" s="2" t="s">
-        <v>2907</v>
+        <v>2908</v>
       </c>
       <c r="H649" s="2" t="s">
-        <v>2908</v>
+        <v>2909</v>
       </c>
       <c r="I649" s="2" t="s">
-        <v>2909</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="650" spans="1:9">
       <c r="A650" s="2">
         <v>649</v>
       </c>
       <c r="B650" s="2" t="s">
-        <v>2910</v>
+        <v>2911</v>
       </c>
       <c r="C650" s="2" t="s">
-        <v>2911</v>
+        <v>10</v>
       </c>
       <c r="D650" s="2">
-        <v>1700919</v>
+        <v>1750381</v>
       </c>
       <c r="E650" s="2">
-        <v>7017996632</v>
+        <v>7536098520</v>
       </c>
       <c r="F650" s="2" t="s">
-        <v>554</v>
+        <v>516</v>
       </c>
       <c r="G650" s="2" t="s">
         <v>2912</v>
       </c>
       <c r="H650" s="2" t="s">
         <v>2913</v>
       </c>
       <c r="I650" s="2" t="s">
         <v>2914</v>
       </c>
     </row>
     <row r="651" spans="1:9">
       <c r="A651" s="2">
         <v>650</v>
       </c>
       <c r="B651" s="2" t="s">
         <v>2915</v>
       </c>
       <c r="C651" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D651" s="2">
-        <v>1710001</v>
+        <v>1750382</v>
       </c>
       <c r="E651" s="2">
-        <v>7106015641</v>
+        <v>7536165141</v>
       </c>
       <c r="F651" s="2" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G651" s="2" t="s">
         <v>2916</v>
       </c>
       <c r="H651" s="2" t="s">
         <v>2917</v>
       </c>
       <c r="I651" s="2" t="s">
         <v>2918</v>
       </c>
     </row>
     <row r="652" spans="1:9">
       <c r="A652" s="2">
         <v>651</v>
       </c>
       <c r="B652" s="2" t="s">
         <v>2919</v>
       </c>
       <c r="C652" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D652" s="2">
-        <v>1710002</v>
+        <v>1750383</v>
       </c>
       <c r="E652" s="2">
-        <v>7104520110</v>
+        <v>8001017379</v>
       </c>
       <c r="F652" s="2" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="G652" s="2" t="s">
         <v>2920</v>
       </c>
       <c r="H652" s="2" t="s">
         <v>2921</v>
       </c>
       <c r="I652" s="2" t="s">
         <v>2922</v>
       </c>
     </row>
     <row r="653" spans="1:9">
       <c r="A653" s="2">
         <v>652</v>
       </c>
       <c r="B653" s="2" t="s">
         <v>2923</v>
       </c>
       <c r="C653" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D653" s="2">
-        <v>1710003</v>
+        <v>1750384</v>
       </c>
       <c r="E653" s="2">
-        <v>7106528019</v>
+        <v>7536096145</v>
       </c>
       <c r="F653" s="2" t="s">
-        <v>1306</v>
+        <v>32</v>
       </c>
       <c r="G653" s="2" t="s">
+        <v>2920</v>
+      </c>
+      <c r="H653" s="2" t="s">
+        <v>2921</v>
+      </c>
+      <c r="I653" s="2" t="s">
         <v>2924</v>
-      </c>
-[...4 lines deleted...]
-        <v>2926</v>
       </c>
     </row>
     <row r="654" spans="1:9">
       <c r="A654" s="2">
         <v>653</v>
       </c>
       <c r="B654" s="2" t="s">
-        <v>2927</v>
+        <v>2925</v>
       </c>
       <c r="C654" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D654" s="2">
-        <v>1710004</v>
+        <v>1750385</v>
       </c>
       <c r="E654" s="2">
-        <v>7111024480</v>
+        <v>8001004443</v>
       </c>
       <c r="F654" s="2" t="s">
-        <v>132</v>
+        <v>12</v>
       </c>
       <c r="G654" s="2" t="s">
-        <v>2928</v>
+        <v>2920</v>
       </c>
       <c r="H654" s="2" t="s">
-        <v>2929</v>
+        <v>2921</v>
       </c>
       <c r="I654" s="2" t="s">
-        <v>2930</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="655" spans="1:9">
       <c r="A655" s="2">
         <v>654</v>
       </c>
       <c r="B655" s="2" t="s">
-        <v>2931</v>
+        <v>2927</v>
       </c>
       <c r="C655" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D655" s="2">
-        <v>1710005</v>
+        <v>1750386</v>
       </c>
       <c r="E655" s="2">
-        <v>7115008432</v>
+        <v>8001012807</v>
       </c>
       <c r="F655" s="2" t="s">
-        <v>132</v>
+        <v>19</v>
       </c>
       <c r="G655" s="2" t="s">
-        <v>2932</v>
+        <v>2928</v>
       </c>
       <c r="H655" s="2" t="s">
-        <v>2933</v>
+        <v>2929</v>
       </c>
       <c r="I655" s="2" t="s">
-        <v>2934</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="656" spans="1:9">
       <c r="A656" s="2">
         <v>655</v>
       </c>
       <c r="B656" s="2" t="s">
-        <v>2935</v>
+        <v>2931</v>
       </c>
       <c r="C656" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D656" s="2">
-        <v>1710006</v>
+        <v>1750387</v>
       </c>
       <c r="E656" s="2">
-        <v>7116129704</v>
+        <v>7530999013</v>
       </c>
       <c r="F656" s="2" t="s">
-        <v>132</v>
+        <v>12</v>
       </c>
       <c r="G656" s="2" t="s">
-        <v>2936</v>
+        <v>2932</v>
       </c>
       <c r="H656" s="2" t="s">
-        <v>2937</v>
+        <v>2933</v>
       </c>
       <c r="I656" s="2" t="s">
-        <v>2938</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="657" spans="1:9">
       <c r="A657" s="2">
         <v>656</v>
       </c>
       <c r="B657" s="2" t="s">
-        <v>2939</v>
+        <v>2935</v>
       </c>
       <c r="C657" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D657" s="2">
-        <v>1710007</v>
+        <v>1750388</v>
       </c>
       <c r="E657" s="2">
-        <v>7117013893</v>
+        <v>7527999246</v>
       </c>
       <c r="F657" s="2" t="s">
-        <v>132</v>
+        <v>12</v>
       </c>
       <c r="G657" s="2" t="s">
-        <v>2940</v>
+        <v>2936</v>
       </c>
       <c r="H657" s="2" t="s">
-        <v>2941</v>
+        <v>2937</v>
       </c>
       <c r="I657" s="2" t="s">
-        <v>2942</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="658" spans="1:9">
       <c r="A658" s="2">
         <v>657</v>
       </c>
       <c r="B658" s="2" t="s">
-        <v>2943</v>
+        <v>2939</v>
       </c>
       <c r="C658" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D658" s="2">
-        <v>1710008</v>
+        <v>1750389</v>
       </c>
       <c r="E658" s="2">
-        <v>7118020300</v>
+        <v>7527999214</v>
       </c>
       <c r="F658" s="2" t="s">
-        <v>132</v>
+        <v>12</v>
       </c>
       <c r="G658" s="2" t="s">
-        <v>2944</v>
+        <v>2940</v>
       </c>
       <c r="H658" s="2" t="s">
-        <v>2945</v>
+        <v>2941</v>
       </c>
       <c r="I658" s="2" t="s">
-        <v>2946</v>
+        <v>2942</v>
       </c>
     </row>
     <row r="659" spans="1:9">
       <c r="A659" s="2">
         <v>658</v>
       </c>
       <c r="B659" s="2" t="s">
-        <v>2947</v>
+        <v>2943</v>
       </c>
       <c r="C659" s="2" t="s">
-        <v>2948</v>
+        <v>10</v>
       </c>
       <c r="D659" s="2">
-        <v>1710679</v>
+        <v>1750390</v>
       </c>
       <c r="E659" s="2">
-        <v>7114010358</v>
+        <v>8001008952</v>
       </c>
       <c r="F659" s="2" t="s">
-        <v>132</v>
+        <v>97</v>
       </c>
       <c r="G659" s="2" t="s">
-        <v>2949</v>
+        <v>2920</v>
       </c>
       <c r="H659" s="2" t="s">
-        <v>2937</v>
+        <v>2921</v>
       </c>
       <c r="I659" s="2" t="s">
-        <v>2950</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="660" spans="1:9">
       <c r="A660" s="2">
         <v>659</v>
       </c>
       <c r="B660" s="2" t="s">
-        <v>2951</v>
+        <v>2944</v>
       </c>
       <c r="C660" s="2" t="s">
-        <v>2952</v>
+        <v>10</v>
       </c>
       <c r="D660" s="2">
-        <v>1710686</v>
+        <v>1760391</v>
       </c>
       <c r="E660" s="2">
-        <v>7123010428</v>
+        <v>7604192192</v>
       </c>
       <c r="F660" s="2" t="s">
-        <v>132</v>
+        <v>213</v>
       </c>
       <c r="G660" s="2" t="s">
-        <v>2953</v>
+        <v>2945</v>
       </c>
       <c r="H660" s="2" t="s">
-        <v>2954</v>
+        <v>2946</v>
       </c>
       <c r="I660" s="2" t="s">
-        <v>2955</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="661" spans="1:9">
       <c r="A661" s="2">
         <v>660</v>
       </c>
       <c r="B661" s="2" t="s">
-        <v>2956</v>
+        <v>2948</v>
       </c>
       <c r="C661" s="2" t="s">
-        <v>2957</v>
+        <v>10</v>
       </c>
       <c r="D661" s="2">
-        <v>1710750</v>
+        <v>1760392</v>
       </c>
       <c r="E661" s="2">
-        <v>7105057303</v>
+        <v>7606112227</v>
       </c>
       <c r="F661" s="2" t="s">
-        <v>19</v>
+        <v>111</v>
       </c>
       <c r="G661" s="2" t="s">
-        <v>2958</v>
+        <v>2949</v>
       </c>
       <c r="H661" s="2" t="s">
-        <v>2959</v>
+        <v>2950</v>
       </c>
       <c r="I661" s="2" t="s">
-        <v>2960</v>
+        <v>2951</v>
       </c>
     </row>
     <row r="662" spans="1:9">
       <c r="A662" s="2">
         <v>661</v>
       </c>
       <c r="B662" s="2" t="s">
-        <v>2961</v>
+        <v>2952</v>
       </c>
       <c r="C662" s="2" t="s">
-        <v>1080</v>
+        <v>10</v>
       </c>
       <c r="D662" s="2">
-        <v>1710766</v>
+        <v>1760393</v>
       </c>
       <c r="E662" s="2">
-        <v>7104524805</v>
+        <v>7606078449</v>
       </c>
       <c r="F662" s="2" t="s">
-        <v>112</v>
+        <v>2953</v>
       </c>
       <c r="G662" s="2" t="s">
-        <v>2962</v>
+        <v>2954</v>
       </c>
       <c r="H662" s="2" t="s">
-        <v>2963</v>
+        <v>2955</v>
       </c>
       <c r="I662" s="2" t="s">
-        <v>2964</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="663" spans="1:9">
       <c r="A663" s="2">
         <v>662</v>
       </c>
       <c r="B663" s="2" t="s">
-        <v>2965</v>
+        <v>2957</v>
       </c>
       <c r="C663" s="2" t="s">
-        <v>2966</v>
+        <v>2958</v>
       </c>
       <c r="D663" s="2">
-        <v>1710840</v>
+        <v>1760764</v>
       </c>
       <c r="E663" s="2">
-        <v>7107116177</v>
+        <v>7606117095</v>
       </c>
       <c r="F663" s="2" t="s">
-        <v>2562</v>
+        <v>97</v>
       </c>
       <c r="G663" s="2" t="s">
-        <v>2967</v>
+        <v>2959</v>
       </c>
       <c r="H663" s="2" t="s">
-        <v>2968</v>
+        <v>2960</v>
       </c>
       <c r="I663" s="2" t="s">
-        <v>2969</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="664" spans="1:9">
       <c r="A664" s="2">
         <v>663</v>
       </c>
       <c r="B664" s="2" t="s">
-        <v>2970</v>
+        <v>2962</v>
       </c>
       <c r="C664" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D664" s="2">
-        <v>1720358</v>
+        <v>1770395</v>
       </c>
       <c r="E664" s="2">
-        <v>7202098425</v>
+        <v>7709664188</v>
       </c>
       <c r="F664" s="2" t="s">
-        <v>2971</v>
+        <v>32</v>
       </c>
       <c r="G664" s="2" t="s">
-        <v>2972</v>
+        <v>2963</v>
       </c>
       <c r="H664" s="2" t="s">
-        <v>2973</v>
+        <v>2964</v>
       </c>
       <c r="I664" s="2" t="s">
-        <v>2974</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="665" spans="1:9">
       <c r="A665" s="2">
         <v>664</v>
       </c>
       <c r="B665" s="2" t="s">
-        <v>2975</v>
+        <v>2966</v>
       </c>
       <c r="C665" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D665" s="2">
-        <v>1720359</v>
+        <v>1770396</v>
       </c>
       <c r="E665" s="2">
-        <v>7204137581</v>
+        <v>7710480308</v>
       </c>
       <c r="F665" s="2" t="s">
-        <v>38</v>
+        <v>207</v>
       </c>
       <c r="G665" s="2" t="s">
-        <v>2976</v>
+        <v>2967</v>
       </c>
       <c r="H665" s="2" t="s">
-        <v>2977</v>
+        <v>2968</v>
       </c>
       <c r="I665" s="2" t="s">
-        <v>2978</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="666" spans="1:9">
       <c r="A666" s="2">
         <v>665</v>
       </c>
       <c r="B666" s="2" t="s">
-        <v>2979</v>
+        <v>2970</v>
       </c>
       <c r="C666" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D666" s="2">
-        <v>1720360</v>
+        <v>1770397</v>
       </c>
       <c r="E666" s="2">
-        <v>7203223118</v>
+        <v>7703766666</v>
       </c>
       <c r="F666" s="2" t="s">
-        <v>2980</v>
+        <v>67</v>
       </c>
       <c r="G666" s="2" t="s">
-        <v>2981</v>
+        <v>2971</v>
       </c>
       <c r="H666" s="2" t="s">
-        <v>2982</v>
+        <v>2972</v>
       </c>
       <c r="I666" s="2" t="s">
-        <v>2983</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="667" spans="1:9">
       <c r="A667" s="2">
         <v>666</v>
       </c>
       <c r="B667" s="2" t="s">
-        <v>2984</v>
+        <v>2974</v>
       </c>
       <c r="C667" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D667" s="2">
-        <v>1720361</v>
+        <v>1770398</v>
       </c>
       <c r="E667" s="2">
-        <v>7203236163</v>
+        <v>7715585216</v>
       </c>
       <c r="F667" s="2" t="s">
-        <v>2985</v>
+        <v>207</v>
       </c>
       <c r="G667" s="2" t="s">
-        <v>2986</v>
+        <v>2975</v>
       </c>
       <c r="H667" s="2" t="s">
-        <v>2987</v>
+        <v>2976</v>
       </c>
       <c r="I667" s="2" t="s">
-        <v>2988</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="668" spans="1:9">
       <c r="A668" s="2">
         <v>667</v>
       </c>
       <c r="B668" s="2" t="s">
-        <v>2989</v>
+        <v>2978</v>
       </c>
       <c r="C668" s="2" t="s">
-        <v>456</v>
+        <v>422</v>
       </c>
       <c r="D668" s="2">
-        <v>1720362</v>
+        <v>1770399</v>
       </c>
       <c r="E668" s="2">
-        <v>7202246112</v>
+        <v>7735143008</v>
       </c>
       <c r="F668" s="2" t="s">
-        <v>633</v>
+        <v>207</v>
       </c>
       <c r="G668" s="2" t="s">
-        <v>2990</v>
+        <v>2979</v>
       </c>
       <c r="H668" s="2" t="s">
-        <v>2991</v>
+        <v>2980</v>
       </c>
       <c r="I668" s="2" t="s">
-        <v>2992</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="669" spans="1:9">
       <c r="A669" s="2">
         <v>668</v>
       </c>
       <c r="B669" s="2" t="s">
-        <v>2993</v>
+        <v>2982</v>
       </c>
       <c r="C669" s="2" t="s">
-        <v>2994</v>
+        <v>422</v>
       </c>
       <c r="D669" s="2">
-        <v>1720867</v>
+        <v>1770400</v>
       </c>
       <c r="E669" s="2">
-        <v>7202066550</v>
+        <v>7728656665</v>
       </c>
       <c r="F669" s="2" t="s">
-        <v>98</v>
+        <v>2983</v>
       </c>
       <c r="G669" s="2" t="s">
-        <v>2995</v>
+        <v>2984</v>
       </c>
       <c r="H669" s="2" t="s">
-        <v>2996</v>
+        <v>2985</v>
       </c>
       <c r="I669" s="2" t="s">
-        <v>2997</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="670" spans="1:9">
       <c r="A670" s="2">
         <v>669</v>
       </c>
       <c r="B670" s="2" t="s">
-        <v>2998</v>
+        <v>2987</v>
       </c>
       <c r="C670" s="2" t="s">
-        <v>2999</v>
+        <v>422</v>
       </c>
       <c r="D670" s="2">
-        <v>1720963</v>
+        <v>1770402</v>
       </c>
       <c r="E670" s="2">
-        <v>7203527035</v>
+        <v>7726480141</v>
       </c>
       <c r="F670" s="2" t="s">
-        <v>3000</v>
+        <v>2983</v>
       </c>
       <c r="G670" s="2" t="s">
-        <v>3001</v>
+        <v>2988</v>
       </c>
       <c r="H670" s="2" t="s">
-        <v>3002</v>
+        <v>2989</v>
       </c>
       <c r="I670" s="2" t="s">
-        <v>3003</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="671" spans="1:9">
       <c r="A671" s="2">
         <v>670</v>
       </c>
       <c r="B671" s="2" t="s">
-        <v>3004</v>
+        <v>2991</v>
       </c>
       <c r="C671" s="2" t="s">
-        <v>3005</v>
+        <v>422</v>
       </c>
       <c r="D671" s="2">
-        <v>1721020</v>
+        <v>1770403</v>
       </c>
       <c r="E671" s="2">
-        <v>7203498296</v>
+        <v>9724090767</v>
       </c>
       <c r="F671" s="2" t="s">
-        <v>3006</v>
+        <v>2983</v>
       </c>
       <c r="G671" s="2" t="s">
-        <v>3007</v>
+        <v>2992</v>
       </c>
       <c r="H671" s="2" t="s">
-        <v>3008</v>
+        <v>2993</v>
       </c>
       <c r="I671" s="2" t="s">
-        <v>3009</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="672" spans="1:9">
       <c r="A672" s="2">
         <v>671</v>
       </c>
       <c r="B672" s="2" t="s">
-        <v>3010</v>
+        <v>2995</v>
       </c>
       <c r="C672" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D672" s="2">
-        <v>1730372</v>
+        <v>1770404</v>
       </c>
       <c r="E672" s="2">
-        <v>7325088025</v>
+        <v>5047156860</v>
       </c>
       <c r="F672" s="2" t="s">
-        <v>32</v>
+        <v>2983</v>
       </c>
       <c r="G672" s="2" t="s">
-        <v>3011</v>
+        <v>2996</v>
       </c>
       <c r="H672" s="2" t="s">
-        <v>3012</v>
+        <v>2997</v>
       </c>
       <c r="I672" s="2" t="s">
-        <v>3013</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="673" spans="1:9">
       <c r="A673" s="2">
         <v>672</v>
       </c>
       <c r="B673" s="2" t="s">
-        <v>3014</v>
+        <v>2999</v>
       </c>
       <c r="C673" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D673" s="2">
-        <v>1730374</v>
+        <v>1770405</v>
       </c>
       <c r="E673" s="2">
-        <v>7325092769</v>
+        <v>7717042053</v>
       </c>
       <c r="F673" s="2" t="s">
-        <v>3015</v>
+        <v>2983</v>
       </c>
       <c r="G673" s="2" t="s">
-        <v>3016</v>
+        <v>3000</v>
       </c>
       <c r="H673" s="2" t="s">
-        <v>3017</v>
+        <v>3001</v>
       </c>
       <c r="I673" s="2" t="s">
-        <v>3018</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="674" spans="1:9">
       <c r="A674" s="2">
         <v>673</v>
       </c>
       <c r="B674" s="2" t="s">
-        <v>3019</v>
+        <v>3003</v>
       </c>
       <c r="C674" s="2" t="s">
-        <v>10</v>
+        <v>3004</v>
       </c>
       <c r="D674" s="2">
-        <v>1730375</v>
+        <v>1770796</v>
       </c>
       <c r="E674" s="2">
-        <v>7325096925</v>
+        <v>7710012211</v>
       </c>
       <c r="F674" s="2" t="s">
-        <v>38</v>
+        <v>111</v>
       </c>
       <c r="G674" s="2" t="s">
-        <v>3020</v>
+        <v>3005</v>
       </c>
       <c r="H674" s="2" t="s">
-        <v>3021</v>
+        <v>3006</v>
       </c>
       <c r="I674" s="2" t="s">
-        <v>3022</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="675" spans="1:9">
       <c r="A675" s="2">
         <v>674</v>
       </c>
       <c r="B675" s="2" t="s">
-        <v>3023</v>
+        <v>3008</v>
       </c>
       <c r="C675" s="2" t="s">
-        <v>985</v>
+        <v>3004</v>
       </c>
       <c r="D675" s="2">
-        <v>1730932</v>
+        <v>1770797</v>
       </c>
       <c r="E675" s="2">
-        <v>7329027344</v>
+        <v>7710364647</v>
       </c>
       <c r="F675" s="2" t="s">
-        <v>387</v>
+        <v>1911</v>
       </c>
       <c r="G675" s="2" t="s">
-        <v>3024</v>
+        <v>3009</v>
       </c>
       <c r="H675" s="2" t="s">
-        <v>3025</v>
+        <v>3010</v>
       </c>
       <c r="I675" s="2" t="s">
-        <v>3026</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="676" spans="1:9">
       <c r="A676" s="2">
         <v>675</v>
       </c>
       <c r="B676" s="2" t="s">
-        <v>3027</v>
+        <v>3012</v>
       </c>
       <c r="C676" s="2" t="s">
-        <v>985</v>
+        <v>3004</v>
       </c>
       <c r="D676" s="2">
-        <v>1730933</v>
+        <v>1770798</v>
       </c>
       <c r="E676" s="2">
-        <v>7325081245</v>
+        <v>7703770430</v>
       </c>
       <c r="F676" s="2" t="s">
-        <v>387</v>
+        <v>207</v>
       </c>
       <c r="G676" s="2" t="s">
-        <v>3028</v>
+        <v>3013</v>
       </c>
       <c r="H676" s="2" t="s">
-        <v>3029</v>
+        <v>3014</v>
       </c>
       <c r="I676" s="2" t="s">
-        <v>3030</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="677" spans="1:9">
       <c r="A677" s="2">
         <v>676</v>
       </c>
       <c r="B677" s="2" t="s">
-        <v>3031</v>
+        <v>3016</v>
       </c>
       <c r="C677" s="2" t="s">
-        <v>10</v>
+        <v>3017</v>
       </c>
       <c r="D677" s="2">
-        <v>1740376</v>
+        <v>1770914</v>
       </c>
       <c r="E677" s="2">
-        <v>7451241241</v>
+        <v>7704443643</v>
       </c>
       <c r="F677" s="2" t="s">
-        <v>19</v>
+        <v>3018</v>
       </c>
       <c r="G677" s="2" t="s">
-        <v>3032</v>
+        <v>3019</v>
       </c>
       <c r="H677" s="2" t="s">
-        <v>3033</v>
+        <v>3020</v>
       </c>
       <c r="I677" s="2" t="s">
-        <v>3034</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="678" spans="1:9">
       <c r="A678" s="2">
         <v>677</v>
       </c>
       <c r="B678" s="2" t="s">
-        <v>3035</v>
+        <v>3022</v>
       </c>
       <c r="C678" s="2" t="s">
-        <v>10</v>
+        <v>3023</v>
       </c>
       <c r="D678" s="2">
-        <v>1740377</v>
+        <v>1770915</v>
       </c>
       <c r="E678" s="2">
-        <v>7451281646</v>
+        <v>9710075695</v>
       </c>
       <c r="F678" s="2" t="s">
-        <v>3036</v>
+        <v>3024</v>
       </c>
       <c r="G678" s="2" t="s">
-        <v>3037</v>
+        <v>3025</v>
       </c>
       <c r="H678" s="2" t="s">
-        <v>3038</v>
+        <v>3026</v>
       </c>
       <c r="I678" s="2" t="s">
-        <v>3039</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="679" spans="1:9">
       <c r="A679" s="2">
         <v>678</v>
       </c>
       <c r="B679" s="2" t="s">
-        <v>3040</v>
+        <v>3028</v>
       </c>
       <c r="C679" s="2" t="s">
-        <v>10</v>
+        <v>3029</v>
       </c>
       <c r="D679" s="2">
-        <v>1740379</v>
+        <v>1770953</v>
       </c>
       <c r="E679" s="2">
-        <v>7453293069</v>
+        <v>7735192037</v>
       </c>
       <c r="F679" s="2" t="s">
-        <v>112</v>
+        <v>19</v>
       </c>
       <c r="G679" s="2" t="s">
-        <v>3041</v>
+        <v>3030</v>
       </c>
       <c r="H679" s="2" t="s">
-        <v>3042</v>
+        <v>3031</v>
       </c>
       <c r="I679" s="2" t="s">
-        <v>3043</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="680" spans="1:9">
       <c r="A680" s="2">
         <v>679</v>
       </c>
       <c r="B680" s="2" t="s">
-        <v>3044</v>
+        <v>3033</v>
       </c>
       <c r="C680" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D680" s="2">
-        <v>1740380</v>
+        <v>1780397</v>
       </c>
       <c r="E680" s="2">
-        <v>7453313646</v>
+        <v>7838029258</v>
       </c>
       <c r="F680" s="2" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="G680" s="2" t="s">
-        <v>3045</v>
+        <v>3034</v>
       </c>
       <c r="H680" s="2" t="s">
-        <v>3046</v>
+        <v>3035</v>
       </c>
       <c r="I680" s="2" t="s">
-        <v>3047</v>
+        <v>3036</v>
       </c>
     </row>
     <row r="681" spans="1:9">
       <c r="A681" s="2">
         <v>680</v>
       </c>
       <c r="B681" s="2" t="s">
-        <v>3048</v>
+        <v>3037</v>
       </c>
       <c r="C681" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D681" s="2">
-        <v>1740383</v>
+        <v>1780401</v>
       </c>
       <c r="E681" s="2">
-        <v>7417019864</v>
+        <v>7811378050</v>
       </c>
       <c r="F681" s="2" t="s">
-        <v>68</v>
+        <v>3038</v>
       </c>
       <c r="G681" s="2" t="s">
-        <v>3049</v>
+        <v>3039</v>
       </c>
       <c r="H681" s="2" t="s">
-        <v>3050</v>
+        <v>3040</v>
       </c>
       <c r="I681" s="2" t="s">
-        <v>3051</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="682" spans="1:9">
       <c r="A682" s="2">
         <v>681</v>
       </c>
       <c r="B682" s="2" t="s">
-        <v>3052</v>
+        <v>3042</v>
       </c>
       <c r="C682" s="2" t="s">
-        <v>3053</v>
+        <v>422</v>
       </c>
       <c r="D682" s="2">
-        <v>1740712</v>
+        <v>1780402</v>
       </c>
       <c r="E682" s="2">
-        <v>7404070239</v>
+        <v>7838454260</v>
       </c>
       <c r="F682" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G682" s="2" t="s">
-        <v>3054</v>
+        <v>3043</v>
       </c>
       <c r="H682" s="2" t="s">
-        <v>3055</v>
+        <v>3044</v>
       </c>
       <c r="I682" s="2" t="s">
-        <v>3056</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="683" spans="1:9">
       <c r="A683" s="2">
         <v>682</v>
       </c>
       <c r="B683" s="2" t="s">
-        <v>3057</v>
+        <v>3046</v>
       </c>
       <c r="C683" s="2" t="s">
-        <v>386</v>
+        <v>422</v>
       </c>
       <c r="D683" s="2">
-        <v>1741045</v>
+        <v>1780403</v>
       </c>
       <c r="E683" s="2">
-        <v>7403005484</v>
+        <v>7811223561</v>
       </c>
       <c r="F683" s="2" t="s">
-        <v>38</v>
+        <v>3047</v>
       </c>
       <c r="G683" s="2" t="s">
-        <v>3058</v>
+        <v>3048</v>
       </c>
       <c r="H683" s="2" t="s">
-        <v>3059</v>
+        <v>3049</v>
       </c>
       <c r="I683" s="2" t="s">
-        <v>3060</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="684" spans="1:9">
       <c r="A684" s="2">
         <v>683</v>
       </c>
       <c r="B684" s="2" t="s">
-        <v>3061</v>
+        <v>3051</v>
       </c>
       <c r="C684" s="2" t="s">
-        <v>10</v>
+        <v>3052</v>
       </c>
       <c r="D684" s="2">
-        <v>1750381</v>
+        <v>1780767</v>
       </c>
       <c r="E684" s="2">
-        <v>7536098520</v>
+        <v>7813641772</v>
       </c>
       <c r="F684" s="2" t="s">
-        <v>554</v>
+        <v>111</v>
       </c>
       <c r="G684" s="2" t="s">
-        <v>3062</v>
+        <v>3053</v>
       </c>
       <c r="H684" s="2" t="s">
-        <v>3063</v>
+        <v>3054</v>
       </c>
       <c r="I684" s="2" t="s">
-        <v>3064</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="685" spans="1:9">
       <c r="A685" s="2">
         <v>684</v>
       </c>
       <c r="B685" s="2" t="s">
-        <v>3065</v>
+        <v>3056</v>
       </c>
       <c r="C685" s="2" t="s">
-        <v>10</v>
+        <v>1017</v>
       </c>
       <c r="D685" s="2">
-        <v>1750382</v>
+        <v>1780845</v>
       </c>
       <c r="E685" s="2">
-        <v>7536165141</v>
+        <v>7813046124</v>
       </c>
       <c r="F685" s="2" t="s">
-        <v>38</v>
+        <v>1478</v>
       </c>
       <c r="G685" s="2" t="s">
-        <v>3066</v>
+        <v>3057</v>
       </c>
       <c r="H685" s="2" t="s">
-        <v>3067</v>
+        <v>3058</v>
       </c>
       <c r="I685" s="2" t="s">
-        <v>3068</v>
+        <v>3059</v>
       </c>
     </row>
     <row r="686" spans="1:9">
       <c r="A686" s="2">
         <v>685</v>
       </c>
       <c r="B686" s="2" t="s">
-        <v>3069</v>
+        <v>3060</v>
       </c>
       <c r="C686" s="2" t="s">
-        <v>10</v>
+        <v>3061</v>
       </c>
       <c r="D686" s="2">
-        <v>1750383</v>
+        <v>1780899</v>
       </c>
       <c r="E686" s="2">
-        <v>8001017379</v>
+        <v>7838028737</v>
       </c>
       <c r="F686" s="2" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G686" s="2" t="s">
-        <v>3070</v>
+        <v>3062</v>
       </c>
       <c r="H686" s="2" t="s">
-        <v>3071</v>
+        <v>3063</v>
       </c>
       <c r="I686" s="2" t="s">
-        <v>3072</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="687" spans="1:9">
       <c r="A687" s="2">
         <v>686</v>
       </c>
       <c r="B687" s="2" t="s">
-        <v>3073</v>
+        <v>3065</v>
       </c>
       <c r="C687" s="2" t="s">
-        <v>10</v>
+        <v>3066</v>
       </c>
       <c r="D687" s="2">
-        <v>1750384</v>
+        <v>1790710</v>
       </c>
       <c r="E687" s="2">
-        <v>7536096145</v>
+        <v>7901549310</v>
       </c>
       <c r="F687" s="2" t="s">
-        <v>32</v>
+        <v>3067</v>
       </c>
       <c r="G687" s="2" t="s">
+        <v>3068</v>
+      </c>
+      <c r="H687" s="2" t="s">
+        <v>3069</v>
+      </c>
+      <c r="I687" s="2" t="s">
         <v>3070</v>
-      </c>
-[...4 lines deleted...]
-        <v>3074</v>
       </c>
     </row>
     <row r="688" spans="1:9">
       <c r="A688" s="2">
         <v>687</v>
       </c>
       <c r="B688" s="2" t="s">
-        <v>3075</v>
+        <v>3071</v>
       </c>
       <c r="C688" s="2" t="s">
-        <v>10</v>
+        <v>3072</v>
       </c>
       <c r="D688" s="2">
-        <v>1750385</v>
+        <v>1790838</v>
       </c>
       <c r="E688" s="2">
-        <v>8001004443</v>
+        <v>7901550330</v>
       </c>
       <c r="F688" s="2" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G688" s="2" t="s">
-        <v>3070</v>
+        <v>3068</v>
       </c>
       <c r="H688" s="2" t="s">
-        <v>3071</v>
+        <v>3069</v>
       </c>
       <c r="I688" s="2" t="s">
-        <v>3076</v>
+        <v>3073</v>
       </c>
     </row>
     <row r="689" spans="1:9">
       <c r="A689" s="2">
         <v>688</v>
       </c>
       <c r="B689" s="2" t="s">
+        <v>3074</v>
+      </c>
+      <c r="C689" s="2" t="s">
+        <v>3075</v>
+      </c>
+      <c r="D689" s="2">
+        <v>1790884</v>
+      </c>
+      <c r="E689" s="2">
+        <v>7901006353</v>
+      </c>
+      <c r="F689" s="2" t="s">
+        <v>3076</v>
+      </c>
+      <c r="G689" s="2" t="s">
         <v>3077</v>
       </c>
-      <c r="C689" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G689" s="2" t="s">
+      <c r="H689" s="2" t="s">
         <v>3078</v>
       </c>
-      <c r="H689" s="2" t="s">
+      <c r="I689" s="2" t="s">
         <v>3079</v>
-      </c>
-[...1 lines deleted...]
-        <v>3080</v>
       </c>
     </row>
     <row r="690" spans="1:9">
       <c r="A690" s="2">
         <v>689</v>
       </c>
       <c r="B690" s="2" t="s">
-        <v>3081</v>
+        <v>3080</v>
       </c>
       <c r="C690" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D690" s="2">
-        <v>1750387</v>
+        <v>1830402</v>
       </c>
       <c r="E690" s="2">
-        <v>7530999013</v>
+        <v>2983997375</v>
       </c>
       <c r="F690" s="2" t="s">
-        <v>38</v>
+        <v>3081</v>
       </c>
       <c r="G690" s="2" t="s">
         <v>3082</v>
       </c>
       <c r="H690" s="2" t="s">
         <v>3083</v>
       </c>
       <c r="I690" s="2" t="s">
         <v>3084</v>
       </c>
     </row>
     <row r="691" spans="1:9">
       <c r="A691" s="2">
         <v>690</v>
       </c>
       <c r="B691" s="2" t="s">
         <v>3085</v>
       </c>
       <c r="C691" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D691" s="2">
-        <v>1750388</v>
+        <v>1830403</v>
       </c>
       <c r="E691" s="2">
-        <v>7527999246</v>
+        <v>2983010493</v>
       </c>
       <c r="F691" s="2" t="s">
-        <v>38</v>
+        <v>3086</v>
       </c>
       <c r="G691" s="2" t="s">
-        <v>3086</v>
+        <v>3087</v>
       </c>
       <c r="H691" s="2" t="s">
-        <v>3087</v>
+        <v>3083</v>
       </c>
       <c r="I691" s="2" t="s">
         <v>3088</v>
       </c>
     </row>
     <row r="692" spans="1:9">
       <c r="A692" s="2">
         <v>691</v>
       </c>
       <c r="B692" s="2" t="s">
         <v>3089</v>
       </c>
       <c r="C692" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D692" s="2">
-        <v>1750389</v>
+        <v>1860216</v>
       </c>
       <c r="E692" s="2">
-        <v>7527999214</v>
+        <v>8601042850</v>
       </c>
       <c r="F692" s="2" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G692" s="2" t="s">
         <v>3090</v>
       </c>
       <c r="H692" s="2" t="s">
         <v>3091</v>
       </c>
       <c r="I692" s="2" t="s">
         <v>3092</v>
       </c>
     </row>
     <row r="693" spans="1:9">
       <c r="A693" s="2">
         <v>692</v>
       </c>
       <c r="B693" s="2" t="s">
         <v>3093</v>
       </c>
       <c r="C693" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D693" s="2">
-        <v>1750390</v>
+        <v>1860217</v>
       </c>
       <c r="E693" s="2">
-        <v>8001008952</v>
+        <v>8601999102</v>
       </c>
       <c r="F693" s="2" t="s">
-        <v>98</v>
+        <v>3094</v>
       </c>
       <c r="G693" s="2" t="s">
-        <v>3070</v>
+        <v>3095</v>
       </c>
       <c r="H693" s="2" t="s">
-        <v>3071</v>
+        <v>3096</v>
       </c>
       <c r="I693" s="2" t="s">
-        <v>3076</v>
+        <v>3097</v>
       </c>
     </row>
     <row r="694" spans="1:9">
       <c r="A694" s="2">
         <v>693</v>
       </c>
       <c r="B694" s="2" t="s">
-        <v>3094</v>
+        <v>3098</v>
       </c>
       <c r="C694" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D694" s="2">
-        <v>1760391</v>
+        <v>1860218</v>
       </c>
       <c r="E694" s="2">
-        <v>7604192192</v>
+        <v>8601009740</v>
       </c>
       <c r="F694" s="2" t="s">
-        <v>248</v>
+        <v>32</v>
       </c>
       <c r="G694" s="2" t="s">
         <v>3095</v>
       </c>
       <c r="H694" s="2" t="s">
-        <v>3096</v>
+        <v>3099</v>
       </c>
       <c r="I694" s="2" t="s">
-        <v>3097</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="695" spans="1:9">
       <c r="A695" s="2">
         <v>694</v>
       </c>
       <c r="B695" s="2" t="s">
-        <v>3098</v>
+        <v>3101</v>
       </c>
       <c r="C695" s="2" t="s">
-        <v>10</v>
+        <v>422</v>
       </c>
       <c r="D695" s="2">
-        <v>1760392</v>
+        <v>1860219</v>
       </c>
       <c r="E695" s="2">
-        <v>7606112227</v>
+        <v>8601037144</v>
       </c>
       <c r="F695" s="2" t="s">
-        <v>112</v>
+        <v>3102</v>
       </c>
       <c r="G695" s="2" t="s">
-        <v>3099</v>
+        <v>3103</v>
       </c>
       <c r="H695" s="2" t="s">
-        <v>3100</v>
+        <v>3104</v>
       </c>
       <c r="I695" s="2" t="s">
-        <v>3101</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="696" spans="1:9">
       <c r="A696" s="2">
         <v>695</v>
       </c>
       <c r="B696" s="2" t="s">
-        <v>3102</v>
+        <v>3106</v>
       </c>
       <c r="C696" s="2" t="s">
-        <v>10</v>
+        <v>3107</v>
       </c>
       <c r="D696" s="2">
-        <v>1760393</v>
+        <v>1860900</v>
       </c>
       <c r="E696" s="2">
-        <v>7606078449</v>
+        <v>8602277460</v>
       </c>
       <c r="F696" s="2" t="s">
-        <v>3103</v>
+        <v>3108</v>
       </c>
       <c r="G696" s="2" t="s">
-        <v>3104</v>
+        <v>3109</v>
       </c>
       <c r="H696" s="2" t="s">
-        <v>3105</v>
+        <v>3110</v>
       </c>
       <c r="I696" s="2" t="s">
-        <v>3106</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="697" spans="1:9">
       <c r="A697" s="2">
         <v>696</v>
       </c>
       <c r="B697" s="2" t="s">
-        <v>3107</v>
+        <v>3112</v>
       </c>
       <c r="C697" s="2" t="s">
-        <v>1178</v>
+        <v>679</v>
       </c>
       <c r="D697" s="2">
-        <v>1760764</v>
+        <v>1860910</v>
       </c>
       <c r="E697" s="2">
-        <v>7606117095</v>
+        <v>8601037105</v>
       </c>
       <c r="F697" s="2" t="s">
-        <v>98</v>
+        <v>3113</v>
       </c>
       <c r="G697" s="2" t="s">
-        <v>3108</v>
+        <v>3114</v>
       </c>
       <c r="H697" s="2" t="s">
-        <v>3109</v>
+        <v>3115</v>
       </c>
       <c r="I697" s="2" t="s">
-        <v>3110</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="698" spans="1:9">
       <c r="A698" s="2">
         <v>697</v>
       </c>
       <c r="B698" s="2" t="s">
-        <v>3111</v>
+        <v>3117</v>
       </c>
       <c r="C698" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D698" s="2">
-        <v>1770395</v>
+        <v>1870404</v>
       </c>
       <c r="E698" s="2">
-        <v>7709664188</v>
+        <v>8709013734</v>
       </c>
       <c r="F698" s="2" t="s">
-        <v>32</v>
+        <v>3118</v>
       </c>
       <c r="G698" s="2" t="s">
-        <v>3112</v>
+        <v>3119</v>
       </c>
       <c r="H698" s="2" t="s">
-        <v>3113</v>
+        <v>3120</v>
       </c>
       <c r="I698" s="2" t="s">
-        <v>3114</v>
+        <v>3121</v>
       </c>
     </row>
     <row r="699" spans="1:9">
       <c r="A699" s="2">
         <v>698</v>
       </c>
       <c r="B699" s="2" t="s">
-        <v>3115</v>
+        <v>3122</v>
       </c>
       <c r="C699" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D699" s="2">
-        <v>1770396</v>
+        <v>1870405</v>
       </c>
       <c r="E699" s="2">
-        <v>7710480308</v>
+        <v>8709907361</v>
       </c>
       <c r="F699" s="2" t="s">
-        <v>242</v>
+        <v>537</v>
       </c>
       <c r="G699" s="2" t="s">
-        <v>3116</v>
+        <v>3123</v>
       </c>
       <c r="H699" s="2" t="s">
-        <v>3117</v>
+        <v>3124</v>
       </c>
       <c r="I699" s="2" t="s">
-        <v>3118</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="700" spans="1:9">
       <c r="A700" s="2">
         <v>699</v>
       </c>
       <c r="B700" s="2" t="s">
-        <v>3119</v>
+        <v>3126</v>
       </c>
       <c r="C700" s="2" t="s">
-        <v>456</v>
+        <v>3052</v>
       </c>
       <c r="D700" s="2">
-        <v>1770397</v>
+        <v>1870768</v>
       </c>
       <c r="E700" s="2">
-        <v>7703766666</v>
+        <v>8709908439</v>
       </c>
       <c r="F700" s="2" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="G700" s="2" t="s">
-        <v>3120</v>
+        <v>3127</v>
       </c>
       <c r="H700" s="2" t="s">
-        <v>3121</v>
+        <v>3128</v>
       </c>
       <c r="I700" s="2" t="s">
-        <v>3122</v>
+        <v>3129</v>
       </c>
     </row>
     <row r="701" spans="1:9">
       <c r="A701" s="2">
         <v>700</v>
       </c>
       <c r="B701" s="2" t="s">
-        <v>3123</v>
+        <v>3130</v>
       </c>
       <c r="C701" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D701" s="2">
-        <v>1770398</v>
+        <v>1890405</v>
       </c>
       <c r="E701" s="2">
-        <v>7715585216</v>
+        <v>8901023576</v>
       </c>
       <c r="F701" s="2" t="s">
-        <v>242</v>
+        <v>32</v>
       </c>
       <c r="G701" s="2" t="s">
-        <v>3124</v>
+        <v>3131</v>
       </c>
       <c r="H701" s="2" t="s">
-        <v>3125</v>
+        <v>3132</v>
       </c>
       <c r="I701" s="2" t="s">
-        <v>3126</v>
+        <v>3133</v>
       </c>
     </row>
     <row r="702" spans="1:9">
       <c r="A702" s="2">
         <v>701</v>
       </c>
       <c r="B702" s="2" t="s">
-        <v>3127</v>
+        <v>3134</v>
       </c>
       <c r="C702" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D702" s="2">
-        <v>1770399</v>
+        <v>1890406</v>
       </c>
       <c r="E702" s="2">
-        <v>7735143008</v>
+        <v>8901023569</v>
       </c>
       <c r="F702" s="2" t="s">
-        <v>242</v>
+        <v>3135</v>
       </c>
       <c r="G702" s="2" t="s">
-        <v>3128</v>
+        <v>3136</v>
       </c>
       <c r="H702" s="2" t="s">
-        <v>3129</v>
+        <v>3132</v>
       </c>
       <c r="I702" s="2" t="s">
-        <v>3130</v>
+        <v>3133</v>
       </c>
     </row>
     <row r="703" spans="1:9">
       <c r="A703" s="2">
         <v>702</v>
       </c>
       <c r="B703" s="2" t="s">
-        <v>3131</v>
+        <v>3137</v>
       </c>
       <c r="C703" s="2" t="s">
-        <v>456</v>
+        <v>3138</v>
       </c>
       <c r="D703" s="2">
-        <v>1770400</v>
+        <v>1890407</v>
       </c>
       <c r="E703" s="2">
-        <v>7728656665</v>
+        <v>8903029615</v>
       </c>
       <c r="F703" s="2" t="s">
-        <v>451</v>
+        <v>19</v>
       </c>
       <c r="G703" s="2" t="s">
-        <v>3132</v>
+        <v>3139</v>
       </c>
       <c r="H703" s="2" t="s">
-        <v>3133</v>
+        <v>3140</v>
       </c>
       <c r="I703" s="2" t="s">
-        <v>3134</v>
+        <v>3141</v>
       </c>
     </row>
     <row r="704" spans="1:9">
       <c r="A704" s="2">
         <v>703</v>
       </c>
       <c r="B704" s="2" t="s">
-        <v>3135</v>
+        <v>3142</v>
       </c>
       <c r="C704" s="2" t="s">
-        <v>456</v>
+        <v>3138</v>
       </c>
       <c r="D704" s="2">
-        <v>1770402</v>
+        <v>1890408</v>
       </c>
       <c r="E704" s="2">
-        <v>7726480141</v>
+        <v>8905050926</v>
       </c>
       <c r="F704" s="2" t="s">
-        <v>451</v>
+        <v>131</v>
       </c>
       <c r="G704" s="2" t="s">
-        <v>3136</v>
+        <v>3143</v>
       </c>
       <c r="H704" s="2" t="s">
-        <v>3137</v>
+        <v>3144</v>
       </c>
       <c r="I704" s="2" t="s">
-        <v>3138</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="705" spans="1:9">
       <c r="A705" s="2">
         <v>704</v>
       </c>
       <c r="B705" s="2" t="s">
-        <v>3139</v>
+        <v>3146</v>
       </c>
       <c r="C705" s="2" t="s">
-        <v>456</v>
+        <v>3138</v>
       </c>
       <c r="D705" s="2">
-        <v>1770403</v>
+        <v>1890409</v>
       </c>
       <c r="E705" s="2">
-        <v>9724090767</v>
+        <v>8910999830</v>
       </c>
       <c r="F705" s="2" t="s">
-        <v>451</v>
+        <v>131</v>
       </c>
       <c r="G705" s="2" t="s">
-        <v>3140</v>
+        <v>3147</v>
       </c>
       <c r="H705" s="2" t="s">
-        <v>3141</v>
+        <v>3148</v>
       </c>
       <c r="I705" s="2" t="s">
-        <v>3142</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="706" spans="1:9">
       <c r="A706" s="2">
         <v>705</v>
       </c>
       <c r="B706" s="2" t="s">
-        <v>3143</v>
+        <v>3150</v>
       </c>
       <c r="C706" s="2" t="s">
-        <v>456</v>
+        <v>3138</v>
       </c>
       <c r="D706" s="2">
-        <v>1770404</v>
+        <v>1890410</v>
       </c>
       <c r="E706" s="2">
-        <v>5047156860</v>
+        <v>8905998809</v>
       </c>
       <c r="F706" s="2" t="s">
-        <v>451</v>
+        <v>19</v>
       </c>
       <c r="G706" s="2" t="s">
-        <v>3144</v>
+        <v>3151</v>
       </c>
       <c r="H706" s="2" t="s">
-        <v>3145</v>
+        <v>3152</v>
       </c>
       <c r="I706" s="2" t="s">
-        <v>3146</v>
+        <v>3153</v>
       </c>
     </row>
     <row r="707" spans="1:9">
       <c r="A707" s="2">
         <v>706</v>
       </c>
       <c r="B707" s="2" t="s">
-        <v>3147</v>
+        <v>3154</v>
       </c>
       <c r="C707" s="2" t="s">
-        <v>456</v>
+        <v>3155</v>
       </c>
       <c r="D707" s="2">
-        <v>1770405</v>
+        <v>1890687</v>
       </c>
       <c r="E707" s="2">
-        <v>7717042053</v>
+        <v>8911999455</v>
       </c>
       <c r="F707" s="2" t="s">
-        <v>451</v>
+        <v>3156</v>
       </c>
       <c r="G707" s="2" t="s">
-        <v>3148</v>
+        <v>3157</v>
       </c>
       <c r="H707" s="2" t="s">
-        <v>3149</v>
+        <v>3158</v>
       </c>
       <c r="I707" s="2" t="s">
-        <v>3150</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="708" spans="1:9">
       <c r="A708" s="2">
         <v>707</v>
       </c>
       <c r="B708" s="2" t="s">
-        <v>3151</v>
+        <v>3160</v>
       </c>
       <c r="C708" s="2" t="s">
-        <v>3152</v>
+        <v>3161</v>
       </c>
       <c r="D708" s="2">
-        <v>1770796</v>
+        <v>1890837</v>
       </c>
       <c r="E708" s="2">
-        <v>7710012211</v>
+        <v>8904039863</v>
       </c>
       <c r="F708" s="2" t="s">
-        <v>112</v>
+        <v>131</v>
       </c>
       <c r="G708" s="2" t="s">
-        <v>3153</v>
+        <v>3162</v>
       </c>
       <c r="H708" s="2" t="s">
-        <v>3154</v>
+        <v>3163</v>
       </c>
       <c r="I708" s="2" t="s">
-        <v>3155</v>
+        <v>3164</v>
       </c>
     </row>
     <row r="709" spans="1:9">
       <c r="A709" s="2">
         <v>708</v>
       </c>
       <c r="B709" s="2" t="s">
-        <v>3156</v>
+        <v>3165</v>
       </c>
       <c r="C709" s="2" t="s">
-        <v>3152</v>
+        <v>3166</v>
       </c>
       <c r="D709" s="2">
-        <v>1770797</v>
+        <v>1890928</v>
       </c>
       <c r="E709" s="2">
-        <v>7710364647</v>
+        <v>8911032717</v>
       </c>
       <c r="F709" s="2" t="s">
-        <v>2029</v>
+        <v>131</v>
       </c>
       <c r="G709" s="2" t="s">
-        <v>3157</v>
+        <v>3167</v>
       </c>
       <c r="H709" s="2" t="s">
-        <v>3158</v>
+        <v>3168</v>
       </c>
       <c r="I709" s="2" t="s">
-        <v>3159</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="710" spans="1:9">
       <c r="A710" s="2">
         <v>709</v>
       </c>
       <c r="B710" s="2" t="s">
-        <v>3160</v>
+        <v>3170</v>
       </c>
       <c r="C710" s="2" t="s">
-        <v>3152</v>
+        <v>825</v>
       </c>
       <c r="D710" s="2">
-        <v>1770798</v>
+        <v>1900998</v>
       </c>
       <c r="E710" s="2">
-        <v>7703770430</v>
+        <v>9001022980</v>
       </c>
       <c r="F710" s="2" t="s">
-        <v>242</v>
+        <v>3171</v>
       </c>
       <c r="G710" s="2" t="s">
-        <v>3161</v>
+        <v>3172</v>
       </c>
       <c r="H710" s="2" t="s">
-        <v>3162</v>
+        <v>3173</v>
       </c>
       <c r="I710" s="2" t="s">
-        <v>3163</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="711" spans="1:9">
       <c r="A711" s="2">
         <v>710</v>
       </c>
       <c r="B711" s="2" t="s">
-        <v>3164</v>
+        <v>3175</v>
       </c>
       <c r="C711" s="2" t="s">
-        <v>3165</v>
+        <v>3176</v>
       </c>
       <c r="D711" s="2">
-        <v>1770914</v>
+        <v>1900999</v>
       </c>
       <c r="E711" s="2">
-        <v>7704443643</v>
+        <v>9001023078</v>
       </c>
       <c r="F711" s="2" t="s">
-        <v>242</v>
+        <v>12</v>
       </c>
       <c r="G711" s="2" t="s">
-        <v>3166</v>
+        <v>3172</v>
       </c>
       <c r="H711" s="2" t="s">
-        <v>3167</v>
+        <v>3177</v>
       </c>
       <c r="I711" s="2" t="s">
-        <v>3168</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="712" spans="1:9">
       <c r="A712" s="2">
         <v>711</v>
       </c>
       <c r="B712" s="2" t="s">
-        <v>3169</v>
+        <v>3179</v>
       </c>
       <c r="C712" s="2" t="s">
-        <v>3170</v>
+        <v>10</v>
       </c>
       <c r="D712" s="2">
-        <v>1770915</v>
+        <v>1910407</v>
       </c>
       <c r="E712" s="2">
-        <v>9710075695</v>
+        <v>9102023116</v>
       </c>
       <c r="F712" s="2" t="s">
-        <v>242</v>
+        <v>3180</v>
       </c>
       <c r="G712" s="2" t="s">
-        <v>3171</v>
+        <v>3181</v>
       </c>
       <c r="H712" s="2" t="s">
-        <v>3172</v>
+        <v>3182</v>
       </c>
       <c r="I712" s="2" t="s">
-        <v>3173</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="713" spans="1:9">
       <c r="A713" s="2">
         <v>712</v>
       </c>
       <c r="B713" s="2" t="s">
-        <v>3174</v>
+        <v>3184</v>
       </c>
       <c r="C713" s="2" t="s">
-        <v>3175</v>
+        <v>10</v>
       </c>
       <c r="D713" s="2">
-        <v>1770953</v>
+        <v>1910408</v>
       </c>
       <c r="E713" s="2">
-        <v>7735192037</v>
+        <v>9102023109</v>
       </c>
       <c r="F713" s="2" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G713" s="2" t="s">
-        <v>3176</v>
+        <v>3185</v>
       </c>
       <c r="H713" s="2" t="s">
-        <v>3177</v>
+        <v>3186</v>
       </c>
       <c r="I713" s="2" t="s">
-        <v>3178</v>
+        <v>3187</v>
       </c>
     </row>
     <row r="714" spans="1:9">
       <c r="A714" s="2">
         <v>713</v>
       </c>
       <c r="B714" s="2" t="s">
-        <v>3179</v>
+        <v>3188</v>
       </c>
       <c r="C714" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D714" s="2">
-        <v>1780397</v>
+        <v>1910409</v>
       </c>
       <c r="E714" s="2">
-        <v>7838029258</v>
+        <v>9102276710</v>
       </c>
       <c r="F714" s="2" t="s">
-        <v>248</v>
+        <v>32</v>
       </c>
       <c r="G714" s="2" t="s">
-        <v>3180</v>
+        <v>3189</v>
       </c>
       <c r="H714" s="2" t="s">
-        <v>3181</v>
+        <v>3190</v>
       </c>
       <c r="I714" s="2" t="s">
-        <v>3182</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="715" spans="1:9">
       <c r="A715" s="2">
         <v>714</v>
       </c>
       <c r="B715" s="2" t="s">
-        <v>3183</v>
+        <v>3192</v>
       </c>
       <c r="C715" s="2" t="s">
-        <v>10</v>
+        <v>3193</v>
       </c>
       <c r="D715" s="2">
-        <v>1780401</v>
+        <v>1910920</v>
       </c>
       <c r="E715" s="2">
-        <v>7811378050</v>
+        <v>9102260332</v>
       </c>
       <c r="F715" s="2" t="s">
-        <v>3184</v>
+        <v>97</v>
       </c>
       <c r="G715" s="2" t="s">
-        <v>3185</v>
+        <v>3194</v>
       </c>
       <c r="H715" s="2" t="s">
-        <v>3186</v>
+        <v>3195</v>
       </c>
       <c r="I715" s="2" t="s">
-        <v>3187</v>
+        <v>3196</v>
       </c>
     </row>
     <row r="716" spans="1:9">
       <c r="A716" s="2">
         <v>715</v>
       </c>
       <c r="B716" s="2" t="s">
-        <v>3188</v>
+        <v>3197</v>
       </c>
       <c r="C716" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D716" s="2">
-        <v>1780402</v>
+        <v>1920410</v>
       </c>
       <c r="E716" s="2">
-        <v>7838454260</v>
+        <v>9204014921</v>
       </c>
       <c r="F716" s="2" t="s">
-        <v>68</v>
+        <v>3198</v>
       </c>
       <c r="G716" s="2" t="s">
-        <v>3189</v>
+        <v>3199</v>
       </c>
       <c r="H716" s="2" t="s">
-        <v>3190</v>
+        <v>3200</v>
       </c>
       <c r="I716" s="2" t="s">
-        <v>3191</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="717" spans="1:9">
       <c r="A717" s="2">
         <v>716</v>
       </c>
       <c r="B717" s="2" t="s">
-        <v>3192</v>
+        <v>3202</v>
       </c>
       <c r="C717" s="2" t="s">
-        <v>456</v>
+        <v>10</v>
       </c>
       <c r="D717" s="2">
-        <v>1780403</v>
+        <v>1920411</v>
       </c>
       <c r="E717" s="2">
-        <v>7811223561</v>
+        <v>9204014939</v>
       </c>
       <c r="F717" s="2" t="s">
-        <v>3193</v>
+        <v>32</v>
       </c>
       <c r="G717" s="2" t="s">
-        <v>3194</v>
+        <v>3203</v>
       </c>
       <c r="H717" s="2" t="s">
-        <v>3195</v>
+        <v>3204</v>
       </c>
       <c r="I717" s="2" t="s">
-        <v>3196</v>
+        <v>3205</v>
       </c>
     </row>
     <row r="718" spans="1:9">
       <c r="A718" s="2">
         <v>717</v>
       </c>
       <c r="B718" s="2" t="s">
-        <v>3197</v>
+        <v>3206</v>
       </c>
       <c r="C718" s="2" t="s">
-        <v>3198</v>
+        <v>10</v>
       </c>
       <c r="D718" s="2">
-        <v>1780767</v>
+        <v>1920412</v>
       </c>
       <c r="E718" s="2">
-        <v>7813641772</v>
+        <v>9204014946</v>
       </c>
       <c r="F718" s="2" t="s">
-        <v>112</v>
+        <v>12</v>
       </c>
       <c r="G718" s="2" t="s">
-        <v>3199</v>
+        <v>3207</v>
       </c>
       <c r="H718" s="2" t="s">
-        <v>3200</v>
+        <v>3208</v>
       </c>
       <c r="I718" s="2" t="s">
-        <v>3201</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="719" spans="1:9">
       <c r="A719" s="2">
         <v>718</v>
       </c>
       <c r="B719" s="2" t="s">
-        <v>3202</v>
+        <v>3210</v>
       </c>
       <c r="C719" s="2" t="s">
-        <v>1085</v>
+        <v>2442</v>
       </c>
       <c r="D719" s="2">
-        <v>1780845</v>
+        <v>1931017</v>
       </c>
       <c r="E719" s="2">
-        <v>7813046124</v>
+        <v>9309026191</v>
       </c>
       <c r="F719" s="2" t="s">
-        <v>1578</v>
+        <v>3211</v>
       </c>
       <c r="G719" s="2" t="s">
-        <v>3203</v>
+        <v>3212</v>
       </c>
       <c r="H719" s="2" t="s">
-        <v>3204</v>
+        <v>3213</v>
       </c>
       <c r="I719" s="2" t="s">
-        <v>3205</v>
+        <v>3214</v>
       </c>
     </row>
     <row r="720" spans="1:9">
       <c r="A720" s="2">
         <v>719</v>
       </c>
       <c r="B720" s="2" t="s">
-        <v>3206</v>
+        <v>3215</v>
       </c>
       <c r="C720" s="2" t="s">
-        <v>1085</v>
+        <v>831</v>
       </c>
       <c r="D720" s="2">
-        <v>1780846</v>
+        <v>1931018</v>
       </c>
       <c r="E720" s="2">
-        <v>7838332649</v>
+        <v>9309026522</v>
       </c>
       <c r="F720" s="2" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G720" s="2" t="s">
-        <v>3207</v>
+        <v>3216</v>
       </c>
       <c r="H720" s="2" t="s">
-        <v>3208</v>
+        <v>3217</v>
       </c>
       <c r="I720" s="2" t="s">
-        <v>3209</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="721" spans="1:9">
       <c r="A721" s="2">
         <v>720</v>
       </c>
       <c r="B721" s="2" t="s">
-        <v>3210</v>
+        <v>3219</v>
       </c>
       <c r="C721" s="2" t="s">
-        <v>3211</v>
+        <v>3220</v>
       </c>
       <c r="D721" s="2">
-        <v>1780899</v>
+        <v>1941006</v>
       </c>
       <c r="E721" s="2">
-        <v>7838028737</v>
+        <v>9403027940</v>
       </c>
       <c r="F721" s="2" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="G721" s="2" t="s">
-        <v>3212</v>
+        <v>3221</v>
       </c>
       <c r="H721" s="2" t="s">
-        <v>3181</v>
+        <v>3222</v>
       </c>
       <c r="I721" s="2" t="s">
-        <v>3213</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="722" spans="1:9">
       <c r="A722" s="2">
         <v>721</v>
       </c>
       <c r="B722" s="2" t="s">
-        <v>3214</v>
+        <v>3224</v>
       </c>
       <c r="C722" s="2" t="s">
-        <v>3215</v>
+        <v>3220</v>
       </c>
       <c r="D722" s="2">
-        <v>1790710</v>
+        <v>1941007</v>
       </c>
       <c r="E722" s="2">
-        <v>7901549310</v>
+        <v>9403027989</v>
       </c>
       <c r="F722" s="2" t="s">
-        <v>3216</v>
+        <v>12</v>
       </c>
       <c r="G722" s="2" t="s">
-        <v>3217</v>
+        <v>3225</v>
       </c>
       <c r="H722" s="2" t="s">
-        <v>3218</v>
+        <v>3226</v>
       </c>
       <c r="I722" s="2" t="s">
-        <v>3219</v>
+        <v>3227</v>
       </c>
     </row>
     <row r="723" spans="1:9">
       <c r="A723" s="2">
         <v>722</v>
       </c>
       <c r="B723" s="2" t="s">
+        <v>3228</v>
+      </c>
+      <c r="C723" s="2" t="s">
         <v>3220</v>
       </c>
-      <c r="C723" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D723" s="2">
-        <v>1790838</v>
+        <v>1941008</v>
       </c>
       <c r="E723" s="2">
-        <v>7901550330</v>
+        <v>9403027731</v>
       </c>
       <c r="F723" s="2" t="s">
-        <v>38</v>
+        <v>67</v>
       </c>
       <c r="G723" s="2" t="s">
-        <v>3217</v>
+        <v>3229</v>
       </c>
       <c r="H723" s="2" t="s">
-        <v>3218</v>
+        <v>3230</v>
       </c>
       <c r="I723" s="2" t="s">
-        <v>3222</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="724" spans="1:9">
       <c r="A724" s="2">
         <v>723</v>
       </c>
       <c r="B724" s="2" t="s">
-        <v>3223</v>
+        <v>3232</v>
       </c>
       <c r="C724" s="2" t="s">
-        <v>3224</v>
+        <v>2442</v>
       </c>
       <c r="D724" s="2">
-        <v>1790884</v>
+        <v>1951002</v>
       </c>
       <c r="E724" s="2">
-        <v>7901006353</v>
+        <v>9500020851</v>
       </c>
       <c r="F724" s="2" t="s">
-        <v>3225</v>
+        <v>3233</v>
       </c>
       <c r="G724" s="2" t="s">
-        <v>3226</v>
+        <v>3234</v>
       </c>
       <c r="H724" s="2" t="s">
-        <v>3227</v>
+        <v>3235</v>
       </c>
       <c r="I724" s="2" t="s">
-        <v>3228</v>
+        <v>3236</v>
       </c>
     </row>
     <row r="725" spans="1:9">
       <c r="A725" s="2">
         <v>724</v>
       </c>
       <c r="B725" s="2" t="s">
-        <v>3229</v>
+        <v>3237</v>
       </c>
       <c r="C725" s="2" t="s">
-        <v>10</v>
+        <v>2582</v>
       </c>
       <c r="D725" s="2">
-        <v>1830402</v>
+        <v>1951004</v>
       </c>
       <c r="E725" s="2">
-        <v>2983997375</v>
+        <v>9500020844</v>
       </c>
       <c r="F725" s="2" t="s">
-        <v>3230</v>
+        <v>32</v>
       </c>
       <c r="G725" s="2" t="s">
-        <v>3231</v>
+        <v>3238</v>
       </c>
       <c r="H725" s="2" t="s">
-        <v>3232</v>
+        <v>3239</v>
       </c>
       <c r="I725" s="2" t="s">
-        <v>3233</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="726" spans="1:9">
       <c r="A726" s="2">
         <v>725</v>
       </c>
       <c r="B726" s="2" t="s">
-        <v>3234</v>
+        <v>3241</v>
       </c>
       <c r="C726" s="2" t="s">
-        <v>10</v>
+        <v>2582</v>
       </c>
       <c r="D726" s="2">
-        <v>1830403</v>
+        <v>1951005</v>
       </c>
       <c r="E726" s="2">
-        <v>2983010493</v>
+        <v>9500020837</v>
       </c>
       <c r="F726" s="2" t="s">
-        <v>3235</v>
+        <v>12</v>
       </c>
       <c r="G726" s="2" t="s">
-        <v>3236</v>
+        <v>3242</v>
       </c>
       <c r="H726" s="2" t="s">
-        <v>3232</v>
+        <v>3243</v>
       </c>
       <c r="I726" s="2" t="s">
-        <v>3237</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="727" spans="1:9">
       <c r="A727" s="2">
         <v>726</v>
       </c>
       <c r="B727" s="2" t="s">
-        <v>3238</v>
+        <v>3245</v>
       </c>
       <c r="C727" s="2" t="s">
-        <v>456</v>
+        <v>3246</v>
       </c>
       <c r="D727" s="2">
-        <v>1860216</v>
-[...6 lines deleted...]
-      </c>
+        <v>2010056</v>
+      </c>
+      <c r="E727" s="2" t="s">
+        <v>3247</v>
+      </c>
+      <c r="F727" s="2"/>
       <c r="G727" s="2" t="s">
-        <v>3239</v>
+        <v>3248</v>
       </c>
       <c r="H727" s="2" t="s">
-        <v>3240</v>
+        <v>3249</v>
       </c>
       <c r="I727" s="2" t="s">
-        <v>3241</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="728" spans="1:9">
       <c r="A728" s="2">
         <v>727</v>
       </c>
       <c r="B728" s="2" t="s">
-        <v>3242</v>
+        <v>3251</v>
       </c>
       <c r="C728" s="2" t="s">
-        <v>456</v>
+        <v>3252</v>
       </c>
       <c r="D728" s="2">
-        <v>1860217</v>
-[...6 lines deleted...]
-      </c>
+        <v>2020001</v>
+      </c>
+      <c r="E728" s="2" t="s">
+        <v>3253</v>
+      </c>
+      <c r="F728" s="2"/>
       <c r="G728" s="2" t="s">
-        <v>3244</v>
+        <v>3254</v>
       </c>
       <c r="H728" s="2" t="s">
-        <v>3245</v>
+        <v>3255</v>
       </c>
       <c r="I728" s="2" t="s">
-        <v>3246</v>
+        <v>3256</v>
       </c>
     </row>
     <row r="729" spans="1:9">
       <c r="A729" s="2">
         <v>728</v>
       </c>
       <c r="B729" s="2" t="s">
-        <v>3247</v>
+        <v>3257</v>
       </c>
       <c r="C729" s="2" t="s">
-        <v>456</v>
+        <v>3258</v>
       </c>
       <c r="D729" s="2">
-        <v>1860218</v>
-[...6 lines deleted...]
-      </c>
+        <v>2030002</v>
+      </c>
+      <c r="E729" s="2" t="s">
+        <v>3259</v>
+      </c>
+      <c r="F729" s="2"/>
       <c r="G729" s="2" t="s">
-        <v>3244</v>
+        <v>3260</v>
       </c>
       <c r="H729" s="2" t="s">
-        <v>3248</v>
+        <v>3261</v>
       </c>
       <c r="I729" s="2" t="s">
-        <v>3249</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="730" spans="1:9">
       <c r="A730" s="2">
         <v>729</v>
       </c>
       <c r="B730" s="2" t="s">
-        <v>3250</v>
+        <v>3263</v>
       </c>
       <c r="C730" s="2" t="s">
-        <v>456</v>
+        <v>3264</v>
       </c>
       <c r="D730" s="2">
-        <v>1860219</v>
-[...6 lines deleted...]
-      </c>
+        <v>2070003</v>
+      </c>
+      <c r="E730" s="2" t="s">
+        <v>3265</v>
+      </c>
+      <c r="F730" s="2"/>
       <c r="G730" s="2" t="s">
-        <v>3252</v>
+        <v>3266</v>
       </c>
       <c r="H730" s="2" t="s">
-        <v>3253</v>
+        <v>3267</v>
       </c>
       <c r="I730" s="2" t="s">
-        <v>3254</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="731" spans="1:9">
       <c r="A731" s="2">
         <v>730</v>
       </c>
       <c r="B731" s="2" t="s">
-        <v>3255</v>
+        <v>3269</v>
       </c>
       <c r="C731" s="2" t="s">
-        <v>3256</v>
+        <v>3270</v>
       </c>
       <c r="D731" s="2">
-        <v>1860900</v>
-[...2 lines deleted...]
-        <v>8602277460</v>
+        <v>2080095</v>
+      </c>
+      <c r="E731" s="2" t="s">
+        <v>3271</v>
       </c>
       <c r="F731" s="2" t="s">
-        <v>2527</v>
+        <v>3272</v>
       </c>
       <c r="G731" s="2" t="s">
-        <v>3257</v>
+        <v>3273</v>
       </c>
       <c r="H731" s="2" t="s">
-        <v>3258</v>
+        <v>3274</v>
       </c>
       <c r="I731" s="2" t="s">
-        <v>3259</v>
+        <v>3275</v>
       </c>
     </row>
     <row r="732" spans="1:9">
       <c r="A732" s="2">
         <v>731</v>
       </c>
       <c r="B732" s="2" t="s">
-        <v>3260</v>
+        <v>3276</v>
       </c>
       <c r="C732" s="2" t="s">
-        <v>717</v>
+        <v>3277</v>
       </c>
       <c r="D732" s="2">
-        <v>1860910</v>
+        <v>2100108</v>
       </c>
       <c r="E732" s="2">
-        <v>8601037105</v>
-[...3 lines deleted...]
-      </c>
+        <v>1001021083</v>
+      </c>
+      <c r="F732" s="2"/>
       <c r="G732" s="2" t="s">
-        <v>3262</v>
+        <v>3278</v>
       </c>
       <c r="H732" s="2" t="s">
-        <v>3263</v>
+        <v>3279</v>
       </c>
       <c r="I732" s="2" t="s">
-        <v>3264</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="733" spans="1:9">
       <c r="A733" s="2">
         <v>732</v>
       </c>
       <c r="B733" s="2" t="s">
-        <v>3265</v>
+        <v>3281</v>
       </c>
       <c r="C733" s="2" t="s">
-        <v>10</v>
+        <v>3282</v>
       </c>
       <c r="D733" s="2">
-        <v>1870404</v>
+        <v>2110107</v>
       </c>
       <c r="E733" s="2">
-        <v>8709013734</v>
-[...3 lines deleted...]
-      </c>
+        <v>1101471664</v>
+      </c>
+      <c r="F733" s="2"/>
       <c r="G733" s="2" t="s">
-        <v>3267</v>
+        <v>3283</v>
       </c>
       <c r="H733" s="2" t="s">
-        <v>3268</v>
+        <v>3284</v>
       </c>
       <c r="I733" s="2" t="s">
-        <v>3269</v>
+        <v>3285</v>
       </c>
     </row>
     <row r="734" spans="1:9">
       <c r="A734" s="2">
         <v>733</v>
       </c>
       <c r="B734" s="2" t="s">
-        <v>3270</v>
+        <v>3286</v>
       </c>
       <c r="C734" s="2" t="s">
-        <v>10</v>
+        <v>3287</v>
       </c>
       <c r="D734" s="2">
-        <v>1870405</v>
+        <v>2130057</v>
       </c>
       <c r="E734" s="2">
-        <v>8709907361</v>
-[...3 lines deleted...]
-      </c>
+        <v>1325033434</v>
+      </c>
+      <c r="F734" s="2"/>
       <c r="G734" s="2" t="s">
-        <v>3271</v>
+        <v>3288</v>
       </c>
       <c r="H734" s="2" t="s">
-        <v>3272</v>
+        <v>3289</v>
       </c>
       <c r="I734" s="2" t="s">
-        <v>3273</v>
+        <v>3290</v>
       </c>
     </row>
     <row r="735" spans="1:9">
       <c r="A735" s="2">
         <v>734</v>
       </c>
       <c r="B735" s="2" t="s">
-        <v>3274</v>
+        <v>3291</v>
       </c>
       <c r="C735" s="2" t="s">
-        <v>3198</v>
+        <v>3292</v>
       </c>
       <c r="D735" s="2">
-        <v>1870768</v>
+        <v>2160105</v>
       </c>
       <c r="E735" s="2">
-        <v>8709908439</v>
-[...3 lines deleted...]
-      </c>
+        <v>1650051942</v>
+      </c>
+      <c r="F735" s="2"/>
       <c r="G735" s="2" t="s">
-        <v>3275</v>
+        <v>3293</v>
       </c>
       <c r="H735" s="2" t="s">
-        <v>3276</v>
+        <v>3294</v>
       </c>
       <c r="I735" s="2" t="s">
-        <v>3277</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="736" spans="1:9">
       <c r="A736" s="2">
         <v>735</v>
       </c>
       <c r="B736" s="2" t="s">
-        <v>3278</v>
+        <v>3296</v>
       </c>
       <c r="C736" s="2" t="s">
-        <v>10</v>
+        <v>1921</v>
       </c>
       <c r="D736" s="2">
-        <v>1890405</v>
+        <v>2180058</v>
       </c>
       <c r="E736" s="2">
-        <v>8901023576</v>
+        <v>1831013843</v>
       </c>
       <c r="F736" s="2" t="s">
-        <v>32</v>
+        <v>3272</v>
       </c>
       <c r="G736" s="2" t="s">
-        <v>3279</v>
-[...2 lines deleted...]
-        <v>3280</v>
+        <v>3297</v>
+      </c>
+      <c r="H736" s="2">
+        <v>89127679750</v>
       </c>
       <c r="I736" s="2" t="s">
-        <v>3281</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="737" spans="1:9">
       <c r="A737" s="2">
         <v>736</v>
       </c>
       <c r="B737" s="2" t="s">
-        <v>3282</v>
+        <v>3299</v>
       </c>
       <c r="C737" s="2" t="s">
-        <v>10</v>
+        <v>3246</v>
       </c>
       <c r="D737" s="2">
-        <v>1890406</v>
+        <v>2190059</v>
       </c>
       <c r="E737" s="2">
-        <v>8901023569</v>
+        <v>1901018630</v>
       </c>
       <c r="F737" s="2" t="s">
-        <v>3283</v>
+        <v>3300</v>
       </c>
       <c r="G737" s="2" t="s">
-        <v>3284</v>
+        <v>3301</v>
       </c>
       <c r="H737" s="2" t="s">
-        <v>3280</v>
+        <v>3302</v>
       </c>
       <c r="I737" s="2" t="s">
-        <v>3281</v>
+        <v>3303</v>
       </c>
     </row>
     <row r="738" spans="1:9">
       <c r="A738" s="2">
         <v>737</v>
       </c>
       <c r="B738" s="2" t="s">
-        <v>3285</v>
+        <v>3304</v>
       </c>
       <c r="C738" s="2" t="s">
-        <v>3286</v>
+        <v>3305</v>
       </c>
       <c r="D738" s="2">
-        <v>1890407</v>
+        <v>2220004</v>
       </c>
       <c r="E738" s="2">
-        <v>8903029615</v>
+        <v>2224005753</v>
       </c>
       <c r="F738" s="2" t="s">
-        <v>19</v>
+        <v>3306</v>
       </c>
       <c r="G738" s="2" t="s">
-        <v>3287</v>
+        <v>3307</v>
       </c>
       <c r="H738" s="2" t="s">
-        <v>3288</v>
+        <v>3308</v>
       </c>
       <c r="I738" s="2" t="s">
-        <v>3289</v>
+        <v>3309</v>
       </c>
     </row>
     <row r="739" spans="1:9">
       <c r="A739" s="2">
         <v>738</v>
       </c>
       <c r="B739" s="2" t="s">
-        <v>3290</v>
+        <v>3310</v>
       </c>
       <c r="C739" s="2" t="s">
-        <v>3286</v>
+        <v>3311</v>
       </c>
       <c r="D739" s="2">
-        <v>1890408</v>
+        <v>2230005</v>
       </c>
       <c r="E739" s="2">
-        <v>8905050926</v>
+        <v>2328006487</v>
       </c>
       <c r="F739" s="2" t="s">
-        <v>132</v>
+        <v>3312</v>
       </c>
       <c r="G739" s="2" t="s">
-        <v>3291</v>
+        <v>3313</v>
       </c>
       <c r="H739" s="2" t="s">
-        <v>3292</v>
+        <v>3314</v>
       </c>
       <c r="I739" s="2" t="s">
-        <v>3293</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="740" spans="1:9">
       <c r="A740" s="2">
         <v>739</v>
       </c>
       <c r="B740" s="2" t="s">
-        <v>3294</v>
+        <v>3316</v>
       </c>
       <c r="C740" s="2" t="s">
-        <v>3286</v>
+        <v>3317</v>
       </c>
       <c r="D740" s="2">
-        <v>1890409</v>
+        <v>2230007</v>
       </c>
       <c r="E740" s="2">
-        <v>8910999830</v>
+        <v>2306009029</v>
       </c>
       <c r="F740" s="2" t="s">
-        <v>132</v>
+        <v>3076</v>
       </c>
       <c r="G740" s="2" t="s">
-        <v>3295</v>
+        <v>3318</v>
       </c>
       <c r="H740" s="2" t="s">
-        <v>3296</v>
+        <v>3319</v>
       </c>
       <c r="I740" s="2" t="s">
-        <v>3297</v>
+        <v>3320</v>
       </c>
     </row>
     <row r="741" spans="1:9">
       <c r="A741" s="2">
         <v>740</v>
       </c>
       <c r="B741" s="2" t="s">
-        <v>3298</v>
+        <v>3321</v>
       </c>
       <c r="C741" s="2" t="s">
-        <v>3286</v>
+        <v>3322</v>
       </c>
       <c r="D741" s="2">
-        <v>1890410</v>
+        <v>2230009</v>
       </c>
       <c r="E741" s="2">
-        <v>8905998809</v>
+        <v>2303016130</v>
       </c>
       <c r="F741" s="2" t="s">
-        <v>19</v>
+        <v>3272</v>
       </c>
       <c r="G741" s="2" t="s">
-        <v>3299</v>
+        <v>3323</v>
       </c>
       <c r="H741" s="2" t="s">
-        <v>3300</v>
+        <v>3324</v>
       </c>
       <c r="I741" s="2" t="s">
-        <v>3301</v>
+        <v>3325</v>
       </c>
     </row>
     <row r="742" spans="1:9">
       <c r="A742" s="2">
         <v>741</v>
       </c>
       <c r="B742" s="2" t="s">
-        <v>3302</v>
+        <v>3326</v>
       </c>
       <c r="C742" s="2" t="s">
-        <v>3303</v>
+        <v>3322</v>
       </c>
       <c r="D742" s="2">
-        <v>1890687</v>
+        <v>2230010</v>
       </c>
       <c r="E742" s="2">
-        <v>8911999455</v>
+        <v>2315064097</v>
       </c>
       <c r="F742" s="2" t="s">
-        <v>3304</v>
+        <v>3312</v>
       </c>
       <c r="G742" s="2" t="s">
-        <v>3305</v>
+        <v>3327</v>
       </c>
       <c r="H742" s="2" t="s">
-        <v>3306</v>
+        <v>3328</v>
       </c>
       <c r="I742" s="2" t="s">
-        <v>3307</v>
+        <v>3329</v>
       </c>
     </row>
     <row r="743" spans="1:9">
       <c r="A743" s="2">
         <v>742</v>
       </c>
       <c r="B743" s="2" t="s">
-        <v>3308</v>
+        <v>3330</v>
       </c>
       <c r="C743" s="2" t="s">
-        <v>3309</v>
+        <v>3331</v>
       </c>
       <c r="D743" s="2">
-        <v>1890837</v>
+        <v>2230015</v>
       </c>
       <c r="E743" s="2">
-        <v>8904039863</v>
+        <v>2337029346</v>
       </c>
       <c r="F743" s="2" t="s">
-        <v>132</v>
+        <v>3312</v>
       </c>
       <c r="G743" s="2" t="s">
-        <v>3310</v>
+        <v>3332</v>
       </c>
       <c r="H743" s="2" t="s">
-        <v>3311</v>
+        <v>3333</v>
       </c>
       <c r="I743" s="2" t="s">
-        <v>3312</v>
+        <v>3334</v>
       </c>
     </row>
     <row r="744" spans="1:9">
       <c r="A744" s="2">
         <v>743</v>
       </c>
       <c r="B744" s="2" t="s">
-        <v>3313</v>
+        <v>3335</v>
       </c>
       <c r="C744" s="2" t="s">
-        <v>3314</v>
+        <v>3264</v>
       </c>
       <c r="D744" s="2">
-        <v>1890928</v>
+        <v>2230018</v>
       </c>
       <c r="E744" s="2">
-        <v>8911032717</v>
+        <v>2301032095</v>
       </c>
       <c r="F744" s="2" t="s">
-        <v>132</v>
+        <v>3312</v>
       </c>
       <c r="G744" s="2" t="s">
-        <v>3315</v>
+        <v>3336</v>
       </c>
       <c r="H744" s="2" t="s">
-        <v>3316</v>
+        <v>3337</v>
       </c>
       <c r="I744" s="2" t="s">
-        <v>3317</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="745" spans="1:9">
       <c r="A745" s="2">
         <v>744</v>
       </c>
       <c r="B745" s="2" t="s">
-        <v>3318</v>
+        <v>3339</v>
       </c>
       <c r="C745" s="2" t="s">
-        <v>888</v>
+        <v>3264</v>
       </c>
       <c r="D745" s="2">
-        <v>1900998</v>
+        <v>2230020</v>
       </c>
       <c r="E745" s="2">
-        <v>9001022980</v>
+        <v>2309025036</v>
       </c>
       <c r="F745" s="2" t="s">
-        <v>3319</v>
+        <v>3306</v>
       </c>
       <c r="G745" s="2" t="s">
-        <v>3320</v>
+        <v>3340</v>
       </c>
       <c r="H745" s="2" t="s">
-        <v>3321</v>
+        <v>3341</v>
       </c>
       <c r="I745" s="2" t="s">
-        <v>3322</v>
+        <v>3342</v>
       </c>
     </row>
     <row r="746" spans="1:9">
       <c r="A746" s="2">
         <v>745</v>
       </c>
       <c r="B746" s="2" t="s">
-        <v>3323</v>
+        <v>3343</v>
       </c>
       <c r="C746" s="2" t="s">
-        <v>3324</v>
+        <v>3344</v>
       </c>
       <c r="D746" s="2">
-        <v>1900999</v>
+        <v>2230061</v>
       </c>
       <c r="E746" s="2">
-        <v>9001023078</v>
+        <v>2352028717</v>
       </c>
       <c r="F746" s="2" t="s">
-        <v>38</v>
+        <v>3345</v>
       </c>
       <c r="G746" s="2" t="s">
-        <v>3320</v>
+        <v>3346</v>
       </c>
       <c r="H746" s="2" t="s">
-        <v>3325</v>
+        <v>3347</v>
       </c>
       <c r="I746" s="2" t="s">
-        <v>3326</v>
+        <v>3348</v>
       </c>
     </row>
     <row r="747" spans="1:9">
       <c r="A747" s="2">
         <v>746</v>
       </c>
       <c r="B747" s="2" t="s">
-        <v>3327</v>
+        <v>3349</v>
       </c>
       <c r="C747" s="2" t="s">
-        <v>10</v>
+        <v>3350</v>
       </c>
       <c r="D747" s="2">
-        <v>1910407</v>
+        <v>2230063</v>
       </c>
       <c r="E747" s="2">
-        <v>9102023116</v>
+        <v>2302013899</v>
       </c>
       <c r="F747" s="2" t="s">
-        <v>255</v>
+        <v>3312</v>
       </c>
       <c r="G747" s="2" t="s">
-        <v>3328</v>
+        <v>3351</v>
       </c>
       <c r="H747" s="2" t="s">
-        <v>3329</v>
+        <v>3352</v>
       </c>
       <c r="I747" s="2" t="s">
-        <v>3330</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="748" spans="1:9">
       <c r="A748" s="2">
         <v>747</v>
       </c>
       <c r="B748" s="2" t="s">
+        <v>3354</v>
+      </c>
+      <c r="C748" s="2" t="s">
         <v>3331</v>
       </c>
-      <c r="C748" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D748" s="2">
-        <v>1910408</v>
+        <v>2230065</v>
       </c>
       <c r="E748" s="2">
-        <v>9102023109</v>
+        <v>2322010871</v>
       </c>
       <c r="F748" s="2" t="s">
-        <v>38</v>
+        <v>3312</v>
       </c>
       <c r="G748" s="2" t="s">
-        <v>3332</v>
+        <v>3355</v>
       </c>
       <c r="H748" s="2" t="s">
-        <v>3333</v>
+        <v>3356</v>
       </c>
       <c r="I748" s="2" t="s">
-        <v>3334</v>
+        <v>3357</v>
       </c>
     </row>
     <row r="749" spans="1:9">
       <c r="A749" s="2">
         <v>748</v>
       </c>
       <c r="B749" s="2" t="s">
-        <v>3335</v>
+        <v>3358</v>
       </c>
       <c r="C749" s="2" t="s">
-        <v>10</v>
+        <v>3359</v>
       </c>
       <c r="D749" s="2">
-        <v>1910409</v>
+        <v>2230091</v>
       </c>
       <c r="E749" s="2">
-        <v>9102276710</v>
+        <v>2320035782</v>
       </c>
       <c r="F749" s="2" t="s">
-        <v>32</v>
+        <v>3312</v>
       </c>
       <c r="G749" s="2" t="s">
-        <v>3336</v>
+        <v>3360</v>
       </c>
       <c r="H749" s="2" t="s">
-        <v>3337</v>
+        <v>3361</v>
       </c>
       <c r="I749" s="2" t="s">
-        <v>3338</v>
+        <v>3362</v>
       </c>
     </row>
     <row r="750" spans="1:9">
       <c r="A750" s="2">
         <v>749</v>
       </c>
       <c r="B750" s="2" t="s">
-        <v>3339</v>
+        <v>3363</v>
       </c>
       <c r="C750" s="2" t="s">
-        <v>3340</v>
+        <v>3264</v>
       </c>
       <c r="D750" s="2">
-        <v>1910920</v>
+        <v>2240066</v>
       </c>
       <c r="E750" s="2">
-        <v>9102260332</v>
+        <v>2466004357</v>
       </c>
       <c r="F750" s="2" t="s">
-        <v>98</v>
+        <v>3364</v>
       </c>
       <c r="G750" s="2" t="s">
-        <v>3341</v>
+        <v>3365</v>
       </c>
       <c r="H750" s="2" t="s">
-        <v>3342</v>
+        <v>3366</v>
       </c>
       <c r="I750" s="2" t="s">
-        <v>3343</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="751" spans="1:9">
       <c r="A751" s="2">
         <v>750</v>
       </c>
       <c r="B751" s="2" t="s">
-        <v>3344</v>
+        <v>3368</v>
       </c>
       <c r="C751" s="2" t="s">
-        <v>10</v>
+        <v>2223</v>
       </c>
       <c r="D751" s="2">
-        <v>1920410</v>
+        <v>2260097</v>
       </c>
       <c r="E751" s="2">
-        <v>9204014921</v>
-[...3 lines deleted...]
-      </c>
+        <v>2635004033</v>
+      </c>
+      <c r="F751" s="2"/>
       <c r="G751" s="2" t="s">
-        <v>3346</v>
+        <v>3369</v>
       </c>
       <c r="H751" s="2" t="s">
-        <v>3347</v>
+        <v>3370</v>
       </c>
       <c r="I751" s="2" t="s">
-        <v>3348</v>
+        <v>3371</v>
       </c>
     </row>
     <row r="752" spans="1:9">
       <c r="A752" s="2">
         <v>751</v>
       </c>
       <c r="B752" s="2" t="s">
-        <v>3349</v>
+        <v>3372</v>
       </c>
       <c r="C752" s="2" t="s">
-        <v>10</v>
+        <v>3373</v>
       </c>
       <c r="D752" s="2">
-        <v>1920411</v>
+        <v>2270023</v>
       </c>
       <c r="E752" s="2">
-        <v>9204014939</v>
+        <v>2702080032</v>
       </c>
       <c r="F752" s="2" t="s">
-        <v>32</v>
+        <v>3312</v>
       </c>
       <c r="G752" s="2" t="s">
-        <v>3350</v>
+        <v>3374</v>
       </c>
       <c r="H752" s="2" t="s">
-        <v>3351</v>
+        <v>3375</v>
       </c>
       <c r="I752" s="2" t="s">
-        <v>3352</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="753" spans="1:9">
       <c r="A753" s="2">
         <v>752</v>
       </c>
       <c r="B753" s="2" t="s">
-        <v>3353</v>
+        <v>3377</v>
       </c>
       <c r="C753" s="2" t="s">
-        <v>10</v>
+        <v>3378</v>
       </c>
       <c r="D753" s="2">
-        <v>1920412</v>
+        <v>2300006</v>
       </c>
       <c r="E753" s="2">
-        <v>9204014946</v>
+        <v>3016001862</v>
       </c>
       <c r="F753" s="2" t="s">
-        <v>38</v>
+        <v>3379</v>
       </c>
       <c r="G753" s="2" t="s">
-        <v>3354</v>
+        <v>3380</v>
       </c>
       <c r="H753" s="2" t="s">
-        <v>3355</v>
+        <v>3381</v>
       </c>
       <c r="I753" s="2" t="s">
-        <v>3356</v>
+        <v>3382</v>
       </c>
     </row>
     <row r="754" spans="1:9">
       <c r="A754" s="2">
         <v>753</v>
       </c>
       <c r="B754" s="2" t="s">
-        <v>3357</v>
+        <v>3383</v>
       </c>
       <c r="C754" s="2" t="s">
-        <v>2575</v>
+        <v>3384</v>
       </c>
       <c r="D754" s="2">
-        <v>1931017</v>
+        <v>2310024</v>
       </c>
       <c r="E754" s="2">
-        <v>9309026191</v>
+        <v>3123017680</v>
       </c>
       <c r="F754" s="2" t="s">
-        <v>3358</v>
+        <v>3272</v>
       </c>
       <c r="G754" s="2" t="s">
-        <v>3359</v>
+        <v>3385</v>
       </c>
       <c r="H754" s="2" t="s">
-        <v>3360</v>
+        <v>3386</v>
       </c>
       <c r="I754" s="2" t="s">
-        <v>3361</v>
+        <v>3387</v>
       </c>
     </row>
     <row r="755" spans="1:9">
       <c r="A755" s="2">
         <v>754</v>
       </c>
       <c r="B755" s="2" t="s">
-        <v>3362</v>
+        <v>3388</v>
       </c>
       <c r="C755" s="2" t="s">
-        <v>893</v>
+        <v>3389</v>
       </c>
       <c r="D755" s="2">
-        <v>1931018</v>
+        <v>2320067</v>
       </c>
       <c r="E755" s="2">
-        <v>9309026522</v>
+        <v>3201003649</v>
       </c>
       <c r="F755" s="2" t="s">
-        <v>38</v>
+        <v>3312</v>
       </c>
       <c r="G755" s="2" t="s">
-        <v>3363</v>
+        <v>3390</v>
       </c>
       <c r="H755" s="2" t="s">
-        <v>3364</v>
+        <v>3391</v>
       </c>
       <c r="I755" s="2" t="s">
-        <v>3365</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="756" spans="1:9">
       <c r="A756" s="2">
         <v>755</v>
       </c>
       <c r="B756" s="2" t="s">
-        <v>3366</v>
+        <v>3393</v>
       </c>
       <c r="C756" s="2" t="s">
-        <v>3367</v>
+        <v>3394</v>
       </c>
       <c r="D756" s="2">
-        <v>1941006</v>
+        <v>2340068</v>
       </c>
       <c r="E756" s="2">
-        <v>9403027940</v>
+        <v>3445904278</v>
       </c>
       <c r="F756" s="2" t="s">
-        <v>32</v>
+        <v>3272</v>
       </c>
       <c r="G756" s="2" t="s">
-        <v>3368</v>
+        <v>3395</v>
       </c>
       <c r="H756" s="2" t="s">
-        <v>3369</v>
+        <v>3396</v>
       </c>
       <c r="I756" s="2" t="s">
-        <v>3370</v>
+        <v>3397</v>
       </c>
     </row>
     <row r="757" spans="1:9">
       <c r="A757" s="2">
         <v>756</v>
       </c>
       <c r="B757" s="2" t="s">
-        <v>3371</v>
+        <v>3398</v>
       </c>
       <c r="C757" s="2" t="s">
-        <v>3367</v>
+        <v>3399</v>
       </c>
       <c r="D757" s="2">
-        <v>1941007</v>
+        <v>2340098</v>
       </c>
       <c r="E757" s="2">
-        <v>9403027989</v>
+        <v>3435110276</v>
       </c>
       <c r="F757" s="2" t="s">
-        <v>38</v>
+        <v>3272</v>
       </c>
       <c r="G757" s="2" t="s">
-        <v>3372</v>
+        <v>3400</v>
       </c>
       <c r="H757" s="2" t="s">
-        <v>3373</v>
+        <v>3401</v>
       </c>
       <c r="I757" s="2" t="s">
-        <v>3374</v>
+        <v>3402</v>
       </c>
     </row>
     <row r="758" spans="1:9">
       <c r="A758" s="2">
         <v>757</v>
       </c>
       <c r="B758" s="2" t="s">
-        <v>3375</v>
+        <v>3403</v>
       </c>
       <c r="C758" s="2" t="s">
-        <v>3367</v>
+        <v>3404</v>
       </c>
       <c r="D758" s="2">
-        <v>1941008</v>
+        <v>2350025</v>
       </c>
       <c r="E758" s="2">
-        <v>9403027731</v>
+        <v>3525021863</v>
       </c>
       <c r="F758" s="2" t="s">
-        <v>68</v>
+        <v>3312</v>
       </c>
       <c r="G758" s="2" t="s">
-        <v>3368</v>
+        <v>3405</v>
       </c>
       <c r="H758" s="2" t="s">
-        <v>3376</v>
+        <v>3406</v>
       </c>
       <c r="I758" s="2" t="s">
-        <v>3377</v>
+        <v>3407</v>
       </c>
     </row>
     <row r="759" spans="1:9">
       <c r="A759" s="2">
         <v>758</v>
       </c>
       <c r="B759" s="2" t="s">
-        <v>3378</v>
+        <v>3408</v>
       </c>
       <c r="C759" s="2" t="s">
-        <v>2575</v>
+        <v>3258</v>
       </c>
       <c r="D759" s="2">
-        <v>1951002</v>
+        <v>2360069</v>
       </c>
       <c r="E759" s="2">
-        <v>9500020851</v>
+        <v>3664004819</v>
       </c>
       <c r="F759" s="2" t="s">
-        <v>3379</v>
+        <v>3312</v>
       </c>
       <c r="G759" s="2" t="s">
-        <v>3380</v>
+        <v>3409</v>
       </c>
       <c r="H759" s="2" t="s">
-        <v>3381</v>
+        <v>3410</v>
       </c>
       <c r="I759" s="2" t="s">
-        <v>3382</v>
+        <v>3411</v>
       </c>
     </row>
     <row r="760" spans="1:9">
       <c r="A760" s="2">
         <v>759</v>
       </c>
       <c r="B760" s="2" t="s">
-        <v>3383</v>
+        <v>3412</v>
       </c>
       <c r="C760" s="2" t="s">
-        <v>2715</v>
+        <v>3413</v>
       </c>
       <c r="D760" s="2">
-        <v>1951004</v>
+        <v>2370097</v>
       </c>
       <c r="E760" s="2">
-        <v>9500020844</v>
+        <v>3730002278</v>
       </c>
       <c r="F760" s="2" t="s">
-        <v>32</v>
+        <v>3364</v>
       </c>
       <c r="G760" s="2" t="s">
-        <v>3384</v>
+        <v>3414</v>
       </c>
       <c r="H760" s="2" t="s">
-        <v>3385</v>
-[...3 lines deleted...]
-      </c>
+        <v>3415</v>
+      </c>
+      <c r="I760" s="2"/>
     </row>
     <row r="761" spans="1:9">
       <c r="A761" s="2">
         <v>760</v>
       </c>
       <c r="B761" s="2" t="s">
-        <v>3387</v>
+        <v>3416</v>
       </c>
       <c r="C761" s="2" t="s">
-        <v>2715</v>
+        <v>3417</v>
       </c>
       <c r="D761" s="2">
-        <v>1951005</v>
+        <v>2380092</v>
       </c>
       <c r="E761" s="2">
-        <v>9500020837</v>
+        <v>3803202144</v>
       </c>
       <c r="F761" s="2" t="s">
-        <v>38</v>
+        <v>3364</v>
       </c>
       <c r="G761" s="2" t="s">
-        <v>3388</v>
+        <v>3418</v>
       </c>
       <c r="H761" s="2" t="s">
-        <v>3389</v>
+        <v>3419</v>
       </c>
       <c r="I761" s="2" t="s">
-        <v>3390</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="762" spans="1:9">
       <c r="A762" s="2">
         <v>761</v>
       </c>
       <c r="B762" s="2" t="s">
-        <v>3391</v>
+        <v>3421</v>
       </c>
       <c r="C762" s="2" t="s">
-        <v>3392</v>
+        <v>3422</v>
       </c>
       <c r="D762" s="2">
-        <v>2010056</v>
-[...4 lines deleted...]
-      <c r="F762" s="2"/>
+        <v>2380096</v>
+      </c>
+      <c r="E762" s="2">
+        <v>3811005816</v>
+      </c>
+      <c r="F762" s="2" t="s">
+        <v>3312</v>
+      </c>
       <c r="G762" s="2" t="s">
-        <v>3394</v>
+        <v>3423</v>
       </c>
       <c r="H762" s="2" t="s">
-        <v>3395</v>
+        <v>3424</v>
       </c>
       <c r="I762" s="2" t="s">
-        <v>3396</v>
+        <v>3425</v>
       </c>
     </row>
     <row r="763" spans="1:9">
       <c r="A763" s="2">
         <v>762</v>
       </c>
       <c r="B763" s="2" t="s">
-        <v>3397</v>
+        <v>3426</v>
       </c>
       <c r="C763" s="2" t="s">
-        <v>3398</v>
+        <v>3264</v>
       </c>
       <c r="D763" s="2">
-        <v>2020001</v>
-[...4 lines deleted...]
-      <c r="F763" s="2"/>
+        <v>2390026</v>
+      </c>
+      <c r="E763" s="2">
+        <v>3905004600</v>
+      </c>
+      <c r="F763" s="2" t="s">
+        <v>3427</v>
+      </c>
       <c r="G763" s="2" t="s">
-        <v>3400</v>
+        <v>3428</v>
       </c>
       <c r="H763" s="2" t="s">
-        <v>3401</v>
+        <v>3429</v>
       </c>
       <c r="I763" s="2" t="s">
-        <v>3402</v>
+        <v>3430</v>
       </c>
     </row>
     <row r="764" spans="1:9">
       <c r="A764" s="2">
         <v>763</v>
       </c>
       <c r="B764" s="2" t="s">
-        <v>3403</v>
+        <v>3431</v>
       </c>
       <c r="C764" s="2" t="s">
-        <v>3404</v>
+        <v>3317</v>
       </c>
       <c r="D764" s="2">
-        <v>2030002</v>
-[...4 lines deleted...]
-      <c r="F764" s="2"/>
+        <v>2400027</v>
+      </c>
+      <c r="E764" s="2">
+        <v>4027006078</v>
+      </c>
+      <c r="F764" s="2" t="s">
+        <v>3432</v>
+      </c>
       <c r="G764" s="2" t="s">
-        <v>3406</v>
+        <v>3433</v>
       </c>
       <c r="H764" s="2" t="s">
-        <v>3407</v>
+        <v>3434</v>
       </c>
       <c r="I764" s="2" t="s">
-        <v>3408</v>
+        <v>3435</v>
       </c>
     </row>
     <row r="765" spans="1:9">
       <c r="A765" s="2">
         <v>764</v>
       </c>
       <c r="B765" s="2" t="s">
-        <v>3409</v>
+        <v>3436</v>
       </c>
       <c r="C765" s="2" t="s">
-        <v>3410</v>
+        <v>3437</v>
       </c>
       <c r="D765" s="2">
-        <v>2070003</v>
-[...4 lines deleted...]
-      <c r="F765" s="2"/>
+        <v>2400114</v>
+      </c>
+      <c r="E765" s="2">
+        <v>4025026135</v>
+      </c>
+      <c r="F765" s="2" t="s">
+        <v>3364</v>
+      </c>
       <c r="G765" s="2" t="s">
-        <v>3412</v>
+        <v>3438</v>
       </c>
       <c r="H765" s="2" t="s">
-        <v>3413</v>
+        <v>3439</v>
       </c>
       <c r="I765" s="2" t="s">
-        <v>3414</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="766" spans="1:9">
       <c r="A766" s="2">
         <v>765</v>
       </c>
       <c r="B766" s="2" t="s">
-        <v>3415</v>
+        <v>3441</v>
       </c>
       <c r="C766" s="2" t="s">
-        <v>3416</v>
+        <v>3264</v>
       </c>
       <c r="D766" s="2">
-        <v>2080095</v>
-[...2 lines deleted...]
-        <v>3417</v>
+        <v>2420070</v>
+      </c>
+      <c r="E766" s="2">
+        <v>4207008170</v>
       </c>
       <c r="F766" s="2" t="s">
-        <v>3225</v>
+        <v>3306</v>
       </c>
       <c r="G766" s="2" t="s">
-        <v>3418</v>
+        <v>3442</v>
       </c>
       <c r="H766" s="2" t="s">
-        <v>3419</v>
+        <v>3443</v>
       </c>
       <c r="I766" s="2" t="s">
-        <v>3420</v>
+        <v>3444</v>
       </c>
     </row>
     <row r="767" spans="1:9">
       <c r="A767" s="2">
         <v>766</v>
       </c>
       <c r="B767" s="2" t="s">
-        <v>3421</v>
+        <v>3445</v>
       </c>
       <c r="C767" s="2" t="s">
-        <v>3422</v>
+        <v>3446</v>
       </c>
       <c r="D767" s="2">
-        <v>2100108</v>
+        <v>2430028</v>
       </c>
       <c r="E767" s="2">
-        <v>1001021083</v>
-[...1 lines deleted...]
-      <c r="F767" s="2"/>
+        <v>4346011204</v>
+      </c>
+      <c r="F767" s="2" t="s">
+        <v>3272</v>
+      </c>
       <c r="G767" s="2" t="s">
-        <v>3423</v>
+        <v>3447</v>
       </c>
       <c r="H767" s="2" t="s">
-        <v>3424</v>
+        <v>3448</v>
       </c>
       <c r="I767" s="2" t="s">
-        <v>3425</v>
+        <v>3449</v>
       </c>
     </row>
     <row r="768" spans="1:9">
       <c r="A768" s="2">
         <v>767</v>
       </c>
       <c r="B768" s="2" t="s">
-        <v>3426</v>
+        <v>3450</v>
       </c>
       <c r="C768" s="2" t="s">
-        <v>3427</v>
+        <v>3322</v>
       </c>
       <c r="D768" s="2">
-        <v>2110107</v>
+        <v>2440029</v>
       </c>
       <c r="E768" s="2">
-        <v>1101471664</v>
-[...1 lines deleted...]
-      <c r="F768" s="2"/>
+        <v>4443014539</v>
+      </c>
+      <c r="F768" s="2" t="s">
+        <v>3312</v>
+      </c>
       <c r="G768" s="2" t="s">
-        <v>3428</v>
+        <v>3451</v>
       </c>
       <c r="H768" s="2" t="s">
-        <v>3429</v>
+        <v>3452</v>
       </c>
       <c r="I768" s="2" t="s">
-        <v>3430</v>
+        <v>3453</v>
       </c>
     </row>
     <row r="769" spans="1:9">
       <c r="A769" s="2">
         <v>768</v>
       </c>
       <c r="B769" s="2" t="s">
-        <v>3431</v>
+        <v>3454</v>
       </c>
       <c r="C769" s="2" t="s">
-        <v>3432</v>
+        <v>3264</v>
       </c>
       <c r="D769" s="2">
-        <v>2130057</v>
+        <v>2460071</v>
       </c>
       <c r="E769" s="2">
-        <v>1325033434</v>
-[...1 lines deleted...]
-      <c r="F769" s="2"/>
+        <v>4629018151</v>
+      </c>
+      <c r="F769" s="2" t="s">
+        <v>3455</v>
+      </c>
       <c r="G769" s="2" t="s">
-        <v>3433</v>
+        <v>3456</v>
       </c>
       <c r="H769" s="2" t="s">
-        <v>3434</v>
+        <v>3457</v>
       </c>
       <c r="I769" s="2" t="s">
-        <v>3435</v>
+        <v>3458</v>
       </c>
     </row>
     <row r="770" spans="1:9">
       <c r="A770" s="2">
         <v>769</v>
       </c>
       <c r="B770" s="2" t="s">
-        <v>3436</v>
+        <v>3459</v>
       </c>
       <c r="C770" s="2" t="s">
-        <v>3437</v>
+        <v>3460</v>
       </c>
       <c r="D770" s="2">
-        <v>2160105</v>
+        <v>2470030</v>
       </c>
       <c r="E770" s="2">
-        <v>1650051942</v>
-[...1 lines deleted...]
-      <c r="F770" s="2"/>
+        <v>4705024135</v>
+      </c>
+      <c r="F770" s="2" t="s">
+        <v>3312</v>
+      </c>
       <c r="G770" s="2" t="s">
-        <v>3438</v>
+        <v>3461</v>
       </c>
       <c r="H770" s="2" t="s">
-        <v>3439</v>
+        <v>3462</v>
       </c>
       <c r="I770" s="2" t="s">
-        <v>3440</v>
+        <v>3463</v>
       </c>
     </row>
     <row r="771" spans="1:9">
       <c r="A771" s="2">
         <v>770</v>
       </c>
       <c r="B771" s="2" t="s">
-        <v>3441</v>
+        <v>3464</v>
       </c>
       <c r="C771" s="2" t="s">
-        <v>2039</v>
+        <v>3282</v>
       </c>
       <c r="D771" s="2">
-        <v>2180058</v>
+        <v>2480106</v>
       </c>
       <c r="E771" s="2">
-        <v>1831013843</v>
+        <v>4825001796</v>
       </c>
       <c r="F771" s="2" t="s">
-        <v>3225</v>
+        <v>3076</v>
       </c>
       <c r="G771" s="2" t="s">
-        <v>3442</v>
-[...2 lines deleted...]
-        <v>89127679750</v>
+        <v>3465</v>
+      </c>
+      <c r="H771" s="2" t="s">
+        <v>3466</v>
       </c>
       <c r="I771" s="2" t="s">
-        <v>3443</v>
+        <v>3467</v>
       </c>
     </row>
     <row r="772" spans="1:9">
       <c r="A772" s="2">
         <v>771</v>
       </c>
       <c r="B772" s="2" t="s">
-        <v>3444</v>
+        <v>3468</v>
       </c>
       <c r="C772" s="2" t="s">
-        <v>3392</v>
+        <v>3469</v>
       </c>
       <c r="D772" s="2">
-        <v>2190059</v>
+        <v>2500031</v>
       </c>
       <c r="E772" s="2">
-        <v>1901018630</v>
+        <v>5011023753</v>
       </c>
       <c r="F772" s="2" t="s">
-        <v>3225</v>
+        <v>3470</v>
       </c>
       <c r="G772" s="2" t="s">
-        <v>3445</v>
+        <v>3471</v>
       </c>
       <c r="H772" s="2" t="s">
-        <v>3446</v>
+        <v>3472</v>
       </c>
       <c r="I772" s="2" t="s">
-        <v>3447</v>
+        <v>3473</v>
       </c>
     </row>
     <row r="773" spans="1:9">
       <c r="A773" s="2">
         <v>772</v>
       </c>
       <c r="B773" s="2" t="s">
-        <v>3448</v>
+        <v>3474</v>
       </c>
       <c r="C773" s="2" t="s">
-        <v>3449</v>
+        <v>3350</v>
       </c>
       <c r="D773" s="2">
-        <v>2220004</v>
+        <v>2500032</v>
       </c>
       <c r="E773" s="2">
-        <v>2224005753</v>
+        <v>5032017895</v>
       </c>
       <c r="F773" s="2" t="s">
-        <v>3225</v>
+        <v>3475</v>
       </c>
       <c r="G773" s="2" t="s">
-        <v>3450</v>
+        <v>3476</v>
       </c>
       <c r="H773" s="2" t="s">
-        <v>3451</v>
+        <v>3477</v>
       </c>
       <c r="I773" s="2" t="s">
-        <v>3452</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="774" spans="1:9">
       <c r="A774" s="2">
         <v>773</v>
       </c>
       <c r="B774" s="2" t="s">
-        <v>3453</v>
+        <v>3479</v>
       </c>
       <c r="C774" s="2" t="s">
-        <v>3454</v>
+        <v>3258</v>
       </c>
       <c r="D774" s="2">
-        <v>2230005</v>
+        <v>2500033</v>
       </c>
       <c r="E774" s="2">
-        <v>2328006487</v>
+        <v>5043012779</v>
       </c>
       <c r="F774" s="2" t="s">
-        <v>3225</v>
+        <v>3312</v>
       </c>
       <c r="G774" s="2" t="s">
-        <v>3455</v>
+        <v>3480</v>
       </c>
       <c r="H774" s="2" t="s">
-        <v>3456</v>
+        <v>3481</v>
       </c>
       <c r="I774" s="2" t="s">
-        <v>3457</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="775" spans="1:9">
       <c r="A775" s="2">
         <v>774</v>
       </c>
       <c r="B775" s="2" t="s">
-        <v>3458</v>
+        <v>3483</v>
       </c>
       <c r="C775" s="2" t="s">
-        <v>3459</v>
+        <v>3350</v>
       </c>
       <c r="D775" s="2">
-        <v>2230007</v>
+        <v>2500073</v>
       </c>
       <c r="E775" s="2">
-        <v>2306009029</v>
+        <v>5036032044</v>
       </c>
       <c r="F775" s="2" t="s">
-        <v>3225</v>
+        <v>3312</v>
       </c>
       <c r="G775" s="2" t="s">
-        <v>3460</v>
+        <v>3484</v>
       </c>
       <c r="H775" s="2" t="s">
-        <v>3461</v>
+        <v>3485</v>
       </c>
       <c r="I775" s="2" t="s">
-        <v>3462</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="776" spans="1:9">
       <c r="A776" s="2">
         <v>775</v>
       </c>
       <c r="B776" s="2" t="s">
-        <v>3463</v>
+        <v>3487</v>
       </c>
       <c r="C776" s="2" t="s">
-        <v>3464</v>
+        <v>10</v>
       </c>
       <c r="D776" s="2">
-        <v>2230009</v>
+        <v>2500075</v>
       </c>
       <c r="E776" s="2">
-        <v>2303016130</v>
+        <v>5007028759</v>
       </c>
       <c r="F776" s="2" t="s">
-        <v>3225</v>
+        <v>3364</v>
       </c>
       <c r="G776" s="2" t="s">
-        <v>3465</v>
+        <v>3488</v>
       </c>
       <c r="H776" s="2" t="s">
-        <v>3466</v>
+        <v>3489</v>
       </c>
       <c r="I776" s="2" t="s">
-        <v>3467</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="777" spans="1:9">
       <c r="A777" s="2">
         <v>776</v>
       </c>
       <c r="B777" s="2" t="s">
-        <v>3468</v>
+        <v>3491</v>
       </c>
       <c r="C777" s="2" t="s">
-        <v>3464</v>
+        <v>2582</v>
       </c>
       <c r="D777" s="2">
-        <v>2230010</v>
+        <v>2510115</v>
       </c>
       <c r="E777" s="2">
-        <v>2315064097</v>
+        <v>5191110307</v>
       </c>
       <c r="F777" s="2" t="s">
-        <v>3225</v>
+        <v>3364</v>
       </c>
       <c r="G777" s="2" t="s">
-        <v>3469</v>
+        <v>3492</v>
       </c>
       <c r="H777" s="2" t="s">
-        <v>3470</v>
+        <v>3493</v>
       </c>
       <c r="I777" s="2" t="s">
-        <v>3471</v>
+        <v>3494</v>
       </c>
     </row>
     <row r="778" spans="1:9">
       <c r="A778" s="2">
         <v>777</v>
       </c>
       <c r="B778" s="2" t="s">
-        <v>3472</v>
+        <v>3495</v>
       </c>
       <c r="C778" s="2" t="s">
-        <v>3473</v>
+        <v>3496</v>
       </c>
       <c r="D778" s="2">
-        <v>2230015</v>
+        <v>2520034</v>
       </c>
       <c r="E778" s="2">
-        <v>2337029346</v>
+        <v>5260002545</v>
       </c>
       <c r="F778" s="2" t="s">
-        <v>3225</v>
+        <v>3306</v>
       </c>
       <c r="G778" s="2" t="s">
-        <v>3474</v>
+        <v>3497</v>
       </c>
       <c r="H778" s="2" t="s">
-        <v>3475</v>
+        <v>3498</v>
       </c>
       <c r="I778" s="2" t="s">
-        <v>3476</v>
+        <v>3499</v>
       </c>
     </row>
     <row r="779" spans="1:9">
       <c r="A779" s="2">
         <v>778</v>
       </c>
       <c r="B779" s="2" t="s">
-        <v>3477</v>
+        <v>3500</v>
       </c>
       <c r="C779" s="2" t="s">
-        <v>3410</v>
+        <v>3501</v>
       </c>
       <c r="D779" s="2">
-        <v>2230018</v>
+        <v>2530076</v>
       </c>
       <c r="E779" s="2">
-        <v>2301032095</v>
+        <v>5321029787</v>
       </c>
       <c r="F779" s="2" t="s">
-        <v>3225</v>
+        <v>3272</v>
       </c>
       <c r="G779" s="2" t="s">
-        <v>3478</v>
+        <v>3502</v>
       </c>
       <c r="H779" s="2" t="s">
-        <v>3479</v>
+        <v>3503</v>
       </c>
       <c r="I779" s="2" t="s">
-        <v>3480</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="780" spans="1:9">
       <c r="A780" s="2">
         <v>779</v>
       </c>
       <c r="B780" s="2" t="s">
-        <v>3481</v>
+        <v>3505</v>
       </c>
       <c r="C780" s="2" t="s">
-        <v>3410</v>
+        <v>3506</v>
       </c>
       <c r="D780" s="2">
-        <v>2230020</v>
+        <v>2540036</v>
       </c>
       <c r="E780" s="2">
-        <v>2309025036</v>
+        <v>5404102991</v>
       </c>
       <c r="F780" s="2" t="s">
-        <v>3225</v>
+        <v>3312</v>
       </c>
       <c r="G780" s="2" t="s">
-        <v>3482</v>
+        <v>3507</v>
       </c>
       <c r="H780" s="2" t="s">
-        <v>3483</v>
+        <v>3508</v>
       </c>
       <c r="I780" s="2" t="s">
-        <v>3484</v>
+        <v>3509</v>
       </c>
     </row>
     <row r="781" spans="1:9">
       <c r="A781" s="2">
         <v>780</v>
       </c>
       <c r="B781" s="2" t="s">
-        <v>3485</v>
+        <v>3510</v>
       </c>
       <c r="C781" s="2" t="s">
-        <v>3486</v>
+        <v>3511</v>
       </c>
       <c r="D781" s="2">
-        <v>2230061</v>
+        <v>2550037</v>
       </c>
       <c r="E781" s="2">
-        <v>2352028717</v>
+        <v>5502008852</v>
       </c>
       <c r="F781" s="2" t="s">
-        <v>3225</v>
+        <v>3379</v>
       </c>
       <c r="G781" s="2" t="s">
-        <v>3487</v>
+        <v>3512</v>
       </c>
       <c r="H781" s="2" t="s">
-        <v>3488</v>
+        <v>3513</v>
       </c>
       <c r="I781" s="2" t="s">
-        <v>3489</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="782" spans="1:9">
       <c r="A782" s="2">
         <v>781</v>
       </c>
       <c r="B782" s="2" t="s">
-        <v>3490</v>
+        <v>3515</v>
       </c>
       <c r="C782" s="2" t="s">
-        <v>3491</v>
+        <v>3246</v>
       </c>
       <c r="D782" s="2">
-        <v>2230063</v>
+        <v>2560077</v>
       </c>
       <c r="E782" s="2">
-        <v>2302013899</v>
+        <v>5612020436</v>
       </c>
       <c r="F782" s="2" t="s">
-        <v>3225</v>
+        <v>3312</v>
       </c>
       <c r="G782" s="2" t="s">
-        <v>3492</v>
+        <v>3516</v>
       </c>
       <c r="H782" s="2" t="s">
-        <v>3493</v>
+        <v>3517</v>
       </c>
       <c r="I782" s="2" t="s">
-        <v>3494</v>
+        <v>3518</v>
       </c>
     </row>
     <row r="783" spans="1:9">
       <c r="A783" s="2">
         <v>782</v>
       </c>
       <c r="B783" s="2" t="s">
-        <v>3495</v>
+        <v>3519</v>
       </c>
       <c r="C783" s="2" t="s">
-        <v>3473</v>
+        <v>1926</v>
       </c>
       <c r="D783" s="2">
-        <v>2230065</v>
+        <v>2570038</v>
       </c>
       <c r="E783" s="2">
-        <v>2322010871</v>
+        <v>5753006459</v>
       </c>
       <c r="F783" s="2" t="s">
-        <v>3225</v>
+        <v>3312</v>
       </c>
       <c r="G783" s="2" t="s">
-        <v>3496</v>
+        <v>3520</v>
       </c>
       <c r="H783" s="2" t="s">
-        <v>3497</v>
+        <v>3521</v>
       </c>
       <c r="I783" s="2" t="s">
-        <v>3498</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="784" spans="1:9">
       <c r="A784" s="2">
         <v>783</v>
       </c>
       <c r="B784" s="2" t="s">
-        <v>3499</v>
+        <v>3523</v>
       </c>
       <c r="C784" s="2" t="s">
-        <v>3500</v>
+        <v>3524</v>
       </c>
       <c r="D784" s="2">
-        <v>2230091</v>
+        <v>2580039</v>
       </c>
       <c r="E784" s="2">
-        <v>2320035782</v>
+        <v>5835006643</v>
       </c>
       <c r="F784" s="2" t="s">
-        <v>3225</v>
+        <v>3379</v>
       </c>
       <c r="G784" s="2" t="s">
-        <v>3501</v>
+        <v>3525</v>
       </c>
       <c r="H784" s="2" t="s">
-        <v>3502</v>
+        <v>3526</v>
       </c>
       <c r="I784" s="2" t="s">
-        <v>3503</v>
+        <v>3527</v>
       </c>
     </row>
     <row r="785" spans="1:9">
       <c r="A785" s="2">
         <v>784</v>
       </c>
       <c r="B785" s="2" t="s">
-        <v>3504</v>
+        <v>3528</v>
       </c>
       <c r="C785" s="2" t="s">
-        <v>3410</v>
+        <v>3529</v>
       </c>
       <c r="D785" s="2">
-        <v>2240066</v>
+        <v>2590078</v>
       </c>
       <c r="E785" s="2">
-        <v>2466004357</v>
+        <v>5902702328</v>
       </c>
       <c r="F785" s="2" t="s">
-        <v>3225</v>
+        <v>3312</v>
       </c>
       <c r="G785" s="2" t="s">
-        <v>3505</v>
+        <v>3530</v>
       </c>
       <c r="H785" s="2" t="s">
-        <v>3506</v>
+        <v>3531</v>
       </c>
       <c r="I785" s="2" t="s">
-        <v>3507</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="786" spans="1:9">
       <c r="A786" s="2">
         <v>785</v>
       </c>
       <c r="B786" s="2" t="s">
-        <v>3508</v>
+        <v>3533</v>
       </c>
       <c r="C786" s="2" t="s">
-        <v>2353</v>
+        <v>3534</v>
       </c>
       <c r="D786" s="2">
-        <v>2260097</v>
+        <v>2600079</v>
       </c>
       <c r="E786" s="2">
-        <v>2635004033</v>
-[...1 lines deleted...]
-      <c r="F786" s="2"/>
+        <v>6027022700</v>
+      </c>
+      <c r="F786" s="2" t="s">
+        <v>3364</v>
+      </c>
       <c r="G786" s="2" t="s">
-        <v>3509</v>
+        <v>3535</v>
       </c>
       <c r="H786" s="2" t="s">
-        <v>3510</v>
+        <v>3536</v>
       </c>
       <c r="I786" s="2" t="s">
-        <v>3511</v>
+        <v>3537</v>
       </c>
     </row>
     <row r="787" spans="1:9">
       <c r="A787" s="2">
         <v>786</v>
       </c>
       <c r="B787" s="2" t="s">
-        <v>3512</v>
+        <v>3538</v>
       </c>
       <c r="C787" s="2" t="s">
-        <v>3513</v>
+        <v>3496</v>
       </c>
       <c r="D787" s="2">
-        <v>2270023</v>
+        <v>2610040</v>
       </c>
       <c r="E787" s="2">
-        <v>2702080032</v>
+        <v>6154035808</v>
       </c>
       <c r="F787" s="2" t="s">
-        <v>3225</v>
+        <v>3272</v>
       </c>
       <c r="G787" s="2" t="s">
-        <v>3514</v>
+        <v>3539</v>
       </c>
       <c r="H787" s="2" t="s">
-        <v>3515</v>
+        <v>3540</v>
       </c>
       <c r="I787" s="2" t="s">
-        <v>3516</v>
+        <v>3541</v>
       </c>
     </row>
     <row r="788" spans="1:9">
       <c r="A788" s="2">
         <v>787</v>
       </c>
       <c r="B788" s="2" t="s">
-        <v>3517</v>
+        <v>3542</v>
       </c>
       <c r="C788" s="2" t="s">
-        <v>3518</v>
+        <v>3506</v>
       </c>
       <c r="D788" s="2">
-        <v>2300006</v>
+        <v>2610041</v>
       </c>
       <c r="E788" s="2">
-        <v>3016001862</v>
+        <v>6163020004</v>
       </c>
       <c r="F788" s="2" t="s">
-        <v>3225</v>
+        <v>3364</v>
       </c>
       <c r="G788" s="2" t="s">
-        <v>3519</v>
+        <v>3543</v>
       </c>
       <c r="H788" s="2" t="s">
-        <v>3520</v>
+        <v>3544</v>
       </c>
       <c r="I788" s="2" t="s">
-        <v>3521</v>
+        <v>3545</v>
       </c>
     </row>
     <row r="789" spans="1:9">
       <c r="A789" s="2">
         <v>788</v>
       </c>
       <c r="B789" s="2" t="s">
-        <v>3522</v>
+        <v>3546</v>
       </c>
       <c r="C789" s="2" t="s">
-        <v>3523</v>
+        <v>3547</v>
       </c>
       <c r="D789" s="2">
-        <v>2310024</v>
+        <v>2610042</v>
       </c>
       <c r="E789" s="2">
-        <v>3123017680</v>
+        <v>6150021681</v>
       </c>
       <c r="F789" s="2" t="s">
-        <v>3225</v>
+        <v>3076</v>
       </c>
       <c r="G789" s="2" t="s">
-        <v>3524</v>
+        <v>3548</v>
       </c>
       <c r="H789" s="2" t="s">
-        <v>3525</v>
+        <v>3549</v>
       </c>
       <c r="I789" s="2" t="s">
-        <v>3526</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="790" spans="1:9">
       <c r="A790" s="2">
         <v>789</v>
       </c>
       <c r="B790" s="2" t="s">
-        <v>3527</v>
+        <v>3551</v>
       </c>
       <c r="C790" s="2" t="s">
-        <v>3528</v>
+        <v>3552</v>
       </c>
       <c r="D790" s="2">
-        <v>2320067</v>
+        <v>2620043</v>
       </c>
       <c r="E790" s="2">
-        <v>3201003649</v>
+        <v>6231021753</v>
       </c>
       <c r="F790" s="2" t="s">
-        <v>3225</v>
+        <v>3076</v>
       </c>
       <c r="G790" s="2" t="s">
-        <v>3529</v>
+        <v>3553</v>
       </c>
       <c r="H790" s="2" t="s">
-        <v>3530</v>
+        <v>3554</v>
       </c>
       <c r="I790" s="2" t="s">
-        <v>3531</v>
+        <v>3555</v>
       </c>
     </row>
     <row r="791" spans="1:9">
       <c r="A791" s="2">
         <v>790</v>
       </c>
       <c r="B791" s="2" t="s">
-        <v>3532</v>
+        <v>3556</v>
       </c>
       <c r="C791" s="2" t="s">
-        <v>3533</v>
+        <v>3529</v>
       </c>
       <c r="D791" s="2">
-        <v>2340068</v>
+        <v>2630044</v>
       </c>
       <c r="E791" s="2">
-        <v>3445904278</v>
+        <v>6317010337</v>
       </c>
       <c r="F791" s="2" t="s">
-        <v>3225</v>
+        <v>3312</v>
       </c>
       <c r="G791" s="2" t="s">
-        <v>3534</v>
+        <v>3557</v>
       </c>
       <c r="H791" s="2" t="s">
-        <v>3535</v>
+        <v>3558</v>
       </c>
       <c r="I791" s="2" t="s">
-        <v>3536</v>
+        <v>3559</v>
       </c>
     </row>
     <row r="792" spans="1:9">
       <c r="A792" s="2">
         <v>791</v>
       </c>
       <c r="B792" s="2" t="s">
-        <v>3537</v>
+        <v>3560</v>
       </c>
       <c r="C792" s="2" t="s">
-        <v>3538</v>
+        <v>3534</v>
       </c>
       <c r="D792" s="2">
-        <v>2340098</v>
+        <v>2630045</v>
       </c>
       <c r="E792" s="2">
-        <v>3435110276</v>
+        <v>6320008360</v>
       </c>
       <c r="F792" s="2" t="s">
-        <v>3225</v>
+        <v>3561</v>
       </c>
       <c r="G792" s="2" t="s">
-        <v>3539</v>
+        <v>3562</v>
       </c>
       <c r="H792" s="2" t="s">
-        <v>3540</v>
+        <v>3563</v>
       </c>
       <c r="I792" s="2" t="s">
-        <v>3541</v>
+        <v>3564</v>
       </c>
     </row>
     <row r="793" spans="1:9">
       <c r="A793" s="2">
         <v>792</v>
       </c>
       <c r="B793" s="2" t="s">
-        <v>3542</v>
+        <v>3565</v>
       </c>
       <c r="C793" s="2" t="s">
-        <v>3543</v>
+        <v>3566</v>
       </c>
       <c r="D793" s="2">
-        <v>2350025</v>
+        <v>2640080</v>
       </c>
       <c r="E793" s="2">
-        <v>3525021863</v>
+        <v>6454026378</v>
       </c>
       <c r="F793" s="2" t="s">
-        <v>3225</v>
+        <v>3312</v>
       </c>
       <c r="G793" s="2" t="s">
-        <v>3544</v>
+        <v>3567</v>
       </c>
       <c r="H793" s="2" t="s">
-        <v>3545</v>
+        <v>3568</v>
       </c>
       <c r="I793" s="2" t="s">
-        <v>3546</v>
+        <v>3569</v>
       </c>
     </row>
     <row r="794" spans="1:9">
       <c r="A794" s="2">
         <v>793</v>
       </c>
       <c r="B794" s="2" t="s">
-        <v>3547</v>
+        <v>3570</v>
       </c>
       <c r="C794" s="2" t="s">
-        <v>3404</v>
+        <v>3496</v>
       </c>
       <c r="D794" s="2">
-        <v>2360069</v>
+        <v>2660046</v>
       </c>
       <c r="E794" s="2">
-        <v>3664004819</v>
+        <v>6659011245</v>
       </c>
       <c r="F794" s="2" t="s">
-        <v>3225</v>
+        <v>3312</v>
       </c>
       <c r="G794" s="2" t="s">
-        <v>3548</v>
+        <v>3571</v>
       </c>
       <c r="H794" s="2" t="s">
-        <v>3549</v>
+        <v>3572</v>
       </c>
       <c r="I794" s="2" t="s">
-        <v>3550</v>
+        <v>3573</v>
       </c>
     </row>
     <row r="795" spans="1:9">
       <c r="A795" s="2">
         <v>794</v>
       </c>
       <c r="B795" s="2" t="s">
-        <v>3551</v>
+        <v>3574</v>
       </c>
       <c r="C795" s="2" t="s">
-        <v>3552</v>
+        <v>3246</v>
       </c>
       <c r="D795" s="2">
-        <v>2370097</v>
+        <v>2660047</v>
       </c>
       <c r="E795" s="2">
-        <v>3730002278</v>
+        <v>6668016426</v>
       </c>
       <c r="F795" s="2" t="s">
-        <v>3225</v>
+        <v>3312</v>
       </c>
       <c r="G795" s="2" t="s">
-        <v>3553</v>
+        <v>3575</v>
       </c>
       <c r="H795" s="2" t="s">
-        <v>3554</v>
-[...1 lines deleted...]
-      <c r="I795" s="2"/>
+        <v>3576</v>
+      </c>
+      <c r="I795" s="2" t="s">
+        <v>3577</v>
+      </c>
     </row>
     <row r="796" spans="1:9">
       <c r="A796" s="2">
         <v>795</v>
       </c>
       <c r="B796" s="2" t="s">
-        <v>3555</v>
+        <v>3578</v>
       </c>
       <c r="C796" s="2" t="s">
-        <v>3556</v>
+        <v>3496</v>
       </c>
       <c r="D796" s="2">
-        <v>2380092</v>
+        <v>2670048</v>
       </c>
       <c r="E796" s="2">
-        <v>3803202144</v>
+        <v>6730001880</v>
       </c>
       <c r="F796" s="2" t="s">
-        <v>3225</v>
+        <v>3312</v>
       </c>
       <c r="G796" s="2" t="s">
-        <v>3557</v>
+        <v>3579</v>
       </c>
       <c r="H796" s="2" t="s">
-        <v>3558</v>
+        <v>3580</v>
       </c>
       <c r="I796" s="2" t="s">
-        <v>3559</v>
+        <v>3581</v>
       </c>
     </row>
     <row r="797" spans="1:9">
       <c r="A797" s="2">
         <v>796</v>
       </c>
       <c r="B797" s="2" t="s">
-        <v>3560</v>
+        <v>3582</v>
       </c>
       <c r="C797" s="2" t="s">
-        <v>3561</v>
+        <v>3583</v>
       </c>
       <c r="D797" s="2">
-        <v>2380096</v>
+        <v>2680104</v>
       </c>
       <c r="E797" s="2">
-        <v>3811005816</v>
-[...3 lines deleted...]
-      </c>
+        <v>6831013970</v>
+      </c>
+      <c r="F797" s="2"/>
       <c r="G797" s="2" t="s">
-        <v>3562</v>
+        <v>3584</v>
       </c>
       <c r="H797" s="2" t="s">
-        <v>3563</v>
+        <v>3585</v>
       </c>
       <c r="I797" s="2" t="s">
-        <v>3564</v>
+        <v>3586</v>
       </c>
     </row>
     <row r="798" spans="1:9">
       <c r="A798" s="2">
         <v>797</v>
       </c>
       <c r="B798" s="2" t="s">
-        <v>3565</v>
+        <v>3587</v>
       </c>
       <c r="C798" s="2" t="s">
-        <v>3410</v>
+        <v>3404</v>
       </c>
       <c r="D798" s="2">
-        <v>2390026</v>
+        <v>2700081</v>
       </c>
       <c r="E798" s="2">
-        <v>3905004600</v>
+        <v>7018006006</v>
       </c>
       <c r="F798" s="2" t="s">
-        <v>3225</v>
+        <v>3588</v>
       </c>
       <c r="G798" s="2" t="s">
-        <v>3566</v>
+        <v>3589</v>
       </c>
       <c r="H798" s="2" t="s">
-        <v>3567</v>
+        <v>3590</v>
       </c>
       <c r="I798" s="2" t="s">
-        <v>3568</v>
+        <v>3591</v>
       </c>
     </row>
     <row r="799" spans="1:9">
       <c r="A799" s="2">
         <v>798</v>
       </c>
       <c r="B799" s="2" t="s">
-        <v>3569</v>
+        <v>3592</v>
       </c>
       <c r="C799" s="2" t="s">
-        <v>3459</v>
+        <v>3593</v>
       </c>
       <c r="D799" s="2">
-        <v>2400027</v>
+        <v>2710082</v>
       </c>
       <c r="E799" s="2">
-        <v>4027006078</v>
+        <v>7106014912</v>
       </c>
       <c r="F799" s="2" t="s">
-        <v>3225</v>
+        <v>3455</v>
       </c>
       <c r="G799" s="2" t="s">
-        <v>3570</v>
+        <v>3594</v>
       </c>
       <c r="H799" s="2" t="s">
-        <v>3571</v>
+        <v>3595</v>
       </c>
       <c r="I799" s="2" t="s">
-        <v>3572</v>
+        <v>3596</v>
       </c>
     </row>
     <row r="800" spans="1:9">
       <c r="A800" s="2">
         <v>799</v>
       </c>
       <c r="B800" s="2" t="s">
-        <v>3573</v>
+        <v>3597</v>
       </c>
       <c r="C800" s="2" t="s">
-        <v>3574</v>
+        <v>3598</v>
       </c>
       <c r="D800" s="2">
-        <v>2400114</v>
+        <v>2720049</v>
       </c>
       <c r="E800" s="2">
-        <v>4025026135</v>
+        <v>8602163014</v>
       </c>
       <c r="F800" s="2" t="s">
-        <v>3225</v>
+        <v>3312</v>
       </c>
       <c r="G800" s="2" t="s">
-        <v>3575</v>
+        <v>3599</v>
       </c>
       <c r="H800" s="2" t="s">
-        <v>3576</v>
+        <v>3600</v>
       </c>
       <c r="I800" s="2" t="s">
-        <v>3577</v>
+        <v>3601</v>
       </c>
     </row>
     <row r="801" spans="1:9">
       <c r="A801" s="2">
         <v>800</v>
       </c>
       <c r="B801" s="2" t="s">
-        <v>3578</v>
+        <v>3602</v>
       </c>
       <c r="C801" s="2" t="s">
-        <v>3410</v>
+        <v>3252</v>
       </c>
       <c r="D801" s="2">
-        <v>2420070</v>
+        <v>2720050</v>
       </c>
       <c r="E801" s="2">
-        <v>4207008170</v>
+        <v>7202005678</v>
       </c>
       <c r="F801" s="2" t="s">
-        <v>3225</v>
+        <v>3455</v>
       </c>
       <c r="G801" s="2" t="s">
-        <v>3579</v>
+        <v>3603</v>
       </c>
       <c r="H801" s="2" t="s">
-        <v>3580</v>
+        <v>3604</v>
       </c>
       <c r="I801" s="2" t="s">
-        <v>3581</v>
+        <v>3605</v>
       </c>
     </row>
     <row r="802" spans="1:9">
       <c r="A802" s="2">
         <v>801</v>
       </c>
       <c r="B802" s="2" t="s">
-        <v>3582</v>
+        <v>3606</v>
       </c>
       <c r="C802" s="2" t="s">
-        <v>3583</v>
+        <v>3607</v>
       </c>
       <c r="D802" s="2">
-        <v>2430028</v>
+        <v>2730083</v>
       </c>
       <c r="E802" s="2">
-        <v>4346011204</v>
+        <v>7325019166</v>
       </c>
       <c r="F802" s="2" t="s">
-        <v>3225</v>
+        <v>3364</v>
       </c>
       <c r="G802" s="2" t="s">
-        <v>3584</v>
+        <v>3608</v>
       </c>
       <c r="H802" s="2" t="s">
-        <v>3585</v>
+        <v>3609</v>
       </c>
       <c r="I802" s="2" t="s">
-        <v>3586</v>
+        <v>3610</v>
       </c>
     </row>
     <row r="803" spans="1:9">
       <c r="A803" s="2">
         <v>802</v>
       </c>
       <c r="B803" s="2" t="s">
-        <v>3587</v>
+        <v>3611</v>
       </c>
       <c r="C803" s="2" t="s">
-        <v>3464</v>
+        <v>3264</v>
       </c>
       <c r="D803" s="2">
-        <v>2440029</v>
+        <v>2740052</v>
       </c>
       <c r="E803" s="2">
-        <v>4443014539</v>
+        <v>7444023010</v>
       </c>
       <c r="F803" s="2" t="s">
-        <v>3225</v>
+        <v>3312</v>
       </c>
       <c r="G803" s="2" t="s">
-        <v>3588</v>
+        <v>3612</v>
       </c>
       <c r="H803" s="2" t="s">
-        <v>3589</v>
+        <v>3613</v>
       </c>
       <c r="I803" s="2" t="s">
-        <v>3590</v>
+        <v>3614</v>
       </c>
     </row>
     <row r="804" spans="1:9">
       <c r="A804" s="2">
         <v>803</v>
       </c>
       <c r="B804" s="2" t="s">
-        <v>3591</v>
+        <v>3615</v>
       </c>
       <c r="C804" s="2" t="s">
-        <v>3410</v>
+        <v>3598</v>
       </c>
       <c r="D804" s="2">
-        <v>2460071</v>
+        <v>2740084</v>
       </c>
       <c r="E804" s="2">
-        <v>4629018151</v>
+        <v>7451016239</v>
       </c>
       <c r="F804" s="2" t="s">
-        <v>3225</v>
+        <v>3616</v>
       </c>
       <c r="G804" s="2" t="s">
-        <v>3592</v>
+        <v>3617</v>
       </c>
       <c r="H804" s="2" t="s">
-        <v>3593</v>
+        <v>3618</v>
       </c>
       <c r="I804" s="2" t="s">
-        <v>3594</v>
+        <v>3619</v>
       </c>
     </row>
     <row r="805" spans="1:9">
       <c r="A805" s="2">
         <v>804</v>
       </c>
       <c r="B805" s="2" t="s">
-        <v>3595</v>
+        <v>3620</v>
       </c>
       <c r="C805" s="2" t="s">
-        <v>3596</v>
+        <v>3529</v>
       </c>
       <c r="D805" s="2">
-        <v>2470030</v>
+        <v>2760053</v>
       </c>
       <c r="E805" s="2">
-        <v>4705024135</v>
+        <v>7604005413</v>
       </c>
       <c r="F805" s="2" t="s">
-        <v>3225</v>
+        <v>3312</v>
       </c>
       <c r="G805" s="2" t="s">
-        <v>3597</v>
+        <v>3621</v>
       </c>
       <c r="H805" s="2" t="s">
-        <v>3598</v>
+        <v>3622</v>
       </c>
       <c r="I805" s="2" t="s">
-        <v>3599</v>
+        <v>3623</v>
       </c>
     </row>
     <row r="806" spans="1:9">
       <c r="A806" s="2">
         <v>805</v>
       </c>
       <c r="B806" s="2" t="s">
-        <v>3600</v>
+        <v>3624</v>
       </c>
       <c r="C806" s="2" t="s">
-        <v>3427</v>
+        <v>3625</v>
       </c>
       <c r="D806" s="2">
-        <v>2480106</v>
+        <v>2770054</v>
       </c>
       <c r="E806" s="2">
-        <v>4825001796</v>
+        <v>7710026920</v>
       </c>
       <c r="F806" s="2" t="s">
-        <v>3225</v>
+        <v>3312</v>
       </c>
       <c r="G806" s="2" t="s">
-        <v>3601</v>
+        <v>3626</v>
       </c>
       <c r="H806" s="2" t="s">
-        <v>3602</v>
+        <v>3627</v>
       </c>
       <c r="I806" s="2" t="s">
-        <v>3603</v>
+        <v>3628</v>
       </c>
     </row>
     <row r="807" spans="1:9">
       <c r="A807" s="2">
         <v>806</v>
       </c>
       <c r="B807" s="2" t="s">
-        <v>3604</v>
+        <v>3629</v>
       </c>
       <c r="C807" s="2" t="s">
-        <v>3605</v>
+        <v>3264</v>
       </c>
       <c r="D807" s="2">
-        <v>2500031</v>
+        <v>2770085</v>
       </c>
       <c r="E807" s="2">
-        <v>5011023753</v>
+        <v>7710104913</v>
       </c>
       <c r="F807" s="2" t="s">
-        <v>3225</v>
+        <v>3470</v>
       </c>
       <c r="G807" s="2" t="s">
-        <v>3606</v>
+        <v>3630</v>
       </c>
       <c r="H807" s="2" t="s">
-        <v>3607</v>
+        <v>3631</v>
       </c>
       <c r="I807" s="2" t="s">
-        <v>3608</v>
+        <v>3632</v>
       </c>
     </row>
     <row r="808" spans="1:9">
       <c r="A808" s="2">
         <v>807</v>
       </c>
       <c r="B808" s="2" t="s">
-        <v>3609</v>
+        <v>3633</v>
       </c>
       <c r="C808" s="2" t="s">
-        <v>3491</v>
+        <v>3384</v>
       </c>
       <c r="D808" s="2">
-        <v>2500032</v>
+        <v>2780086</v>
       </c>
       <c r="E808" s="2">
-        <v>5032017895</v>
+        <v>7803025333</v>
       </c>
       <c r="F808" s="2" t="s">
-        <v>3225</v>
+        <v>3312</v>
       </c>
       <c r="G808" s="2" t="s">
-        <v>3610</v>
+        <v>3634</v>
       </c>
       <c r="H808" s="2" t="s">
-        <v>3611</v>
+        <v>3635</v>
       </c>
       <c r="I808" s="2" t="s">
-        <v>3612</v>
+        <v>3636</v>
       </c>
     </row>
     <row r="809" spans="1:9">
       <c r="A809" s="2">
         <v>808</v>
       </c>
       <c r="B809" s="2" t="s">
-        <v>3613</v>
+        <v>3637</v>
       </c>
       <c r="C809" s="2" t="s">
-        <v>3404</v>
+        <v>3638</v>
       </c>
       <c r="D809" s="2">
-        <v>2500033</v>
+        <v>2860089</v>
       </c>
       <c r="E809" s="2">
-        <v>5043012779</v>
+        <v>8601015285</v>
       </c>
       <c r="F809" s="2" t="s">
-        <v>3225</v>
+        <v>3364</v>
       </c>
       <c r="G809" s="2" t="s">
-        <v>3614</v>
+        <v>3639</v>
       </c>
       <c r="H809" s="2" t="s">
-        <v>3615</v>
+        <v>3640</v>
       </c>
       <c r="I809" s="2" t="s">
-        <v>3616</v>
+        <v>3641</v>
       </c>
     </row>
     <row r="810" spans="1:9">
       <c r="A810" s="2">
         <v>809</v>
       </c>
       <c r="B810" s="2" t="s">
-        <v>3617</v>
+        <v>3642</v>
       </c>
       <c r="C810" s="2" t="s">
-        <v>3491</v>
+        <v>3643</v>
       </c>
       <c r="D810" s="2">
-        <v>2500073</v>
+        <v>2890090</v>
       </c>
       <c r="E810" s="2">
-        <v>5036032044</v>
+        <v>8901009620</v>
       </c>
       <c r="F810" s="2" t="s">
-        <v>3225</v>
+        <v>3306</v>
       </c>
       <c r="G810" s="2" t="s">
-        <v>3618</v>
+        <v>3644</v>
       </c>
       <c r="H810" s="2" t="s">
-        <v>3619</v>
+        <v>3645</v>
       </c>
       <c r="I810" s="2" t="s">
-        <v>3620</v>
+        <v>3646</v>
       </c>
     </row>
     <row r="811" spans="1:9">
       <c r="A811" s="2">
         <v>810</v>
       </c>
       <c r="B811" s="2" t="s">
-        <v>3621</v>
+        <v>3647</v>
       </c>
       <c r="C811" s="2" t="s">
-        <v>10</v>
+        <v>3648</v>
       </c>
       <c r="D811" s="2">
-        <v>2500075</v>
+        <v>2920055</v>
       </c>
       <c r="E811" s="2">
-        <v>5007028759</v>
+        <v>9204008597</v>
       </c>
       <c r="F811" s="2" t="s">
-        <v>3225</v>
+        <v>3306</v>
       </c>
       <c r="G811" s="2" t="s">
-        <v>3622</v>
+        <v>3649</v>
       </c>
       <c r="H811" s="2" t="s">
-        <v>3623</v>
+        <v>3650</v>
       </c>
       <c r="I811" s="2" t="s">
-        <v>3624</v>
+        <v>3651</v>
       </c>
     </row>
     <row r="812" spans="1:9">
       <c r="A812" s="2">
         <v>811</v>
       </c>
       <c r="B812" s="2" t="s">
-        <v>3625</v>
+        <v>3652</v>
       </c>
       <c r="C812" s="2" t="s">
-        <v>2715</v>
+        <v>3653</v>
       </c>
       <c r="D812" s="2">
-        <v>2510115</v>
-[...2 lines deleted...]
-        <v>5191110307</v>
+        <v>1021051</v>
+      </c>
+      <c r="E812" s="2" t="s">
+        <v>3654</v>
       </c>
       <c r="F812" s="2" t="s">
-        <v>3225</v>
+        <v>118</v>
       </c>
       <c r="G812" s="2" t="s">
-        <v>3626</v>
+        <v>3655</v>
       </c>
       <c r="H812" s="2" t="s">
-        <v>3627</v>
+        <v>3656</v>
       </c>
       <c r="I812" s="2" t="s">
-        <v>3628</v>
+        <v>3657</v>
       </c>
     </row>
     <row r="813" spans="1:9">
       <c r="A813" s="2">
         <v>812</v>
       </c>
       <c r="B813" s="2" t="s">
-        <v>3629</v>
+        <v>3658</v>
       </c>
       <c r="C813" s="2" t="s">
-        <v>3630</v>
+        <v>3659</v>
       </c>
       <c r="D813" s="2">
-        <v>2520034</v>
-[...2 lines deleted...]
-        <v>5260002545</v>
+        <v>1081049</v>
+      </c>
+      <c r="E813" s="2" t="s">
+        <v>3660</v>
       </c>
       <c r="F813" s="2" t="s">
-        <v>3225</v>
+        <v>118</v>
       </c>
       <c r="G813" s="2" t="s">
-        <v>3631</v>
+        <v>3661</v>
       </c>
       <c r="H813" s="2" t="s">
-        <v>3632</v>
+        <v>3662</v>
       </c>
       <c r="I813" s="2" t="s">
-        <v>3633</v>
+        <v>3663</v>
       </c>
     </row>
     <row r="814" spans="1:9">
       <c r="A814" s="2">
         <v>813</v>
       </c>
       <c r="B814" s="2" t="s">
-        <v>3634</v>
+        <v>3664</v>
       </c>
       <c r="C814" s="2" t="s">
-        <v>3635</v>
+        <v>3665</v>
       </c>
       <c r="D814" s="2">
-        <v>2530076</v>
-[...2 lines deleted...]
-        <v>5321029787</v>
+        <v>1081059</v>
+      </c>
+      <c r="E814" s="2" t="s">
+        <v>3666</v>
       </c>
       <c r="F814" s="2" t="s">
-        <v>3225</v>
+        <v>32</v>
       </c>
       <c r="G814" s="2" t="s">
-        <v>3636</v>
+        <v>3667</v>
       </c>
       <c r="H814" s="2" t="s">
-        <v>3637</v>
+        <v>3668</v>
       </c>
       <c r="I814" s="2" t="s">
-        <v>3638</v>
+        <v>3669</v>
       </c>
     </row>
     <row r="815" spans="1:9">
       <c r="A815" s="2">
         <v>814</v>
       </c>
       <c r="B815" s="2" t="s">
-        <v>3639</v>
+        <v>3670</v>
       </c>
       <c r="C815" s="2" t="s">
-        <v>3640</v>
+        <v>3671</v>
       </c>
       <c r="D815" s="2">
-        <v>2540036</v>
+        <v>1101055</v>
       </c>
       <c r="E815" s="2">
-        <v>5404102991</v>
+        <v>7806359800</v>
       </c>
       <c r="F815" s="2" t="s">
-        <v>3225</v>
+        <v>312</v>
       </c>
       <c r="G815" s="2" t="s">
-        <v>3641</v>
+        <v>3672</v>
       </c>
       <c r="H815" s="2" t="s">
-        <v>3642</v>
+        <v>3673</v>
       </c>
       <c r="I815" s="2" t="s">
-        <v>3643</v>
+        <v>3674</v>
       </c>
     </row>
     <row r="816" spans="1:9">
       <c r="A816" s="2">
         <v>815</v>
       </c>
       <c r="B816" s="2" t="s">
-        <v>3644</v>
+        <v>3675</v>
       </c>
       <c r="C816" s="2" t="s">
-        <v>177</v>
+        <v>3671</v>
       </c>
       <c r="D816" s="2">
-        <v>2550037</v>
+        <v>1101056</v>
       </c>
       <c r="E816" s="2">
-        <v>5502008852</v>
+        <v>1000000490</v>
       </c>
       <c r="F816" s="2" t="s">
-        <v>3225</v>
+        <v>312</v>
       </c>
       <c r="G816" s="2" t="s">
-        <v>3645</v>
+        <v>3676</v>
       </c>
       <c r="H816" s="2" t="s">
-        <v>3646</v>
+        <v>3677</v>
       </c>
       <c r="I816" s="2" t="s">
-        <v>3647</v>
+        <v>3678</v>
       </c>
     </row>
     <row r="817" spans="1:9">
       <c r="A817" s="2">
         <v>816</v>
       </c>
       <c r="B817" s="2" t="s">
-        <v>3648</v>
+        <v>3679</v>
       </c>
       <c r="C817" s="2" t="s">
-        <v>3392</v>
+        <v>3680</v>
       </c>
       <c r="D817" s="2">
-        <v>2560077</v>
+        <v>1121054</v>
       </c>
       <c r="E817" s="2">
-        <v>5612020436</v>
+        <v>1200016923</v>
       </c>
       <c r="F817" s="2" t="s">
-        <v>3225</v>
+        <v>207</v>
       </c>
       <c r="G817" s="2" t="s">
-        <v>3649</v>
+        <v>3681</v>
       </c>
       <c r="H817" s="2" t="s">
-        <v>3650</v>
+        <v>3682</v>
       </c>
       <c r="I817" s="2" t="s">
-        <v>3651</v>
+        <v>3683</v>
       </c>
     </row>
     <row r="818" spans="1:9">
       <c r="A818" s="2">
         <v>817</v>
       </c>
       <c r="B818" s="2" t="s">
-        <v>3652</v>
+        <v>3684</v>
       </c>
       <c r="C818" s="2" t="s">
-        <v>2044</v>
+        <v>3685</v>
       </c>
       <c r="D818" s="2">
-        <v>2570038</v>
+        <v>1150691</v>
       </c>
       <c r="E818" s="2">
-        <v>5753006459</v>
+        <v>5262243313</v>
       </c>
       <c r="F818" s="2" t="s">
-        <v>3225</v>
+        <v>51</v>
       </c>
       <c r="G818" s="2" t="s">
-        <v>3653</v>
+        <v>3686</v>
       </c>
       <c r="H818" s="2" t="s">
-        <v>3654</v>
+        <v>3687</v>
       </c>
       <c r="I818" s="2" t="s">
-        <v>3655</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="819" spans="1:9">
       <c r="A819" s="2">
         <v>818</v>
       </c>
       <c r="B819" s="2" t="s">
-        <v>3656</v>
+        <v>3689</v>
       </c>
       <c r="C819" s="2" t="s">
-        <v>3657</v>
+        <v>3690</v>
       </c>
       <c r="D819" s="2">
-        <v>2580039</v>
+        <v>1201050</v>
       </c>
       <c r="E819" s="2">
-        <v>5835006643</v>
+        <v>2013012543</v>
       </c>
       <c r="F819" s="2" t="s">
-        <v>3225</v>
+        <v>3691</v>
       </c>
       <c r="G819" s="2" t="s">
-        <v>3658</v>
+        <v>3692</v>
       </c>
       <c r="H819" s="2" t="s">
-        <v>3659</v>
+        <v>3693</v>
       </c>
       <c r="I819" s="2" t="s">
-        <v>3660</v>
+        <v>3694</v>
       </c>
     </row>
     <row r="820" spans="1:9">
       <c r="A820" s="2">
         <v>819</v>
       </c>
       <c r="B820" s="2" t="s">
-        <v>3661</v>
+        <v>3695</v>
       </c>
       <c r="C820" s="2" t="s">
-        <v>3662</v>
+        <v>3696</v>
       </c>
       <c r="D820" s="2">
-        <v>2590078</v>
+        <v>1221057</v>
       </c>
       <c r="E820" s="2">
-        <v>5902702328</v>
+        <v>2204090359</v>
       </c>
       <c r="F820" s="2" t="s">
-        <v>3225</v>
+        <v>312</v>
       </c>
       <c r="G820" s="2" t="s">
-        <v>3663</v>
+        <v>3697</v>
       </c>
       <c r="H820" s="2" t="s">
-        <v>3664</v>
+        <v>3698</v>
       </c>
       <c r="I820" s="2" t="s">
-        <v>3665</v>
+        <v>3699</v>
       </c>
     </row>
     <row r="821" spans="1:9">
       <c r="A821" s="2">
         <v>820</v>
       </c>
       <c r="B821" s="2" t="s">
-        <v>3666</v>
+        <v>3700</v>
       </c>
       <c r="C821" s="2" t="s">
-        <v>3667</v>
+        <v>3696</v>
       </c>
       <c r="D821" s="2">
-        <v>2600079</v>
+        <v>1221058</v>
       </c>
       <c r="E821" s="2">
-        <v>6027022700</v>
+        <v>2224211393</v>
       </c>
       <c r="F821" s="2" t="s">
-        <v>3225</v>
+        <v>312</v>
       </c>
       <c r="G821" s="2" t="s">
-        <v>3668</v>
+        <v>3701</v>
       </c>
       <c r="H821" s="2" t="s">
-        <v>3669</v>
+        <v>3702</v>
       </c>
       <c r="I821" s="2" t="s">
-        <v>3670</v>
+        <v>3703</v>
       </c>
     </row>
     <row r="822" spans="1:9">
       <c r="A822" s="2">
         <v>821</v>
       </c>
       <c r="B822" s="2" t="s">
-        <v>3671</v>
+        <v>3704</v>
       </c>
       <c r="C822" s="2" t="s">
-        <v>3630</v>
+        <v>855</v>
       </c>
       <c r="D822" s="2">
-        <v>2610040</v>
+        <v>1260153</v>
       </c>
       <c r="E822" s="2">
-        <v>6154035808</v>
+        <v>2634115781</v>
       </c>
       <c r="F822" s="2" t="s">
-        <v>3225</v>
+        <v>32</v>
       </c>
       <c r="G822" s="2" t="s">
-        <v>3672</v>
+        <v>3705</v>
       </c>
       <c r="H822" s="2" t="s">
-        <v>3673</v>
+        <v>3706</v>
       </c>
       <c r="I822" s="2" t="s">
-        <v>3674</v>
+        <v>3707</v>
       </c>
     </row>
     <row r="823" spans="1:9">
       <c r="A823" s="2">
         <v>822</v>
       </c>
       <c r="B823" s="2" t="s">
-        <v>3675</v>
+        <v>3708</v>
       </c>
       <c r="C823" s="2" t="s">
-        <v>3640</v>
+        <v>3709</v>
       </c>
       <c r="D823" s="2">
-        <v>2610041</v>
+        <v>1421046</v>
       </c>
       <c r="E823" s="2">
-        <v>6163020004</v>
+        <v>4205325536</v>
       </c>
       <c r="F823" s="2" t="s">
-        <v>3225</v>
+        <v>118</v>
       </c>
       <c r="G823" s="2" t="s">
-        <v>3676</v>
+        <v>3710</v>
       </c>
       <c r="H823" s="2" t="s">
-        <v>3677</v>
+        <v>3711</v>
       </c>
       <c r="I823" s="2" t="s">
-        <v>3678</v>
+        <v>3712</v>
       </c>
     </row>
     <row r="824" spans="1:9">
       <c r="A824" s="2">
         <v>823</v>
       </c>
       <c r="B824" s="2" t="s">
-        <v>3679</v>
+        <v>3713</v>
       </c>
       <c r="C824" s="2" t="s">
-        <v>3680</v>
+        <v>3709</v>
       </c>
       <c r="D824" s="2">
-        <v>2610042</v>
+        <v>1421047</v>
       </c>
       <c r="E824" s="2">
-        <v>6150021681</v>
+        <v>4211011873</v>
       </c>
       <c r="F824" s="2" t="s">
-        <v>3225</v>
+        <v>104</v>
       </c>
       <c r="G824" s="2" t="s">
-        <v>3681</v>
+        <v>3714</v>
       </c>
       <c r="H824" s="2" t="s">
-        <v>3682</v>
+        <v>3715</v>
       </c>
       <c r="I824" s="2" t="s">
-        <v>3683</v>
+        <v>3716</v>
       </c>
     </row>
     <row r="825" spans="1:9">
       <c r="A825" s="2">
         <v>824</v>
       </c>
       <c r="B825" s="2" t="s">
-        <v>3684</v>
+        <v>3717</v>
       </c>
       <c r="C825" s="2" t="s">
-        <v>3685</v>
+        <v>3718</v>
       </c>
       <c r="D825" s="2">
-        <v>2620043</v>
+        <v>1520975</v>
       </c>
       <c r="E825" s="2">
-        <v>6231021753</v>
+        <v>5238005170</v>
       </c>
       <c r="F825" s="2" t="s">
-        <v>3225</v>
+        <v>67</v>
       </c>
       <c r="G825" s="2" t="s">
-        <v>3686</v>
+        <v>3719</v>
       </c>
       <c r="H825" s="2" t="s">
-        <v>3687</v>
+        <v>3720</v>
       </c>
       <c r="I825" s="2" t="s">
-        <v>3688</v>
+        <v>3721</v>
       </c>
     </row>
     <row r="826" spans="1:9">
       <c r="A826" s="2">
         <v>825</v>
       </c>
       <c r="B826" s="2" t="s">
-        <v>3689</v>
+        <v>3722</v>
       </c>
       <c r="C826" s="2" t="s">
-        <v>3662</v>
+        <v>3718</v>
       </c>
       <c r="D826" s="2">
-        <v>2630044</v>
+        <v>1520976</v>
       </c>
       <c r="E826" s="2">
-        <v>6317010337</v>
+        <v>5260171078</v>
       </c>
       <c r="F826" s="2" t="s">
-        <v>3225</v>
+        <v>312</v>
       </c>
       <c r="G826" s="2" t="s">
-        <v>3690</v>
+        <v>3723</v>
       </c>
       <c r="H826" s="2" t="s">
-        <v>3691</v>
+        <v>3724</v>
       </c>
       <c r="I826" s="2" t="s">
-        <v>3692</v>
+        <v>3725</v>
       </c>
     </row>
     <row r="827" spans="1:9">
       <c r="A827" s="2">
         <v>826</v>
       </c>
       <c r="B827" s="2" t="s">
-        <v>3693</v>
+        <v>3726</v>
       </c>
       <c r="C827" s="2" t="s">
-        <v>3667</v>
+        <v>3727</v>
       </c>
       <c r="D827" s="2">
-        <v>2630045</v>
+        <v>1521052</v>
       </c>
       <c r="E827" s="2">
-        <v>6320008360</v>
+        <v>5224002229</v>
       </c>
       <c r="F827" s="2" t="s">
-        <v>3225</v>
+        <v>67</v>
       </c>
       <c r="G827" s="2" t="s">
-        <v>3694</v>
+        <v>3728</v>
       </c>
       <c r="H827" s="2" t="s">
-        <v>3695</v>
+        <v>3729</v>
       </c>
       <c r="I827" s="2" t="s">
-        <v>3696</v>
+        <v>3730</v>
       </c>
     </row>
     <row r="828" spans="1:9">
       <c r="A828" s="2">
         <v>827</v>
       </c>
       <c r="B828" s="2" t="s">
-        <v>3697</v>
+        <v>3731</v>
       </c>
       <c r="C828" s="2" t="s">
-        <v>3698</v>
+        <v>3732</v>
       </c>
       <c r="D828" s="2">
-        <v>2640080</v>
+        <v>1610878</v>
       </c>
       <c r="E828" s="2">
-        <v>6454026378</v>
+        <v>6142028323</v>
       </c>
       <c r="F828" s="2" t="s">
-        <v>3225</v>
+        <v>12</v>
       </c>
       <c r="G828" s="2" t="s">
-        <v>3699</v>
+        <v>3733</v>
       </c>
       <c r="H828" s="2" t="s">
-        <v>3700</v>
+        <v>3734</v>
       </c>
       <c r="I828" s="2" t="s">
-        <v>3701</v>
+        <v>3735</v>
       </c>
     </row>
     <row r="829" spans="1:9">
       <c r="A829" s="2">
         <v>828</v>
       </c>
       <c r="B829" s="2" t="s">
-        <v>3702</v>
+        <v>3736</v>
       </c>
       <c r="C829" s="2" t="s">
-        <v>3630</v>
+        <v>3737</v>
       </c>
       <c r="D829" s="2">
-        <v>2660046</v>
+        <v>1661048</v>
       </c>
       <c r="E829" s="2">
-        <v>6659011245</v>
+        <v>6653002163</v>
       </c>
       <c r="F829" s="2" t="s">
-        <v>3225</v>
+        <v>131</v>
       </c>
       <c r="G829" s="2" t="s">
-        <v>3703</v>
+        <v>3738</v>
       </c>
       <c r="H829" s="2" t="s">
-        <v>3704</v>
+        <v>3739</v>
       </c>
       <c r="I829" s="2" t="s">
-        <v>3705</v>
+        <v>3740</v>
       </c>
     </row>
     <row r="830" spans="1:9">
       <c r="A830" s="2">
         <v>829</v>
       </c>
       <c r="B830" s="2" t="s">
-        <v>3706</v>
+        <v>3741</v>
       </c>
       <c r="C830" s="2" t="s">
-        <v>3392</v>
+        <v>3680</v>
       </c>
       <c r="D830" s="2">
-        <v>2660047</v>
+        <v>1701053</v>
       </c>
       <c r="E830" s="2">
-        <v>6668016426</v>
+        <v>7000020360</v>
       </c>
       <c r="F830" s="2" t="s">
-        <v>3225</v>
+        <v>67</v>
       </c>
       <c r="G830" s="2" t="s">
-        <v>3707</v>
+        <v>3742</v>
       </c>
       <c r="H830" s="2" t="s">
-        <v>3708</v>
+        <v>3743</v>
       </c>
       <c r="I830" s="2" t="s">
-        <v>3709</v>
+        <v>3744</v>
       </c>
     </row>
     <row r="831" spans="1:9">
       <c r="A831" s="2">
         <v>830</v>
       </c>
       <c r="B831" s="2" t="s">
-        <v>3710</v>
+        <v>3745</v>
       </c>
       <c r="C831" s="2" t="s">
-        <v>3630</v>
+        <v>3746</v>
       </c>
       <c r="D831" s="2">
-        <v>2670048</v>
-[...2 lines deleted...]
-        <v>6730001880</v>
+        <v>1041060</v>
+      </c>
+      <c r="E831" s="2" t="s">
+        <v>3747</v>
       </c>
       <c r="F831" s="2" t="s">
-        <v>3225</v>
+        <v>3748</v>
       </c>
       <c r="G831" s="2" t="s">
-        <v>3711</v>
+        <v>3749</v>
       </c>
       <c r="H831" s="2" t="s">
-        <v>3712</v>
+        <v>3750</v>
       </c>
       <c r="I831" s="2" t="s">
-        <v>3713</v>
+        <v>3751</v>
       </c>
     </row>
     <row r="832" spans="1:9">
       <c r="A832" s="2">
         <v>831</v>
       </c>
       <c r="B832" s="2" t="s">
-        <v>3714</v>
+        <v>3752</v>
       </c>
       <c r="C832" s="2" t="s">
-        <v>3715</v>
+        <v>3753</v>
       </c>
       <c r="D832" s="2">
-        <v>2680104</v>
+        <v>1520974</v>
       </c>
       <c r="E832" s="2">
-        <v>6831013970</v>
-[...1 lines deleted...]
-      <c r="F832" s="2"/>
+        <v>5210995009</v>
+      </c>
+      <c r="F832" s="2" t="s">
+        <v>67</v>
+      </c>
       <c r="G832" s="2" t="s">
-        <v>3716</v>
+        <v>3754</v>
       </c>
       <c r="H832" s="2" t="s">
-        <v>3717</v>
+        <v>3755</v>
       </c>
       <c r="I832" s="2" t="s">
-        <v>3718</v>
+        <v>3756</v>
       </c>
     </row>
     <row r="833" spans="1:9">
       <c r="A833" s="2">
         <v>832</v>
       </c>
       <c r="B833" s="2" t="s">
-        <v>3719</v>
+        <v>3757</v>
       </c>
       <c r="C833" s="2" t="s">
-        <v>3543</v>
+        <v>3758</v>
       </c>
       <c r="D833" s="2">
-        <v>2700081</v>
+        <v>1701061</v>
       </c>
       <c r="E833" s="2">
-        <v>7018006006</v>
+        <v>7000008193</v>
       </c>
       <c r="F833" s="2" t="s">
-        <v>3225</v>
+        <v>1991</v>
       </c>
       <c r="G833" s="2" t="s">
-        <v>3720</v>
+        <v>3759</v>
       </c>
       <c r="H833" s="2" t="s">
-        <v>3721</v>
+        <v>3760</v>
       </c>
       <c r="I833" s="2" t="s">
-        <v>3722</v>
+        <v>3761</v>
       </c>
     </row>
     <row r="834" spans="1:9">
       <c r="A834" s="2">
         <v>833</v>
       </c>
       <c r="B834" s="2" t="s">
-        <v>3723</v>
+        <v>3762</v>
       </c>
       <c r="C834" s="2" t="s">
-        <v>3724</v>
+        <v>3746</v>
       </c>
       <c r="D834" s="2">
-        <v>2710082</v>
+        <v>2590116</v>
       </c>
       <c r="E834" s="2">
-        <v>7106014912</v>
+        <v>5911032990</v>
       </c>
       <c r="F834" s="2" t="s">
-        <v>3225</v>
+        <v>3364</v>
       </c>
       <c r="G834" s="2" t="s">
-        <v>3725</v>
+        <v>3763</v>
       </c>
       <c r="H834" s="2" t="s">
-        <v>3726</v>
+        <v>3764</v>
       </c>
       <c r="I834" s="2" t="s">
-        <v>3727</v>
-[...256 lines deleted...]
-      <c r="H843" s="2" t="s">
         <v>3765</v>
-      </c>
-[...639 lines deleted...]
-        <v>3872</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>